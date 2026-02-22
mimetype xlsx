--- v0 (2025-11-03)
+++ v1 (2026-02-22)
@@ -12,86 +12,92 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
+    <t>Avaliação de Metas 3º Quadrimestre 2025</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>AUDIENCIA PUBLICA</t>
+  </si>
+  <si>
     <t>Avaliação de Metas 2º Quadrimestre 2025</t>
   </si>
   <si>
     <t>31/08/2025</t>
   </si>
   <si>
     <t>Avaliação de Metas 1º Quadrimestre 2025</t>
   </si>
   <si>
     <t>30/04/2025</t>
   </si>
   <si>
     <t>Avaliação de Metas 3º Quadrimestre 2024</t>
   </si>
   <si>
     <t>13/02/2025</t>
   </si>
   <si>
     <t>Avaliação de Metas 2º Quadrimestre 2024</t>
   </si>
   <si>
     <t>31/08/2024</t>
-  </si>
-[...1 lines deleted...]
-    <t>AUDIENCIA PUBLICA</t>
   </si>
   <si>
     <t>Ofício 105 2024 Avaliação de Metas 2º Quadrimestre 2024</t>
   </si>
   <si>
     <t>Avaliação de Metas 1º Quadrimestre 2024</t>
   </si>
   <si>
     <t>30/04/2024</t>
   </si>
   <si>
     <t>Avaliação de Metas 3º Quadrimestre 2023</t>
   </si>
   <si>
     <t>19/02/2024</t>
   </si>
   <si>
     <t>Avaliação de Metas 2º Quadrimestre 2023</t>
   </si>
   <si>
     <t>31/08/2023</t>
   </si>
   <si>
     <t>AUDIENCIA PUBLICA 2º Quadr</t>
   </si>
@@ -707,603 +713,614 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/658351/images/original/Avalia&#231;&#227;o de Metas 2&#186; Quadrimestre 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/585920/images/original/Avalia&#231;&#227;o de Metas 1&#186; Quadrimestre 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/528039/images/original/Avalia&#231;&#227;o de Metas 3&#186; Quadrimestre 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/484300/images/original/AUDIENCIA PUBLICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/484998/images/original/Of&#237;cio 105 2024  Avalia&#231;&#227;o de Metas 2&#186; Quadrimestre 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489107/images/original/Avalia&#231;&#227;o de Metas 2&#186; Quadrimestre 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454208/images/original/Avalia&#231;&#227;o de Metas 1&#186; Quadrimestre 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/406904/images/original/Avalia&#231;&#227;o de Metas 3&#186; Quadrimestre 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/333020/images/original/AUDIENCIA PUBLICA 2&#186; Quadr.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/342790/images/original/Avalia&#231;&#227;o de Metas 2&#186; Quadrimestre 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/293340/images/original/AUDIENCIA PUBLICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/300844/images/original/Ata 1&#186; Quadrimestre 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279031/images/original/Avalia&#231;&#227;o de Metas 3&#186; Quadrimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239311/images/original/Avalia&#231;&#227;o de Metas 2&#186; Quadr.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/204483/images/original/Avalia&#231;&#227;o de Metas 1&#186; Quadr 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/181161/images/original/Avalia&#231;&#227;o de Metas 3&#186; Quadrimestre 202108032022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160404/images/original/Avalia&#231;&#227;o de Metas 2&#186; Quadrimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141168/images/original/Audi&#234;ncia P&#250;blica Avalia&#231;&#227;o de Metas 1&#186; Quadrimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132179/images/original/Avalia&#231;&#227;o de Metas 3&#186; quadrimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/123109/images/original/Ata da Audi&#234;ncia P&#250;blica &#186; Quadrimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92510/images/original/Ata da Audi&#234;ncia P&#250;blica 1&#186; Quadrimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73104/images/original/Avalia&#231;&#227;o de Metas 3&#186; quadrimestre 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/56499/images/original/AUDIENCIA PUBLICA 2&#186; Quadr.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41441/images/original/AUDIENCIA PUBLICA 1&#186; Quadr.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/18675/images/original/Avalia&#231;&#227;o de Metas  3&#186; Quadrimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1593/images/original/2_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1594/images/original/1_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1595/images/original/3_2017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1598/images/original/2_ 2017_2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1597/images/original/2_ 2017_1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1596/images/original/2_ 2017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1600/images/original/1_ 2017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1601/images/original/3_2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1606/images/original/2_2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1603/images/original/Ata da Avalia&#231;&#227;o de Metas 2&#186; Quadrimestre 2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1602/images/original/Avalia&#231;&#227;o de Metas 2&#186; Quadrimestre 2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1604/images/original/1_ 2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1607/images/original/1_2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1608/images/original/3_2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1605/images/original/3_2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1609/images/original/2_2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1610/images/original/1_2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1611/images/original/3_2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1612/images/original/2_2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1613/images/original/1_2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1616/images/original/1_2012.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1615/images/original/2_2012.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1614/images/original/3_2012.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/728974/images/original/AUDIENCIA PUBLICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/658351/images/original/Avalia&#231;&#227;o de Metas 2&#186; Quadrimestre 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/585920/images/original/Avalia&#231;&#227;o de Metas 1&#186; Quadrimestre 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/528039/images/original/Avalia&#231;&#227;o de Metas 3&#186; Quadrimestre 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/484300/images/original/AUDIENCIA PUBLICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/484998/images/original/Of&#237;cio 105 2024  Avalia&#231;&#227;o de Metas 2&#186; Quadrimestre 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489107/images/original/Avalia&#231;&#227;o de Metas 2&#186; Quadrimestre 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454208/images/original/Avalia&#231;&#227;o de Metas 1&#186; Quadrimestre 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/406904/images/original/Avalia&#231;&#227;o de Metas 3&#186; Quadrimestre 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/333020/images/original/AUDIENCIA PUBLICA 2&#186; Quadr.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/342790/images/original/Avalia&#231;&#227;o de Metas 2&#186; Quadrimestre 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/293340/images/original/AUDIENCIA PUBLICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/300844/images/original/Ata 1&#186; Quadrimestre 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279031/images/original/Avalia&#231;&#227;o de Metas 3&#186; Quadrimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239311/images/original/Avalia&#231;&#227;o de Metas 2&#186; Quadr.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/204483/images/original/Avalia&#231;&#227;o de Metas 1&#186; Quadr 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/181161/images/original/Avalia&#231;&#227;o de Metas 3&#186; Quadrimestre 202108032022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160404/images/original/Avalia&#231;&#227;o de Metas 2&#186; Quadrimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141168/images/original/Audi&#234;ncia P&#250;blica Avalia&#231;&#227;o de Metas 1&#186; Quadrimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132179/images/original/Avalia&#231;&#227;o de Metas 3&#186; quadrimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/123109/images/original/Ata da Audi&#234;ncia P&#250;blica &#186; Quadrimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92510/images/original/Ata da Audi&#234;ncia P&#250;blica 1&#186; Quadrimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73104/images/original/Avalia&#231;&#227;o de Metas 3&#186; quadrimestre 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/56499/images/original/AUDIENCIA PUBLICA 2&#186; Quadr.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41441/images/original/AUDIENCIA PUBLICA 1&#186; Quadr.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/18675/images/original/Avalia&#231;&#227;o de Metas  3&#186; Quadrimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1593/images/original/2_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1594/images/original/1_2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1595/images/original/3_2017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1598/images/original/2_ 2017_2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1597/images/original/2_ 2017_1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1596/images/original/2_ 2017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1600/images/original/1_ 2017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1601/images/original/3_2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1606/images/original/2_2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1603/images/original/Ata da Avalia&#231;&#227;o de Metas 2&#186; Quadrimestre 2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1602/images/original/Avalia&#231;&#227;o de Metas 2&#186; Quadrimestre 2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1604/images/original/1_ 2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1607/images/original/1_2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1608/images/original/3_2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1605/images/original/3_2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1609/images/original/2_2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1610/images/original/1_2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1611/images/original/3_2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1612/images/original/2_2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1613/images/original/1_2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1616/images/original/1_2012.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1615/images/original/2_2012.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/1614/images/original/3_2012.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C49"/>
+  <dimension ref="A1:C50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C49" sqref="C49"/>
+      <selection activeCell="C50" sqref="C50"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C3" s="1" t="s">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" s="1" t="s">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B5" t="s">
+        <v>11</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B6" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>12</v>
+        <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B7" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
+        <v>12</v>
+      </c>
+      <c r="B8" t="s">
         <v>13</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
         <v>15</v>
       </c>
       <c r="B9" t="s">
         <v>16</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
         <v>17</v>
       </c>
       <c r="B10" t="s">
         <v>18</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B11" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
+        <v>19</v>
+      </c>
+      <c r="B12" t="s">
         <v>20</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="1" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B13" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>20</v>
+        <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
         <v>22</v>
       </c>
       <c r="B14" t="s">
         <v>23</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
+        <v>24</v>
+      </c>
+      <c r="B15" t="s">
         <v>25</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" s="1" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
+        <v>27</v>
+      </c>
+      <c r="B16" t="s">
         <v>28</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" s="1" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
+        <v>30</v>
+      </c>
+      <c r="B17" t="s">
         <v>31</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" s="1" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
         <v>33</v>
       </c>
       <c r="B18" t="s">
         <v>34</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
         <v>35</v>
       </c>
       <c r="B19" t="s">
         <v>36</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
+        <v>37</v>
+      </c>
+      <c r="B20" t="s">
         <v>38</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" s="1" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
+        <v>40</v>
+      </c>
+      <c r="B21" t="s">
         <v>41</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" s="1" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
         <v>43</v>
       </c>
       <c r="B22" t="s">
         <v>44</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
+        <v>45</v>
+      </c>
+      <c r="B23" t="s">
         <v>46</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" s="1" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
         <v>48</v>
       </c>
       <c r="B24" t="s">
         <v>49</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>19</v>
+        <v>42</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
         <v>50</v>
       </c>
       <c r="B25" t="s">
         <v>51</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>50</v>
+        <v>21</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
         <v>52</v>
       </c>
       <c r="B26" t="s">
         <v>53</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>24</v>
+        <v>52</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
         <v>54</v>
       </c>
       <c r="B27" t="s">
         <v>55</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
+        <v>56</v>
+      </c>
+      <c r="B28" t="s">
         <v>57</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" s="1" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
+        <v>59</v>
+      </c>
+      <c r="B29" t="s">
         <v>60</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" s="1" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
+        <v>62</v>
+      </c>
+      <c r="B30" t="s">
         <v>63</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" s="1" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
         <v>68</v>
       </c>
       <c r="B32" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33" t="s">
+        <v>66</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
+        <v>72</v>
+      </c>
+      <c r="B34" t="s">
         <v>73</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" s="1" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
+        <v>75</v>
+      </c>
+      <c r="B35" t="s">
         <v>76</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" s="1" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
+        <v>78</v>
+      </c>
+      <c r="B36" t="s">
         <v>79</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" s="1" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B37" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
+        <v>81</v>
+      </c>
+      <c r="B38" t="s">
         <v>82</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38" s="1" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
+        <v>84</v>
+      </c>
+      <c r="B39" t="s">
         <v>85</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" s="1" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
+        <v>87</v>
+      </c>
+      <c r="B40" t="s">
         <v>88</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" s="1" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
+        <v>90</v>
+      </c>
+      <c r="B41" t="s">
         <v>91</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" s="1" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
+        <v>93</v>
+      </c>
+      <c r="B42" t="s">
         <v>94</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" s="1" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
+        <v>96</v>
+      </c>
+      <c r="B43" t="s">
         <v>97</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" s="1" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
+        <v>99</v>
+      </c>
+      <c r="B44" t="s">
         <v>100</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" s="1" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
+        <v>102</v>
+      </c>
+      <c r="B45" t="s">
         <v>103</v>
       </c>
-      <c r="B45" t="s">
+      <c r="C45" s="1" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
+        <v>105</v>
+      </c>
+      <c r="B46" t="s">
         <v>106</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" s="1" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
+        <v>108</v>
+      </c>
+      <c r="B47" t="s">
         <v>109</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" s="1" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
+        <v>111</v>
+      </c>
+      <c r="B48" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
         <v>114</v>
       </c>
       <c r="B49" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>115</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" t="s">
+        <v>116</v>
+      </c>
+      <c r="B50" t="s">
+        <v>112</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>117</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
@@ -1313,50 +1330,51 @@
     <hyperlink ref="C25" r:id="rId_hyperlink_24"/>
     <hyperlink ref="C26" r:id="rId_hyperlink_25"/>
     <hyperlink ref="C27" r:id="rId_hyperlink_26"/>
     <hyperlink ref="C28" r:id="rId_hyperlink_27"/>
     <hyperlink ref="C29" r:id="rId_hyperlink_28"/>
     <hyperlink ref="C30" r:id="rId_hyperlink_29"/>
     <hyperlink ref="C31" r:id="rId_hyperlink_30"/>
     <hyperlink ref="C32" r:id="rId_hyperlink_31"/>
     <hyperlink ref="C33" r:id="rId_hyperlink_32"/>
     <hyperlink ref="C34" r:id="rId_hyperlink_33"/>
     <hyperlink ref="C35" r:id="rId_hyperlink_34"/>
     <hyperlink ref="C36" r:id="rId_hyperlink_35"/>
     <hyperlink ref="C37" r:id="rId_hyperlink_36"/>
     <hyperlink ref="C38" r:id="rId_hyperlink_37"/>
     <hyperlink ref="C39" r:id="rId_hyperlink_38"/>
     <hyperlink ref="C40" r:id="rId_hyperlink_39"/>
     <hyperlink ref="C41" r:id="rId_hyperlink_40"/>
     <hyperlink ref="C42" r:id="rId_hyperlink_41"/>
     <hyperlink ref="C43" r:id="rId_hyperlink_42"/>
     <hyperlink ref="C44" r:id="rId_hyperlink_43"/>
     <hyperlink ref="C45" r:id="rId_hyperlink_44"/>
     <hyperlink ref="C46" r:id="rId_hyperlink_45"/>
     <hyperlink ref="C47" r:id="rId_hyperlink_46"/>
     <hyperlink ref="C48" r:id="rId_hyperlink_47"/>
     <hyperlink ref="C49" r:id="rId_hyperlink_48"/>
+    <hyperlink ref="C50" r:id="rId_hyperlink_49"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>