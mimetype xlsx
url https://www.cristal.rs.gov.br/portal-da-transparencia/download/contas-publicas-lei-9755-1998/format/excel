--- v0 (2025-10-28)
+++ v1 (2025-12-13)
@@ -12,92 +12,137 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="662">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="677">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
+    <t>Novembro 2025</t>
+  </si>
+  <si>
+    <t>30/11/2025</t>
+  </si>
+  <si>
+    <t>Tributos Arrecadados 11 2025 Lei 9755 de 1998</t>
+  </si>
+  <si>
+    <t>Orçamento 2025</t>
+  </si>
+  <si>
+    <t>Execução Orç 11 2025 Lei 9755 de 1998</t>
+  </si>
+  <si>
+    <t>Bal Orç 11 2025 Lei 9755 de 1998</t>
+  </si>
+  <si>
+    <t>Demon Rec Desp 11 2025 Lei 9755 de 1998</t>
+  </si>
+  <si>
+    <t>Repasses 11 2025 Lei 9755 de 1998</t>
+  </si>
+  <si>
+    <t>Compras 11 2025 Lei 9755 de 1998</t>
+  </si>
+  <si>
+    <t>CONTRATOS E SEUS ADITIVOS</t>
+  </si>
+  <si>
+    <t>PUBLICAÇÃO DOS EDITAIS e AVISOS</t>
+  </si>
+  <si>
+    <t>Outubro 2025</t>
+  </si>
+  <si>
+    <t>31/10/2025</t>
+  </si>
+  <si>
+    <t>Execução Orç 10 2025 Lei 9755 de 1998</t>
+  </si>
+  <si>
+    <t>Bal Orç 10 2025 Lei 9755 de 1998</t>
+  </si>
+  <si>
+    <t>Demon Rec Desp 09 2025 Lei 9755 de 1998</t>
+  </si>
+  <si>
+    <t>Repasses 10 2025 Lei 9755 de 1998</t>
+  </si>
+  <si>
+    <t>Tributos Arrecadados 10 2025 Lei 9755 de 1998</t>
+  </si>
+  <si>
+    <t>Compras 10 2025 Lei 9755 de 1998</t>
+  </si>
+  <si>
     <t>Setembro 2025</t>
   </si>
   <si>
     <t>30/09/2025</t>
   </si>
   <si>
     <t>Tributos Arrecadados 09 2025 Lei 9755 de 1998</t>
   </si>
   <si>
-    <t>Orçamento 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Execução Orç 09 2025 Lei 9755 de 1998</t>
   </si>
   <si>
     <t>Bal Orç 09 2025 Lei 9755 de 1998</t>
   </si>
   <si>
-    <t>Demon Rec Desp 09 2025 Lei 9755 de 1998</t>
-[...1 lines deleted...]
-  <si>
     <t>Repasses 09 2025 Lei 9755 de 1998</t>
   </si>
   <si>
     <t>Compras 09 2025 Lei 9755 de 1998</t>
-  </si>
-[...4 lines deleted...]
-    <t>PUBLICAÇÃO DOS EDITAIS e AVISOS</t>
   </si>
   <si>
     <t>Agosto 2025</t>
   </si>
   <si>
     <t>31/08/2025</t>
   </si>
   <si>
     <t>Tributos Arrecadados 08 2025 Lei 9755 de 1998</t>
   </si>
   <si>
     <t>Execução Orç 08 2025 Lei 9755 de 1998</t>
   </si>
   <si>
     <t>Bal Orç 08 2025 Lei 9755 de 1998</t>
   </si>
   <si>
     <t>Demon Rec Desp 08 2025 Lei 9755 de 1998</t>
   </si>
   <si>
     <t>Repasses 08 2025 Lei 9755 de 1998</t>
   </si>
   <si>
     <t>Compras 08 2025 Lei 9755 de 1998</t>
   </si>
@@ -2345,62 +2390,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661639/images/original/Tributos Arrecadados 09 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661640/images/original/Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661641/images/original/Execu&#231;&#227;o Or&#231;  09 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661642/images/original/Bal Or&#231;  09 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661643/images/original/Demon Rec Desp  09  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661644/images/original/Repasses 09 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661645/images/original/Compras  09 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661647/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661648/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638613/images/original/Tributos Arrecadados 08 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638617/images/original/Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638618/images/original/Execu&#231;&#227;o Or&#231;  08 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638619/images/original/Bal Or&#231;  08 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638620/images/original/Demon Rec Desp  08  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638621/images/original/Repasses 08 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638623/images/original/Compras  08 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638624/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638625/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626372/images/original/Tributos Arrecadados 07 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626373/images/original/Execu&#231;&#227;o Or&#231;  07 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626374/images/original/Bal Or&#231;  07 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626375/images/original/Demon Rec Desp  07  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626376/images/original/Repasses 07 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626377/images/original/Compras  07 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626378/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626379/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626380/images/original/Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607452/images/original/Tributos Arrecadados 06 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607453/images/original/Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607454/images/original/Execu&#231;&#227;o Or&#231;  06 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607456/images/original/Bal Or&#231;  06 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607457/images/original/Demon Rec Desp  06  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607458/images/original/Repasses 06 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607459/images/original/Compras  06 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607460/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607461/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588878/images/original/Bal Or&#231;  05  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588869/images/original/Tributos Arrecadados 05 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588870/images/original/Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588872/images/original/Execu&#231;&#227;o Or&#231;  05  2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588879/images/original/Demon Rec Desp  05  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588880/images/original/Repasses 05 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588881/images/original/Compras  05 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588882/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588883/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561061/images/original/Execu&#231;&#227;o Or&#231;  04  2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561062/images/original/Bal Or&#231;  04  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561058/images/original/Tributos Arrecadados 04 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561063/images/original/Demon Rec Desp  04  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561059/images/original/Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561064/images/original/Repasses 04 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561065/images/original/Compras  04 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561066/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561067/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549923/images/original/Tributos Arrecadados 03 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549924/images/original/Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549926/images/original/Execu&#231;&#227;o Or&#231;  03  2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549927/images/original/Bal Or&#231;  03  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549929/images/original/Demon Rec Desp  03  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549930/images/original/Repasses 03 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549931/images/original/Compras  03 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549932/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549933/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529776/images/original/Tributos Arrecadados 02 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529777/images/original/Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529778/images/original/Execu&#231;&#227;o Or&#231;  02  2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529779/images/original/Bal Or&#231;  02  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529780/images/original/Demon Rec Desp  02  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529781/images/original/Repasses 02 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529782/images/original/Compras  02 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529783/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529784/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521858/images/original/Tributos Arrecadados 01 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521859/images/original/Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521860/images/original/Execu&#231;&#227;o Or&#231;  01  2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521861/images/original/Bal Or&#231;  01  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521862/images/original/Demon Rec Desp  01  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521863/images/original/Repasses 01 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521864/images/original/Compras  01 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521865/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521866/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514263/images/original/Tributos Arrecadados 12 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514264/images/original/Execu&#231;&#227;o Or&#231;  12  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514265/images/original/Bal Or&#231;  12 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514266/images/original/Demon Rec Desp  12  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514267/images/original/Repasses 12 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514268/images/original/Compras  12 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514269/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514270/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514271/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504533/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504534/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504526/images/original/Tributos Arrecadados 11 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504527/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504528/images/original/Execu&#231;&#227;o Or&#231;  11  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504529/images/original/Bal Or&#231;  11 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504530/images/original/Demon Rec Desp  11  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504531/images/original/Repasses 11 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504532/images/original/Compras  11 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496272/images/original/Tributos Arrecadados 10 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496274/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496275/images/original/Execu&#231;&#227;o Or&#231;  10  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496276/images/original/Bal Or&#231;  10 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496277/images/original/Demon Rec Desp  10  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496278/images/original/Repasses 10 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496279/images/original/Compras  10 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496280/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496281/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488763/images/original/Tributos Arrecadados 09 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488764/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488765/images/original/Execu&#231;&#227;o Or&#231;  09  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488766/images/original/Bal Or&#231;  09 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488767/images/original/Demon Rec Desp  09  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488768/images/original/Repasses 09 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488769/images/original/Compras  09 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488770/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488771/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483568/images/original/Demon Bal Or&#231; 4&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483569/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483570/images/original/Execu&#231;&#227;o Or&#231;  08  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483572/images/original/Bal Or&#231;  08 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483573/images/original/Demon Rec Desp  08  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483574/images/original/Repasses 08 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483575/images/original/Compras  08 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483576/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483577/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473284/images/original/Tributos Arrecadados 07 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473286/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473287/images/original/Execu&#231;&#227;o Or&#231;  07  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473288/images/original/Bal Or&#231;  07 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473289/images/original/Demon Rec Desp  07  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473290/images/original/Repasses 07 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473291/images/original/Compras  07 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473292/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473293/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466117/images/original/Repasses 06 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466111/images/original/Tributos Arrecadados 06 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466112/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466113/images/original/Execu&#231;&#227;o Or&#231;  06  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466114/images/original/Bal Or&#231;  06 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466115/images/original/Demon Rec Desp  06  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466118/images/original/Compras  06 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466120/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466121/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454786/images/original/Tributos Arrecadados 05 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454787/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454788/images/original/Execu&#231;&#227;o Or&#231;  05  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454789/images/original/Bal Or&#231;  05 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454790/images/original/Demon Rec Desp  05  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454791/images/original/Repasses 05 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454792/images/original/Compras  05 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454793/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454794/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447505/images/original/Tributos Arrecadados 04 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447506/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447507/images/original/Execu&#231;&#227;o Or&#231;  04  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447508/images/original/Bal Or&#231;  04 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447509/images/original/Demon Rec Desp  04  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447510/images/original/Repasses 04 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447511/images/original/Compras  04 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447512/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447513/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415701/images/original/Tributos Arrecadados 03 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415703/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415704/images/original/Execu&#231;&#227;o Or&#231;  03  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415705/images/original/Bal Or&#231;  03 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415706/images/original/Demon Rec Desp  03  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415707/images/original/Repasses 03 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415708/images/original/Compras  03 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415709/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415710/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408222/images/original/Demon Rec Desp  02  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408223/images/original/Repasses 02 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408218/images/original/Tributos Arrecadados 02 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408219/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408220/images/original/Execu&#231;&#227;o Or&#231;  02  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408221/images/original/Bal Or&#231;  02 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408224/images/original/Compras  02 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408225/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408226/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400371/images/original/Execu&#231;&#227;o Or&#231;  01  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400372/images/original/Bal Or&#231;  01 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400373/images/original/Demon Rec Desp  01  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400374/images/original/Repasses 01 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400369/images/original/Tributos Arrecadados 01 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400370/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400375/images/original/Compras  12 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400376/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400377/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389736/images/original/Tributos Arrecadados 12 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389737/images/original/Execu&#231;&#227;o Or&#231;  12  2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389738/images/original/Bal Or&#231;  12 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389739/images/original/Demon Rec Desp  12  2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389740/images/original/Repasses 12 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389742/images/original/Compras  12 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389743/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389744/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389745/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380191/images/original/Tributos Arrecadados 11 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380193/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380194/images/original/Execu&#231;&#227;o Or&#231;  11  2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380195/images/original/Bal Or&#231;  11 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380196/images/original/Demon Rec Desp  11  2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380197/images/original/Repasses 11 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380198/images/original/Compras  11 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380199/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380200/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364142/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364136/images/original/Execu&#231;&#227;o Or&#231;  10  2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364134/images/original/Tributos Arrecadados 10 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364135/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364138/images/original/Bal Or&#231;  10 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364139/images/original/Demon Rec Desp  10  2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364140/images/original/Repasses 10 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364141/images/original/Compras  10 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364143/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343355/images/original/Bal Or&#231;  09 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343353/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343352/images/original/Tributos Arrecadados 09 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343354/images/original/Execu&#231;&#227;o Or&#231;  09 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343356/images/original/Demon Rec Desp  09  2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343357/images/original/Repasses 09 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343358/images/original/Compras  09 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343359/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343360/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322755/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322754/images/original/Tributos Arrecadados 08 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322756/images/original/Execu&#231;&#227;o Or&#231;  08 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322758/images/original/Bal Or&#231;  08 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322759/images/original/Demon Rec Desp  08  2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322760/images/original/Repasses 08 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322761/images/original/Compras  06 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322762/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322763/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314404/images/original/Bal Or&#231;  07 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314405/images/original/Demon Rec Desp  07  2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314406/images/original/Repasses 07 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314401/images/original/Tributos Arrecadados 07 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314402/images/original/Execu&#231;&#227;o Or&#231;  07  2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314403/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314407/images/original/Compras  06 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314408/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314409/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306370/images/original/Demon Rec Desp  06  2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306366/images/original/Tributos Arrecadados 06 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306367/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306368/images/original/Execu&#231;&#227;o Or&#231;  06 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306369/images/original/Bal Or&#231;  06 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306371/images/original/Repasses 06 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306372/images/original/Compras  06 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306374/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306375/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302121/images/original/Tributos Arrecadados 05 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302123/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302124/images/original/Execu&#231;&#227;o Or&#231;  05 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302126/images/original/Bal Or&#231;  05 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302127/images/original/Demon Rec Desp  05  2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302129/images/original/Repasses 05 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302131/images/original/Compras  05 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302132/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302134/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292285/images/original/Tributos Arrecadados 04 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292286/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292287/images/original/Execu&#231;&#227;o Or&#231;  04  2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292288/images/original/Bal Or&#231;  04 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292289/images/original/Demon Rec Desp  04 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292290/images/original/Repasses 04 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292291/images/original/Compras  04 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292292/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292293/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286493/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286483/images/original/Tributos Arrecadados 03 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286486/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286487/images/original/Execu&#231;&#227;o Or&#231;  03  2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286488/images/original/Bal Or&#231;  03 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286489/images/original/Demon Rec Desp  03 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286490/images/original/Repasses 03 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286491/images/original/Compras  03 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286492/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279016/images/original/Tributos Arrecadados 02 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279018/images/original/Execu&#231;&#227;o Or&#231;  02  2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279017/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279019/images/original/Bal Or&#231;  02 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279020/images/original/Demon Rec Desp  02 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279021/images/original/Repasses 02 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279022/images/original/Compras  02 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279023/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279024/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273122/images/original/Tributos Arrecadados 01 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273123/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273124/images/original/Execu&#231;&#227;o Or&#231;  01  2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273125/images/original/Bal Or&#231;  01 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273126/images/original/Demon Rec Desp  01 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273128/images/original/Repasses 01 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273129/images/original/Compras  01 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273130/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273131/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263421/images/original/Tributos Arrecadados 12 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263422/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263423/images/original/Execu&#231;&#227;o Or&#231;  12  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263424/images/original/Bal Or&#231;  12 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263425/images/original/Demon Rec Desp  12 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263426/images/original/Repasses 12  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263427/images/original/Compras  12 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263428/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263429/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252379/images/original/Tributos Arrecadados 11 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252380/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252381/images/original/Execu&#231;&#227;o Or&#231;  11  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252382/images/original/Bal Or&#231;  11 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252383/images/original/Demon Rec Desp  11 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252384/images/original/Repasses 11 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252385/images/original/Compras  11 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252386/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252387/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247210/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247211/images/original/Execu&#231;&#227;o Or&#231;  10  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247212/images/original/Bal Or&#231;  10 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247213/images/original/Demon Rec Desp  10 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247216/images/original/Repasses 10 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247217/images/original/Compras  10 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247218/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247209/images/original/Tributos Arrecadados 10 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247219/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239786/images/original/Bal Or&#231;  09  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239783/images/original/Tributos Arrecadados 09 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239784/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239785/images/original/Execu&#231;&#227;o Or&#231;  09  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239788/images/original/Demon Rec Desp  09 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239789/images/original/Repasses 09 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239790/images/original/Compras  09 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239791/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239792/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221447/images/original/Tributos Arrecadados 08 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221448/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221449/images/original/Execu&#231;&#227;o Or&#231;  08  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221450/images/original/Bal Or&#231;  08  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221451/images/original/Demon Rec Desp  08 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221452/images/original/Repasses 08 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221453/images/original/Compras  08 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221454/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221455/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215745/images/original/Tributos Arrecadados 07 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215746/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215747/images/original/Execu&#231;&#227;o Or&#231;  07  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215748/images/original/Bal Or&#231;  07  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215749/images/original/Demon Rec Desp  07 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215750/images/original/Repasses 07 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215751/images/original/Compras  07  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215752/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215753/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209947/images/original/Tributos Arrecadados 06 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209948/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209949/images/original/Execu&#231;&#227;o Or&#231;  06  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209950/images/original/Bal Or&#231;  06  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209951/images/original/Demon Rec Desp  06 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209952/images/original/Repasses 06 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209953/images/original/Compras  06  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209954/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209955/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205198/images/original/Bal Or&#231;  05  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205194/images/original/Tributos Arrecadados 05 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205195/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205196/images/original/Execu&#231;&#227;o Or&#231;  05  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205203/images/original/Demon Rec Desp  05  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205204/images/original/Repasses 05 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205205/images/original/Compras  05  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205206/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205208/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200904/images/original/Tributos Arrecadados 04 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200905/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200906/images/original/Execu&#231;&#227;o Or&#231;  04  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200907/images/original/Bal Or&#231;  04  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200908/images/original/Demon Rec Desp  04  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200909/images/original/Repasses 04 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200910/images/original/Compras  04 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200911/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200912/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/194509/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/194493/images/original/Tributos Arrecadados 03 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/194495/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/194498/images/original/Execu&#231;&#227;o Or&#231;  03  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/194501/images/original/Bal Or&#231;  03  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/194503/images/original/Demon Rec Desp  03  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/194504/images/original/Repasses 03 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/194506/images/original/Compras  03 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/194507/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180638/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180635/images/original/Tributos Arrecadados 02 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180645/images/original/Bal Or&#231;  02  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180647/images/original/Demon Rec Desp  02  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180648/images/original/Repasses 02 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180649/images/original/Compras  02 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180643/images/original/Execu&#231;&#227;o Or&#231;  02  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180650/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180652/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178268/images/original/Tributos Arrecadados 01 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178269/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178270/images/original/Execu&#231;&#227;o Or&#231;  01 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178274/images/original/Bal Or&#231;  01 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178275/images/original/Demon Rec Desp  01 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178279/images/original/Repasses 01 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178281/images/original/Compras  01 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178282/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178283/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174071/images/original/Tributos Arrecadados 12 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174072/images/original/Bal Or&#231;  12 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174073/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174074/images/original/Execu&#231;&#227;o Or&#231;  12 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174075/images/original/Demon Rec Desp  12 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174079/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174077/images/original/Repasses 12 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174078/images/original/Compras  12 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174080/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170728/images/original/Tributos Arrecadados 11 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170730/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170731/images/original/Execu&#231;&#227;o Or&#231;  11 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170732/images/original/Bal Or&#231;  11 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170733/images/original/Demon Rec Desp  11 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170735/images/original/Repasses 11 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170736/images/original/Compras  11 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170737/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170738/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164828/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164827/images/original/Tributos Arrecadados 10 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164829/images/original/Execu&#231;&#227;o Or&#231;  10 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164830/images/original/Bal Or&#231;  10 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164835/images/original/Demon Rec Desp  10 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164836/images/original/Repasses 10 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164837/images/original/Compras  10 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164838/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164839/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160417/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160418/images/original/Execu&#231;&#227;o Or&#231;  09 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160416/images/original/Tributos Arrecadados 09 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160419/images/original/Bal Or&#231;  09 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160420/images/original/Demon Rec Desp  09 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160421/images/original/Repasses 09 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160423/images/original/Compras  09 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160425/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160426/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153083/images/original/Bal Or&#231;  08 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153080/images/original/Tributos Arrecadados 08 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153081/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153082/images/original/Execu&#231;&#227;o Or&#231;  08 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153084/images/original/Demon Rec Desp  08 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153085/images/original/Repasses 08 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153086/images/original/Compras  08 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153087/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153088/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149263/images/original/Tributos Arrecadados 07 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149264/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149265/images/original/Execu&#231;&#227;o Or&#231;  07 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149266/images/original/Bal Or&#231;  07 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149267/images/original/Demon Rec Desp  07 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149268/images/original/Repasses 07 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149269/images/original/Compras  07 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149270/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149271/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145064/images/original/Tributos Arrecadados 06 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145065/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145066/images/original/Execu&#231;&#227;o Or&#231;  06 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145067/images/original/Bal Or&#231;  06 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145068/images/original/Demon Rec Desp  06 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145069/images/original/Repasses 06 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145070/images/original/Compras  06 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145071/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145072/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141744/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141745/images/original/Execu&#231;&#227;o Or&#231;  05 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141746/images/original/Bal Or&#231;  05 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141747/images/original/Demon Rec Desp  05 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141742/images/original/Tributos Arrecadados 05 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141748/images/original/Repasses 05 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141749/images/original/Compras  05 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141750/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141752/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137973/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137974/images/original/Execu&#231;&#227;o Or&#231;  04 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137975/images/original/Bal Or&#231;  04 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137972/images/original/Tributos Arrecadados 04 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137976/images/original/Demon Rec Desp  04 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137977/images/original/Repasses 04 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137978/images/original/Compras  04 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137979/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137980/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134904/images/original/Repasses 03 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134905/images/original/Compras  03 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134899/images/original/Tributos Arrecadados 03 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134900/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134901/images/original/Execu&#231;&#227;o Or&#231;  03 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134902/images/original/Bal Or&#231;  03 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134903/images/original/Demon Rec Desp  03 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134906/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134907/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132470/images/original/Repasses 02 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132465/images/original/Tributos Arrecadados 02 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132466/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132467/images/original/Execu&#231;&#227;o Or&#231;  02 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132468/images/original/Bal Or&#231;  02 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132469/images/original/Demon Rec Desp  02 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132471/images/original/Compras  02 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132472/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132473/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130732/images/original/Compras  01 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130733/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130734/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130726/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130727/images/original/Tributos Arrecadados 01 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130728/images/original/Execu&#231;&#227;o Or&#231;  01 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130729/images/original/Bal Or&#231;  01 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130730/images/original/Demon Rec Desp  01 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130731/images/original/Repasses 01 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128430/images/original/Tributos Arrecadados 12 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128431/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128432/images/original/Execu&#231;&#227;o Or&#231;  12 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128433/images/original/Bal Or&#231;  12 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128434/images/original/Demon Rec Desp  12 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128435/images/original/Repasses  12 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128436/images/original/Compras  12  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128437/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128438/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126711/images/original/Tributos Arrecadados 11 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126712/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126713/images/original/Execu&#231;&#227;o Or&#231;  11 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126714/images/original/Bal Or&#231;  11 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126715/images/original/Demon Rec Desp  11 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126716/images/original/Repasses  11 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126717/images/original/Compras  11  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126718/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126719/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124393/images/original/Tributos Arrecadados 10 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124394/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124395/images/original/Execu&#231;&#227;o Or&#231;  10 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124396/images/original/Bal Or&#231;  10 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124397/images/original/Demon Rec Desp  10 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124398/images/original/Repasses  10 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124399/images/original/Compras  10  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124400/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124401/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122493/images/original/Execu&#231;&#227;o Or&#231;  09 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122494/images/original/Bal Or&#231;  09 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122495/images/original/Demon Rec Desp  09 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122490/images/original/Tributos Arrecadados 09 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122491/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122496/images/original/Repasses  09 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122497/images/original/Compras  09  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122498/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122499/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119585/images/original/Execu&#231;&#227;o Or&#231;  08 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119586/images/original/Bal Or&#231;  08  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119583/images/original/Tributos Arrecadados 08 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119584/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119587/images/original/Demon Rec Desp  08 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119588/images/original/Repasses  08 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119589/images/original/Compras  08  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119590/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119591/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115379/images/original/Tributos Arrecadados 07 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115380/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115381/images/original/Execu&#231;&#227;o Or&#231;  07 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115382/images/original/Bal Or&#231;  07  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115383/images/original/Demon Rec Desp  07 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115384/images/original/Repasses  07 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115385/images/original/Compras  07  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115386/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115387/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109782/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109780/images/original/Compras  06  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109781/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109774/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109773/images/original/Tributos Arrecadados 06 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109775/images/original/Execu&#231;&#227;o Or&#231;  06 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109776/images/original/Bal Or&#231;  06  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109778/images/original/Demon Rec Desp  06 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109779/images/original/Repasses  06 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92686/images/original/Tributos Arrecadados 05 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92687/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92688/images/original/Execu&#231;&#227;o Or&#231;  05 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92689/images/original/Bal Or&#231;  05 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92690/images/original/Demon Rec Desp  05 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92691/images/original/Repasses  05 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92692/images/original/Compras  05  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92693/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92694/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80459/images/original/Demon Rec Desp  04 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80454/images/original/Tributos Arrecadados 04 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80455/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80456/images/original/Execu&#231;&#227;o Or&#231;  04 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80457/images/original/Bal Or&#231;  04  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80460/images/original/Repasses  04 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80461/images/original/Compras  04  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80462/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80463/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75421/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75422/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75423/images/original/Compras  03 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75424/images/original/Repasses  03 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75425/images/original/Demon Rec Desp  03 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75426/images/original/Bal Or&#231;  03  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75427/images/original/Execu&#231;&#227;o Or&#231;  03 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75428/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75429/images/original/Tributos Arrecadados 03 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73191/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73190/images/original/Tributos Arrecadados 02 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73192/images/original/Execu&#231;&#227;o Or&#231;  02 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73193/images/original/Bal Or&#231;  02  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73194/images/original/Demon Rec Desp  02 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73195/images/original/Repasses  02 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73196/images/original/Compras  02 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73197/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73198/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72074/images/original/Tributos Arrecadados 01 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72075/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72076/images/original/Execu&#231;&#227;o Or&#231;  01 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72077/images/original/Bal Or&#231;  01 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72078/images/original/Demon Rec Desp  01 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72079/images/original/Repasses 01 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72080/images/original/Compras  01 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72081/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72082/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68031/images/original/Tributos Arrecadados 12 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68032/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68033/images/original/Execu&#231;&#227;o dos Or&#231;amentos 12 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68034/images/original/Balan&#231;o Or&#231;ament&#225;rio 12 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68035/images/original/Demon Rec Desp 12 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68036/images/original/Repasses 12 2019 Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68037/images/original/Compras 12 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68038/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68039/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62598/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62590/images/original/Tributos Arrecadados 11 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62591/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62592/images/original/Execu&#231;&#227;o dos Or&#231;amentos 11 2019 Lei 9755  1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62593/images/original/Balan&#231;o Or&#231;ament&#225;rio 11 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62594/images/original/Demon Rec Desp 11 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62596/images/original/Repasses 11 2019 Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62597/images/original/Compras 11 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62599/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60011/images/original/Tributos Arrecadados 10 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60012/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60013/images/original/Execu&#231;&#227;o dos Or&#231;amentos 10 2019 Lei 9755  1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60014/images/original/Balan&#231;o Or&#231;ament&#225;rio 10 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60015/images/original/Demon Rec Desp 10 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60016/images/original/Repasses 10 2019 Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60017/images/original/Compras 10 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60018/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60019/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/57333/images/original/Tributos Arrecadados 09 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/57334/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/57336/images/original/Execu&#231;&#227;o dos Or&#231;amentos 09 2019 Lei 9755  1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/57337/images/original/Balan&#231;o Or&#231;ament&#225;rio 09 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/57338/images/original/Demon Rec Desp 09 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/57339/images/original/Repasses 09 2019 Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/57340/images/original/Compras 09 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/57342/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/57343/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51724/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51723/images/original/Tributos Arrecadados 08 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51725/images/original/Execu&#231;&#227;o dos Or&#231;amentos 08 2019 Lei 9755  1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51727/images/original/Balan&#231;o Or&#231;ament&#225;rio 08 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51728/images/original/Demon Rec Desp 08 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51729/images/original/Repasses 08 2019 Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51731/images/original/Compras 08 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51732/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51733/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48586/images/original/Tributos Arrecadados 07 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48587/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48588/images/original/Execu&#231;&#227;o dos Or&#231;amentos 07 2019 Lei 9755  1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48589/images/original/Balan&#231;o Or&#231;ament&#225;rio 07 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48590/images/original/Demon Rec Desp 07 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48591/images/original/Repasses 07 2019 Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48592/images/original/Compras 07 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48593/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48594/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44373/images/original/Tributos Arrecadados 06 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44374/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44378/images/original/Repasses 06 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44379/images/original/Compras 06 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44380/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44375/images/original/Execu&#231;&#227;o dos Or&#231;amentos 06 2019 Lei 9755  1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44376/images/original/Balan&#231;o Or&#231;ament&#225;rio 06 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44377/images/original/Demon Rec Desp 06 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44381/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41652/images/original/Tributos Arrecadados 05 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41653/images/original/Execu&#231;&#227;o dos Or&#231;amentos 05 2019 Lei 9755  1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41654/images/original/Balan&#231;o Or&#231;ament&#225;rio 05 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41655/images/original/Demon Rec Desp 05 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41656/images/original/Repasses 05 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41657/images/original/Compras 05 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41658/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41659/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41660/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38093/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38094/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38095/images/original/Tributos Arrecadados 04 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38096/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38097/images/original/Execu&#231;&#227;o dos Or&#231;amentos 04 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38098/images/original/Balan&#231;o Or&#231;ament&#225;rio 04 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38099/images/original/Demon Rec Desp 04 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38101/images/original/Compras 04 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38100/images/original/Repasses 04 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35412/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35413/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35415/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35416/images/original/Tributos Arrecadados 03 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35417/images/original/Execu&#231;&#227;o dos Or&#231;amentos 03 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35418/images/original/Balan&#231;o Or&#231;ament&#225;rio 03 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35419/images/original/Demon Rec Desp 03 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35420/images/original/Recursos Repassados  03 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35421/images/original/Compras 03 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19025/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19024/images/original/Tributos Arrecadados 02 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19026/images/original/Execu&#231;&#227;o dos Or&#231;amentos 02 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19027/images/original/Balan&#231;o Or&#231;ament&#225;rio 02 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19028/images/original/Demon Rec Desp 02 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19029/images/original/Recursos Repassados Transf. Uni&#227;o Coeficientes de rateio 02 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19030/images/original/Compras 02 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19045/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19048/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19004/images/original/Tributos Arrecadados 01 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19005/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19006/images/original/Execu&#231;&#227;o dos Or&#231;amentos 01 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19007/images/original/Balan&#231;o Or&#231;ament&#225;rio 01 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19008/images/original/Demon Rec Desp 01 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19009/images/original/Recursos Repassados Transf. Uni&#227;o Coeficientes de rateio 01 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19010/images/original/Compras 01 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19044/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19047/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/699892/images/original/Tributos Arrecadados 11 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/699894/images/original/Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/699895/images/original/Execu&#231;&#227;o Or&#231;  11 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/699896/images/original/Bal Or&#231;  11 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/699897/images/original/Demon Rec Desp  11  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/699898/images/original/Repasses 11 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/699899/images/original/Compras  11 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/699900/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/699901/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/678754/images/original/Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/678755/images/original/Execu&#231;&#227;o Or&#231;  10 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/678756/images/original/Bal Or&#231;  10 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/678757/images/original/Demon Rec Desp  09  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/678758/images/original/Repasses 10 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/678753/images/original/Tributos Arrecadados 10 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/678759/images/original/Compras  10 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/678760/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/678761/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661639/images/original/Tributos Arrecadados 09 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661641/images/original/Execu&#231;&#227;o Or&#231;  09 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661642/images/original/Bal Or&#231;  09 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661643/images/original/Demon Rec Desp  09  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661644/images/original/Repasses 09 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661645/images/original/Compras  09 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661647/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661648/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/678752/images/original/Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638613/images/original/Tributos Arrecadados 08 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638617/images/original/Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638618/images/original/Execu&#231;&#227;o Or&#231;  08 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638619/images/original/Bal Or&#231;  08 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638620/images/original/Demon Rec Desp  08  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638621/images/original/Repasses 08 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638623/images/original/Compras  08 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638624/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638625/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626372/images/original/Tributos Arrecadados 07 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626373/images/original/Execu&#231;&#227;o Or&#231;  07 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626374/images/original/Bal Or&#231;  07 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626375/images/original/Demon Rec Desp  07  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626376/images/original/Repasses 07 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626377/images/original/Compras  07 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626378/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626379/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626380/images/original/Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607452/images/original/Tributos Arrecadados 06 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607453/images/original/Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607454/images/original/Execu&#231;&#227;o Or&#231;  06 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607456/images/original/Bal Or&#231;  06 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607457/images/original/Demon Rec Desp  06  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607458/images/original/Repasses 06 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607459/images/original/Compras  06 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607460/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607461/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588878/images/original/Bal Or&#231;  05  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588869/images/original/Tributos Arrecadados 05 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588870/images/original/Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588872/images/original/Execu&#231;&#227;o Or&#231;  05  2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588879/images/original/Demon Rec Desp  05  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588880/images/original/Repasses 05 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588881/images/original/Compras  05 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588882/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588883/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561061/images/original/Execu&#231;&#227;o Or&#231;  04  2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561062/images/original/Bal Or&#231;  04  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561058/images/original/Tributos Arrecadados 04 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561063/images/original/Demon Rec Desp  04  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561059/images/original/Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561064/images/original/Repasses 04 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561065/images/original/Compras  04 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561066/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561067/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549923/images/original/Tributos Arrecadados 03 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549924/images/original/Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549926/images/original/Execu&#231;&#227;o Or&#231;  03  2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549927/images/original/Bal Or&#231;  03  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549929/images/original/Demon Rec Desp  03  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549930/images/original/Repasses 03 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549931/images/original/Compras  03 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549932/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549933/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529776/images/original/Tributos Arrecadados 02 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529777/images/original/Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529778/images/original/Execu&#231;&#227;o Or&#231;  02  2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529779/images/original/Bal Or&#231;  02  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529780/images/original/Demon Rec Desp  02  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529781/images/original/Repasses 02 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529782/images/original/Compras  02 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529783/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529784/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521858/images/original/Tributos Arrecadados 01 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521859/images/original/Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521860/images/original/Execu&#231;&#227;o Or&#231;  01  2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521861/images/original/Bal Or&#231;  01  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521862/images/original/Demon Rec Desp  01  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521863/images/original/Repasses 01 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521864/images/original/Compras  01 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521865/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521866/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514263/images/original/Tributos Arrecadados 12 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514264/images/original/Execu&#231;&#227;o Or&#231;  12  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514265/images/original/Bal Or&#231;  12 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514266/images/original/Demon Rec Desp  12  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514267/images/original/Repasses 12 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514268/images/original/Compras  12 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514269/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514270/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514271/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504533/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504534/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504526/images/original/Tributos Arrecadados 11 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504527/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504528/images/original/Execu&#231;&#227;o Or&#231;  11  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504529/images/original/Bal Or&#231;  11 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504530/images/original/Demon Rec Desp  11  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504531/images/original/Repasses 11 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504532/images/original/Compras  11 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496272/images/original/Tributos Arrecadados 10 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496274/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496275/images/original/Execu&#231;&#227;o Or&#231;  10  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496276/images/original/Bal Or&#231;  10 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496277/images/original/Demon Rec Desp  10  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496278/images/original/Repasses 10 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496279/images/original/Compras  10 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496280/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496281/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488763/images/original/Tributos Arrecadados 09 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488764/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488765/images/original/Execu&#231;&#227;o Or&#231;  09  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488766/images/original/Bal Or&#231;  09 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488767/images/original/Demon Rec Desp  09  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488768/images/original/Repasses 09 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488769/images/original/Compras  09 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488770/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488771/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483568/images/original/Demon Bal Or&#231; 4&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483569/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483570/images/original/Execu&#231;&#227;o Or&#231;  08  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483572/images/original/Bal Or&#231;  08 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483573/images/original/Demon Rec Desp  08  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483574/images/original/Repasses 08 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483575/images/original/Compras  08 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483576/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483577/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473284/images/original/Tributos Arrecadados 07 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473286/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473287/images/original/Execu&#231;&#227;o Or&#231;  07  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473288/images/original/Bal Or&#231;  07 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473289/images/original/Demon Rec Desp  07  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473290/images/original/Repasses 07 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473291/images/original/Compras  07 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473292/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473293/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466117/images/original/Repasses 06 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466111/images/original/Tributos Arrecadados 06 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466112/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466113/images/original/Execu&#231;&#227;o Or&#231;  06  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466114/images/original/Bal Or&#231;  06 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466115/images/original/Demon Rec Desp  06  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466118/images/original/Compras  06 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466120/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466121/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454786/images/original/Tributos Arrecadados 05 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454787/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454788/images/original/Execu&#231;&#227;o Or&#231;  05  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454789/images/original/Bal Or&#231;  05 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454790/images/original/Demon Rec Desp  05  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454791/images/original/Repasses 05 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454792/images/original/Compras  05 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454793/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454794/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447505/images/original/Tributos Arrecadados 04 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447506/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447507/images/original/Execu&#231;&#227;o Or&#231;  04  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447508/images/original/Bal Or&#231;  04 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447509/images/original/Demon Rec Desp  04  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447510/images/original/Repasses 04 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447511/images/original/Compras  04 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447512/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447513/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415701/images/original/Tributos Arrecadados 03 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415703/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415704/images/original/Execu&#231;&#227;o Or&#231;  03  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415705/images/original/Bal Or&#231;  03 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415706/images/original/Demon Rec Desp  03  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415707/images/original/Repasses 03 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415708/images/original/Compras  03 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415709/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415710/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408222/images/original/Demon Rec Desp  02  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408223/images/original/Repasses 02 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408218/images/original/Tributos Arrecadados 02 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408219/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408220/images/original/Execu&#231;&#227;o Or&#231;  02  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408221/images/original/Bal Or&#231;  02 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408224/images/original/Compras  02 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408225/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408226/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400371/images/original/Execu&#231;&#227;o Or&#231;  01  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400372/images/original/Bal Or&#231;  01 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400373/images/original/Demon Rec Desp  01  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400374/images/original/Repasses 01 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400369/images/original/Tributos Arrecadados 01 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400370/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400375/images/original/Compras  12 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400376/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400377/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389736/images/original/Tributos Arrecadados 12 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389737/images/original/Execu&#231;&#227;o Or&#231;  12  2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389738/images/original/Bal Or&#231;  12 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389739/images/original/Demon Rec Desp  12  2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389740/images/original/Repasses 12 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389742/images/original/Compras  12 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389743/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389744/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389745/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380191/images/original/Tributos Arrecadados 11 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380193/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380194/images/original/Execu&#231;&#227;o Or&#231;  11  2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380195/images/original/Bal Or&#231;  11 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380196/images/original/Demon Rec Desp  11  2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380197/images/original/Repasses 11 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380198/images/original/Compras  11 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380199/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380200/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364142/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364136/images/original/Execu&#231;&#227;o Or&#231;  10  2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364134/images/original/Tributos Arrecadados 10 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364135/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364138/images/original/Bal Or&#231;  10 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364139/images/original/Demon Rec Desp  10  2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364140/images/original/Repasses 10 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364141/images/original/Compras  10 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364143/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343355/images/original/Bal Or&#231;  09 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343353/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343352/images/original/Tributos Arrecadados 09 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343354/images/original/Execu&#231;&#227;o Or&#231;  09 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343356/images/original/Demon Rec Desp  09  2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343357/images/original/Repasses 09 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343358/images/original/Compras  09 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343359/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343360/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322755/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322754/images/original/Tributos Arrecadados 08 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322756/images/original/Execu&#231;&#227;o Or&#231;  08 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322758/images/original/Bal Or&#231;  08 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322759/images/original/Demon Rec Desp  08  2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322760/images/original/Repasses 08 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322761/images/original/Compras  06 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322762/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322763/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314404/images/original/Bal Or&#231;  07 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314405/images/original/Demon Rec Desp  07  2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314406/images/original/Repasses 07 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314401/images/original/Tributos Arrecadados 07 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314402/images/original/Execu&#231;&#227;o Or&#231;  07  2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314403/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314407/images/original/Compras  06 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314408/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314409/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306370/images/original/Demon Rec Desp  06  2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306366/images/original/Tributos Arrecadados 06 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306367/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306368/images/original/Execu&#231;&#227;o Or&#231;  06 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306369/images/original/Bal Or&#231;  06 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306371/images/original/Repasses 06 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306372/images/original/Compras  06 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306374/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306375/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302121/images/original/Tributos Arrecadados 05 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302123/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302124/images/original/Execu&#231;&#227;o Or&#231;  05 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302126/images/original/Bal Or&#231;  05 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302127/images/original/Demon Rec Desp  05  2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302129/images/original/Repasses 05 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302131/images/original/Compras  05 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302132/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302134/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292285/images/original/Tributos Arrecadados 04 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292286/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292287/images/original/Execu&#231;&#227;o Or&#231;  04  2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292288/images/original/Bal Or&#231;  04 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292289/images/original/Demon Rec Desp  04 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292290/images/original/Repasses 04 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292291/images/original/Compras  04 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292292/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292293/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286493/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286483/images/original/Tributos Arrecadados 03 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286486/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286487/images/original/Execu&#231;&#227;o Or&#231;  03  2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286488/images/original/Bal Or&#231;  03 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286489/images/original/Demon Rec Desp  03 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286490/images/original/Repasses 03 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286491/images/original/Compras  03 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286492/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279016/images/original/Tributos Arrecadados 02 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279018/images/original/Execu&#231;&#227;o Or&#231;  02  2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279017/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279019/images/original/Bal Or&#231;  02 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279020/images/original/Demon Rec Desp  02 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279021/images/original/Repasses 02 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279022/images/original/Compras  02 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279023/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279024/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273122/images/original/Tributos Arrecadados 01 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273123/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273124/images/original/Execu&#231;&#227;o Or&#231;  01  2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273125/images/original/Bal Or&#231;  01 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273126/images/original/Demon Rec Desp  01 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273128/images/original/Repasses 01 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273129/images/original/Compras  01 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273130/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273131/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263421/images/original/Tributos Arrecadados 12 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263422/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263423/images/original/Execu&#231;&#227;o Or&#231;  12  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263424/images/original/Bal Or&#231;  12 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263425/images/original/Demon Rec Desp  12 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263426/images/original/Repasses 12  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263427/images/original/Compras  12 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263428/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263429/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252379/images/original/Tributos Arrecadados 11 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252380/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252381/images/original/Execu&#231;&#227;o Or&#231;  11  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252382/images/original/Bal Or&#231;  11 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252383/images/original/Demon Rec Desp  11 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252384/images/original/Repasses 11 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252385/images/original/Compras  11 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252386/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252387/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247210/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247211/images/original/Execu&#231;&#227;o Or&#231;  10  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247212/images/original/Bal Or&#231;  10 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247213/images/original/Demon Rec Desp  10 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247216/images/original/Repasses 10 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247217/images/original/Compras  10 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247218/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247209/images/original/Tributos Arrecadados 10 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247219/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239786/images/original/Bal Or&#231;  09  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239783/images/original/Tributos Arrecadados 09 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239784/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239785/images/original/Execu&#231;&#227;o Or&#231;  09  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239788/images/original/Demon Rec Desp  09 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239789/images/original/Repasses 09 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239790/images/original/Compras  09 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239791/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239792/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221447/images/original/Tributos Arrecadados 08 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221448/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221449/images/original/Execu&#231;&#227;o Or&#231;  08  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221450/images/original/Bal Or&#231;  08  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221451/images/original/Demon Rec Desp  08 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221452/images/original/Repasses 08 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221453/images/original/Compras  08 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221454/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221455/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215745/images/original/Tributos Arrecadados 07 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215746/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215747/images/original/Execu&#231;&#227;o Or&#231;  07  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215748/images/original/Bal Or&#231;  07  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215749/images/original/Demon Rec Desp  07 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215750/images/original/Repasses 07 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215751/images/original/Compras  07  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215752/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215753/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209947/images/original/Tributos Arrecadados 06 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209948/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209949/images/original/Execu&#231;&#227;o Or&#231;  06  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209950/images/original/Bal Or&#231;  06  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209951/images/original/Demon Rec Desp  06 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209952/images/original/Repasses 06 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209953/images/original/Compras  06  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209954/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209955/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205198/images/original/Bal Or&#231;  05  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205194/images/original/Tributos Arrecadados 05 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205195/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205196/images/original/Execu&#231;&#227;o Or&#231;  05  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205203/images/original/Demon Rec Desp  05  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205204/images/original/Repasses 05 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205205/images/original/Compras  05  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205206/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205208/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200904/images/original/Tributos Arrecadados 04 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200905/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200906/images/original/Execu&#231;&#227;o Or&#231;  04  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200907/images/original/Bal Or&#231;  04  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200908/images/original/Demon Rec Desp  04  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200909/images/original/Repasses 04 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200910/images/original/Compras  04 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200911/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200912/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/194509/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/194493/images/original/Tributos Arrecadados 03 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/194495/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/194498/images/original/Execu&#231;&#227;o Or&#231;  03  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/194501/images/original/Bal Or&#231;  03  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/194503/images/original/Demon Rec Desp  03  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/194504/images/original/Repasses 03 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/194506/images/original/Compras  03 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/194507/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180638/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180635/images/original/Tributos Arrecadados 02 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180645/images/original/Bal Or&#231;  02  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180647/images/original/Demon Rec Desp  02  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180648/images/original/Repasses 02 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180649/images/original/Compras  02 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180643/images/original/Execu&#231;&#227;o Or&#231;  02  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180650/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180652/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178268/images/original/Tributos Arrecadados 01 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178269/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178270/images/original/Execu&#231;&#227;o Or&#231;  01 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178274/images/original/Bal Or&#231;  01 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178275/images/original/Demon Rec Desp  01 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178279/images/original/Repasses 01 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178281/images/original/Compras  01 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178282/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178283/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174071/images/original/Tributos Arrecadados 12 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174072/images/original/Bal Or&#231;  12 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174073/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174074/images/original/Execu&#231;&#227;o Or&#231;  12 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174075/images/original/Demon Rec Desp  12 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174079/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174077/images/original/Repasses 12 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174078/images/original/Compras  12 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174080/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170728/images/original/Tributos Arrecadados 11 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170730/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170731/images/original/Execu&#231;&#227;o Or&#231;  11 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170732/images/original/Bal Or&#231;  11 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170733/images/original/Demon Rec Desp  11 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170735/images/original/Repasses 11 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170736/images/original/Compras  11 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170737/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170738/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164828/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164827/images/original/Tributos Arrecadados 10 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164829/images/original/Execu&#231;&#227;o Or&#231;  10 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164830/images/original/Bal Or&#231;  10 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164835/images/original/Demon Rec Desp  10 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164836/images/original/Repasses 10 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164837/images/original/Compras  10 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164838/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164839/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160417/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160418/images/original/Execu&#231;&#227;o Or&#231;  09 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160416/images/original/Tributos Arrecadados 09 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160419/images/original/Bal Or&#231;  09 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160420/images/original/Demon Rec Desp  09 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160421/images/original/Repasses 09 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160423/images/original/Compras  09 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160425/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160426/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153083/images/original/Bal Or&#231;  08 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153080/images/original/Tributos Arrecadados 08 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153081/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153082/images/original/Execu&#231;&#227;o Or&#231;  08 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153084/images/original/Demon Rec Desp  08 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153085/images/original/Repasses 08 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153086/images/original/Compras  08 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153087/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153088/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149263/images/original/Tributos Arrecadados 07 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149264/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149265/images/original/Execu&#231;&#227;o Or&#231;  07 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149266/images/original/Bal Or&#231;  07 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149267/images/original/Demon Rec Desp  07 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149268/images/original/Repasses 07 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149269/images/original/Compras  07 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149270/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149271/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145064/images/original/Tributos Arrecadados 06 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145065/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145066/images/original/Execu&#231;&#227;o Or&#231;  06 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145067/images/original/Bal Or&#231;  06 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145068/images/original/Demon Rec Desp  06 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145069/images/original/Repasses 06 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145070/images/original/Compras  06 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145071/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145072/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141744/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141745/images/original/Execu&#231;&#227;o Or&#231;  05 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141746/images/original/Bal Or&#231;  05 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141747/images/original/Demon Rec Desp  05 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141742/images/original/Tributos Arrecadados 05 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141748/images/original/Repasses 05 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141749/images/original/Compras  05 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141750/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141752/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137973/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137974/images/original/Execu&#231;&#227;o Or&#231;  04 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137975/images/original/Bal Or&#231;  04 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137972/images/original/Tributos Arrecadados 04 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137976/images/original/Demon Rec Desp  04 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137977/images/original/Repasses 04 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137978/images/original/Compras  04 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137979/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137980/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134904/images/original/Repasses 03 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134905/images/original/Compras  03 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134899/images/original/Tributos Arrecadados 03 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134900/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134901/images/original/Execu&#231;&#227;o Or&#231;  03 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134902/images/original/Bal Or&#231;  03 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134903/images/original/Demon Rec Desp  03 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134906/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134907/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132470/images/original/Repasses 02 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132465/images/original/Tributos Arrecadados 02 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132466/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132467/images/original/Execu&#231;&#227;o Or&#231;  02 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132468/images/original/Bal Or&#231;  02 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132469/images/original/Demon Rec Desp  02 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132471/images/original/Compras  02 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132472/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132473/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130732/images/original/Compras  01 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130733/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130734/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130726/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130727/images/original/Tributos Arrecadados 01 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130728/images/original/Execu&#231;&#227;o Or&#231;  01 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130729/images/original/Bal Or&#231;  01 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130730/images/original/Demon Rec Desp  01 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130731/images/original/Repasses 01 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128430/images/original/Tributos Arrecadados 12 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128431/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128432/images/original/Execu&#231;&#227;o Or&#231;  12 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128433/images/original/Bal Or&#231;  12 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128434/images/original/Demon Rec Desp  12 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128435/images/original/Repasses  12 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128436/images/original/Compras  12  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128437/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128438/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126711/images/original/Tributos Arrecadados 11 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126712/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126713/images/original/Execu&#231;&#227;o Or&#231;  11 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126714/images/original/Bal Or&#231;  11 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126715/images/original/Demon Rec Desp  11 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126716/images/original/Repasses  11 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126717/images/original/Compras  11  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126718/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126719/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124393/images/original/Tributos Arrecadados 10 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124394/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124395/images/original/Execu&#231;&#227;o Or&#231;  10 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124396/images/original/Bal Or&#231;  10 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124397/images/original/Demon Rec Desp  10 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124398/images/original/Repasses  10 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124399/images/original/Compras  10  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124400/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124401/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122493/images/original/Execu&#231;&#227;o Or&#231;  09 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122494/images/original/Bal Or&#231;  09 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122495/images/original/Demon Rec Desp  09 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122490/images/original/Tributos Arrecadados 09 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122491/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122496/images/original/Repasses  09 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122497/images/original/Compras  09  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122498/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122499/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119585/images/original/Execu&#231;&#227;o Or&#231;  08 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119586/images/original/Bal Or&#231;  08  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119583/images/original/Tributos Arrecadados 08 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119584/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119587/images/original/Demon Rec Desp  08 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119588/images/original/Repasses  08 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119589/images/original/Compras  08  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119590/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119591/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115379/images/original/Tributos Arrecadados 07 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115380/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115381/images/original/Execu&#231;&#227;o Or&#231;  07 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115382/images/original/Bal Or&#231;  07  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115383/images/original/Demon Rec Desp  07 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115384/images/original/Repasses  07 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115385/images/original/Compras  07  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115386/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115387/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109782/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109780/images/original/Compras  06  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109781/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109774/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109773/images/original/Tributos Arrecadados 06 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109775/images/original/Execu&#231;&#227;o Or&#231;  06 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109776/images/original/Bal Or&#231;  06  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109778/images/original/Demon Rec Desp  06 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109779/images/original/Repasses  06 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92686/images/original/Tributos Arrecadados 05 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92687/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92688/images/original/Execu&#231;&#227;o Or&#231;  05 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92689/images/original/Bal Or&#231;  05 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92690/images/original/Demon Rec Desp  05 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92691/images/original/Repasses  05 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92692/images/original/Compras  05  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92693/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92694/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80459/images/original/Demon Rec Desp  04 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80454/images/original/Tributos Arrecadados 04 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80455/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80456/images/original/Execu&#231;&#227;o Or&#231;  04 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80457/images/original/Bal Or&#231;  04  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80460/images/original/Repasses  04 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80461/images/original/Compras  04  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80462/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80463/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75421/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75422/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75423/images/original/Compras  03 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75424/images/original/Repasses  03 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75425/images/original/Demon Rec Desp  03 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75426/images/original/Bal Or&#231;  03  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75427/images/original/Execu&#231;&#227;o Or&#231;  03 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75428/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75429/images/original/Tributos Arrecadados 03 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73191/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73190/images/original/Tributos Arrecadados 02 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73192/images/original/Execu&#231;&#227;o Or&#231;  02 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73193/images/original/Bal Or&#231;  02  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73194/images/original/Demon Rec Desp  02 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73195/images/original/Repasses  02 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73196/images/original/Compras  02 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73197/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73198/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72074/images/original/Tributos Arrecadados 01 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72075/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72076/images/original/Execu&#231;&#227;o Or&#231;  01 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72077/images/original/Bal Or&#231;  01 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72078/images/original/Demon Rec Desp  01 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72079/images/original/Repasses 01 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72080/images/original/Compras  01 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72081/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72082/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68031/images/original/Tributos Arrecadados 12 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68032/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68033/images/original/Execu&#231;&#227;o dos Or&#231;amentos 12 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68034/images/original/Balan&#231;o Or&#231;ament&#225;rio 12 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68035/images/original/Demon Rec Desp 12 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68036/images/original/Repasses 12 2019 Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68037/images/original/Compras 12 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68038/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68039/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62598/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62590/images/original/Tributos Arrecadados 11 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62591/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62592/images/original/Execu&#231;&#227;o dos Or&#231;amentos 11 2019 Lei 9755  1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62593/images/original/Balan&#231;o Or&#231;ament&#225;rio 11 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62594/images/original/Demon Rec Desp 11 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62596/images/original/Repasses 11 2019 Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62597/images/original/Compras 11 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62599/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60011/images/original/Tributos Arrecadados 10 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60012/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60013/images/original/Execu&#231;&#227;o dos Or&#231;amentos 10 2019 Lei 9755  1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60014/images/original/Balan&#231;o Or&#231;ament&#225;rio 10 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60015/images/original/Demon Rec Desp 10 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60016/images/original/Repasses 10 2019 Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60017/images/original/Compras 10 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60018/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60019/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/57333/images/original/Tributos Arrecadados 09 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/57334/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/57336/images/original/Execu&#231;&#227;o dos Or&#231;amentos 09 2019 Lei 9755  1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/57337/images/original/Balan&#231;o Or&#231;ament&#225;rio 09 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/57338/images/original/Demon Rec Desp 09 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/57339/images/original/Repasses 09 2019 Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/57340/images/original/Compras 09 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/57342/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/57343/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51724/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51723/images/original/Tributos Arrecadados 08 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51725/images/original/Execu&#231;&#227;o dos Or&#231;amentos 08 2019 Lei 9755  1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51727/images/original/Balan&#231;o Or&#231;ament&#225;rio 08 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51728/images/original/Demon Rec Desp 08 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51729/images/original/Repasses 08 2019 Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51731/images/original/Compras 08 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51732/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51733/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48586/images/original/Tributos Arrecadados 07 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48587/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48588/images/original/Execu&#231;&#227;o dos Or&#231;amentos 07 2019 Lei 9755  1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48589/images/original/Balan&#231;o Or&#231;ament&#225;rio 07 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48590/images/original/Demon Rec Desp 07 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48591/images/original/Repasses 07 2019 Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48592/images/original/Compras 07 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48593/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48594/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44373/images/original/Tributos Arrecadados 06 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44374/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44378/images/original/Repasses 06 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44379/images/original/Compras 06 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44380/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44375/images/original/Execu&#231;&#227;o dos Or&#231;amentos 06 2019 Lei 9755  1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44376/images/original/Balan&#231;o Or&#231;ament&#225;rio 06 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44377/images/original/Demon Rec Desp 06 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44381/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41652/images/original/Tributos Arrecadados 05 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41653/images/original/Execu&#231;&#227;o dos Or&#231;amentos 05 2019 Lei 9755  1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41654/images/original/Balan&#231;o Or&#231;ament&#225;rio 05 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41655/images/original/Demon Rec Desp 05 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41656/images/original/Repasses 05 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41657/images/original/Compras 05 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41658/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41659/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41660/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38093/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38094/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38095/images/original/Tributos Arrecadados 04 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38096/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38097/images/original/Execu&#231;&#227;o dos Or&#231;amentos 04 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38098/images/original/Balan&#231;o Or&#231;ament&#225;rio 04 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38099/images/original/Demon Rec Desp 04 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38101/images/original/Compras 04 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38100/images/original/Repasses 04 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35412/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35413/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35415/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35416/images/original/Tributos Arrecadados 03 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35417/images/original/Execu&#231;&#227;o dos Or&#231;amentos 03 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35418/images/original/Balan&#231;o Or&#231;ament&#225;rio 03 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35419/images/original/Demon Rec Desp 03 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35420/images/original/Recursos Repassados  03 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35421/images/original/Compras 03 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19025/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19024/images/original/Tributos Arrecadados 02 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19026/images/original/Execu&#231;&#227;o dos Or&#231;amentos 02 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19027/images/original/Balan&#231;o Or&#231;ament&#225;rio 02 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19028/images/original/Demon Rec Desp 02 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19029/images/original/Recursos Repassados Transf. Uni&#227;o Coeficientes de rateio 02 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19030/images/original/Compras 02 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19045/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19048/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19004/images/original/Tributos Arrecadados 01 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19005/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19006/images/original/Execu&#231;&#227;o dos Or&#231;amentos 01 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19007/images/original/Balan&#231;o Or&#231;ament&#225;rio 01 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19008/images/original/Demon Rec Desp 01 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19009/images/original/Recursos Repassados Transf. Uni&#227;o Coeficientes de rateio 01 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19010/images/original/Compras 01 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19044/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19047/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C730"/>
+  <dimension ref="A1:C748"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C730" sqref="C730"/>
+      <selection activeCell="C748" sqref="C748"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
@@ -2479,62 +2524,62 @@
         <v>4</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
         <v>3</v>
       </c>
       <c r="B10" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
         <v>14</v>
       </c>
       <c r="B11" t="s">
         <v>15</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
         <v>14</v>
       </c>
       <c r="B12" t="s">
         <v>15</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
         <v>14</v>
       </c>
       <c r="B13" t="s">
         <v>15</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
         <v>14</v>
       </c>
       <c r="B14" t="s">
         <v>15</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:3">
@@ -2611,2581 +2656,2581 @@
         <v>23</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
         <v>22</v>
       </c>
       <c r="B22" t="s">
         <v>23</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>23</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
         <v>22</v>
       </c>
       <c r="B24" t="s">
         <v>23</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
         <v>22</v>
       </c>
       <c r="B25" t="s">
         <v>23</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
         <v>22</v>
       </c>
       <c r="B26" t="s">
         <v>23</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
         <v>22</v>
       </c>
       <c r="B27" t="s">
         <v>23</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
         <v>22</v>
       </c>
       <c r="B28" t="s">
         <v>23</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
+        <v>29</v>
+      </c>
+      <c r="B29" t="s">
         <v>30</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" s="1" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
+        <v>29</v>
+      </c>
+      <c r="B30" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
+        <v>29</v>
+      </c>
+      <c r="B31" t="s">
         <v>30</v>
       </c>
-      <c r="B31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="1" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
+        <v>29</v>
+      </c>
+      <c r="B32" t="s">
         <v>30</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
+        <v>29</v>
+      </c>
+      <c r="B33" t="s">
         <v>30</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="1" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
+        <v>29</v>
+      </c>
+      <c r="B34" t="s">
         <v>30</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" s="1" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
+        <v>29</v>
+      </c>
+      <c r="B35" t="s">
         <v>30</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="1" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
+        <v>29</v>
+      </c>
+      <c r="B36" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
+        <v>29</v>
+      </c>
+      <c r="B37" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
+        <v>37</v>
+      </c>
+      <c r="B38" t="s">
         <v>38</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38" s="1" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
+        <v>37</v>
+      </c>
+      <c r="B39" t="s">
         <v>38</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39" s="1" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
+        <v>37</v>
+      </c>
+      <c r="B40" t="s">
         <v>38</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" s="1" t="s">
-        <v>6</v>
+        <v>41</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
+        <v>37</v>
+      </c>
+      <c r="B41" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
+        <v>37</v>
+      </c>
+      <c r="B42" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
+        <v>37</v>
+      </c>
+      <c r="B43" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
+        <v>37</v>
+      </c>
+      <c r="B44" t="s">
         <v>38</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" s="1" t="s">
-        <v>45</v>
+        <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
+        <v>37</v>
+      </c>
+      <c r="B45" t="s">
         <v>38</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
+        <v>37</v>
+      </c>
+      <c r="B46" t="s">
         <v>38</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46" s="1" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
+        <v>45</v>
+      </c>
+      <c r="B47" t="s">
         <v>46</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" s="1" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
+        <v>45</v>
+      </c>
+      <c r="B48" t="s">
         <v>46</v>
       </c>
-      <c r="B48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" s="1" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
+        <v>45</v>
+      </c>
+      <c r="B49" t="s">
         <v>46</v>
       </c>
-      <c r="B49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="1" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
+        <v>45</v>
+      </c>
+      <c r="B50" t="s">
         <v>46</v>
       </c>
-      <c r="B50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" s="1" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
+        <v>45</v>
+      </c>
+      <c r="B51" t="s">
         <v>46</v>
       </c>
-      <c r="B51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" s="1" t="s">
-        <v>6</v>
+        <v>50</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
+        <v>45</v>
+      </c>
+      <c r="B52" t="s">
         <v>46</v>
       </c>
-      <c r="B52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52" s="1" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
+        <v>45</v>
+      </c>
+      <c r="B53" t="s">
         <v>46</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" s="1" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
+        <v>45</v>
+      </c>
+      <c r="B54" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
+        <v>45</v>
+      </c>
+      <c r="B55" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
+        <v>53</v>
+      </c>
+      <c r="B56" t="s">
         <v>54</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" s="1" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
+        <v>53</v>
+      </c>
+      <c r="B57" t="s">
         <v>54</v>
       </c>
-      <c r="B57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57" s="1" t="s">
-        <v>6</v>
+        <v>56</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
+        <v>53</v>
+      </c>
+      <c r="B58" t="s">
         <v>54</v>
       </c>
-      <c r="B58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58" s="1" t="s">
-        <v>57</v>
+        <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
+        <v>53</v>
+      </c>
+      <c r="B59" t="s">
         <v>54</v>
       </c>
-      <c r="B59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59" s="1" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
+        <v>53</v>
+      </c>
+      <c r="B60" t="s">
         <v>54</v>
       </c>
-      <c r="B60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60" s="1" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
+        <v>53</v>
+      </c>
+      <c r="B61" t="s">
         <v>54</v>
       </c>
-      <c r="B61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61" s="1" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
+        <v>53</v>
+      </c>
+      <c r="B62" t="s">
         <v>54</v>
       </c>
-      <c r="B62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62" s="1" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
+        <v>53</v>
+      </c>
+      <c r="B63" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
+        <v>53</v>
+      </c>
+      <c r="B64" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
+        <v>61</v>
+      </c>
+      <c r="B65" t="s">
         <v>62</v>
       </c>
-      <c r="B65" t="s">
+      <c r="C65" s="1" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
+        <v>61</v>
+      </c>
+      <c r="B66" t="s">
         <v>62</v>
       </c>
-      <c r="B66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66" s="1" t="s">
-        <v>6</v>
+        <v>64</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
+        <v>61</v>
+      </c>
+      <c r="B67" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
+        <v>61</v>
+      </c>
+      <c r="B68" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
+        <v>61</v>
+      </c>
+      <c r="B69" t="s">
         <v>62</v>
       </c>
-      <c r="B69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69" s="1" t="s">
-        <v>67</v>
+        <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
+        <v>61</v>
+      </c>
+      <c r="B70" t="s">
         <v>62</v>
       </c>
-      <c r="B70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70" s="1" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
+        <v>61</v>
+      </c>
+      <c r="B71" t="s">
         <v>62</v>
       </c>
-      <c r="B71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71" s="1" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
+        <v>61</v>
+      </c>
+      <c r="B72" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
+        <v>61</v>
+      </c>
+      <c r="B73" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
+        <v>69</v>
+      </c>
+      <c r="B74" t="s">
         <v>70</v>
       </c>
-      <c r="B74" t="s">
+      <c r="C74" s="1" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
+        <v>69</v>
+      </c>
+      <c r="B75" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
+        <v>69</v>
+      </c>
+      <c r="B76" t="s">
         <v>70</v>
       </c>
-      <c r="B76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76" s="1" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
+        <v>69</v>
+      </c>
+      <c r="B77" t="s">
         <v>70</v>
       </c>
-      <c r="B77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77" s="1" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
+        <v>69</v>
+      </c>
+      <c r="B78" t="s">
         <v>70</v>
       </c>
-      <c r="B78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78" s="1" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
+        <v>69</v>
+      </c>
+      <c r="B79" t="s">
         <v>70</v>
       </c>
-      <c r="B79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79" s="1" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
+        <v>69</v>
+      </c>
+      <c r="B80" t="s">
         <v>70</v>
       </c>
-      <c r="B80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80" s="1" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
+        <v>69</v>
+      </c>
+      <c r="B81" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
+        <v>69</v>
+      </c>
+      <c r="B82" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
+        <v>77</v>
+      </c>
+      <c r="B83" t="s">
         <v>78</v>
       </c>
-      <c r="B83" t="s">
+      <c r="C83" s="1" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
+        <v>77</v>
+      </c>
+      <c r="B84" t="s">
         <v>78</v>
       </c>
-      <c r="B84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84" s="1" t="s">
-        <v>81</v>
+        <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
+        <v>77</v>
+      </c>
+      <c r="B85" t="s">
         <v>78</v>
       </c>
-      <c r="B85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C85" s="1" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
+        <v>77</v>
+      </c>
+      <c r="B86" t="s">
         <v>78</v>
       </c>
-      <c r="B86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86" s="1" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
+        <v>77</v>
+      </c>
+      <c r="B87" t="s">
         <v>78</v>
       </c>
-      <c r="B87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87" s="1" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
+        <v>77</v>
+      </c>
+      <c r="B88" t="s">
         <v>78</v>
       </c>
-      <c r="B88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88" s="1" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
+        <v>77</v>
+      </c>
+      <c r="B89" t="s">
         <v>78</v>
       </c>
-      <c r="B89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89" s="1" t="s">
-        <v>12</v>
+        <v>84</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
+        <v>77</v>
+      </c>
+      <c r="B90" t="s">
         <v>78</v>
       </c>
-      <c r="B90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
+        <v>77</v>
+      </c>
+      <c r="B91" t="s">
         <v>78</v>
       </c>
-      <c r="B91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91" s="1" t="s">
-        <v>86</v>
+        <v>13</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
+        <v>85</v>
+      </c>
+      <c r="B92" t="s">
+        <v>86</v>
+      </c>
+      <c r="C92" s="1" t="s">
         <v>87</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B93" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B94" t="s">
+        <v>86</v>
+      </c>
+      <c r="C94" s="1" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B95" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B96" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B97" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B98" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B99" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>93</v>
+        <v>12</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B100" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>94</v>
+        <v>13</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
+        <v>93</v>
+      </c>
+      <c r="B101" t="s">
+        <v>94</v>
+      </c>
+      <c r="C101" s="1" t="s">
         <v>95</v>
-      </c>
-[...4 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B102" t="s">
+        <v>94</v>
+      </c>
+      <c r="C102" s="1" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B103" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B104" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B105" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B106" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B107" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>102</v>
+        <v>12</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B108" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B109" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>13</v>
+        <v>101</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
+        <v>102</v>
+      </c>
+      <c r="B110" t="s">
         <v>103</v>
       </c>
-      <c r="B110" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C110" s="1" t="s">
-        <v>105</v>
+        <v>12</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" t="s">
+        <v>102</v>
+      </c>
+      <c r="B111" t="s">
         <v>103</v>
       </c>
-      <c r="B111" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C111" s="1" t="s">
-        <v>86</v>
+        <v>13</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="s">
+        <v>102</v>
+      </c>
+      <c r="B112" t="s">
         <v>103</v>
       </c>
-      <c r="B112" t="s">
+      <c r="C112" s="1" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="s">
+        <v>102</v>
+      </c>
+      <c r="B113" t="s">
         <v>103</v>
       </c>
-      <c r="B113" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C113" s="1" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="s">
+        <v>102</v>
+      </c>
+      <c r="B114" t="s">
         <v>103</v>
       </c>
-      <c r="B114" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C114" s="1" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" t="s">
+        <v>102</v>
+      </c>
+      <c r="B115" t="s">
         <v>103</v>
       </c>
-      <c r="B115" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C115" s="1" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" t="s">
+        <v>102</v>
+      </c>
+      <c r="B116" t="s">
         <v>103</v>
       </c>
-      <c r="B116" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C116" s="1" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
+        <v>102</v>
+      </c>
+      <c r="B117" t="s">
         <v>103</v>
       </c>
-      <c r="B117" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C117" s="1" t="s">
-        <v>12</v>
+        <v>108</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
+        <v>102</v>
+      </c>
+      <c r="B118" t="s">
         <v>103</v>
       </c>
-      <c r="B118" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C118" s="1" t="s">
-        <v>13</v>
+        <v>109</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
+        <v>110</v>
+      </c>
+      <c r="B119" t="s">
         <v>111</v>
       </c>
-      <c r="B119" t="s">
+      <c r="C119" s="1" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" t="s">
+        <v>110</v>
+      </c>
+      <c r="B120" t="s">
         <v>111</v>
       </c>
-      <c r="B120" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C120" s="1" t="s">
-        <v>86</v>
+        <v>101</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
+        <v>110</v>
+      </c>
+      <c r="B121" t="s">
         <v>111</v>
       </c>
-      <c r="B121" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C121" s="1" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
+        <v>110</v>
+      </c>
+      <c r="B122" t="s">
         <v>111</v>
       </c>
-      <c r="B122" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C122" s="1" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
+        <v>110</v>
+      </c>
+      <c r="B123" t="s">
         <v>111</v>
       </c>
-      <c r="B123" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C123" s="1" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="s">
+        <v>110</v>
+      </c>
+      <c r="B124" t="s">
         <v>111</v>
       </c>
-      <c r="B124" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C124" s="1" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" t="s">
+        <v>110</v>
+      </c>
+      <c r="B125" t="s">
         <v>111</v>
       </c>
-      <c r="B125" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C125" s="1" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" t="s">
+        <v>110</v>
+      </c>
+      <c r="B126" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" t="s">
+        <v>110</v>
+      </c>
+      <c r="B127" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" t="s">
+        <v>118</v>
+      </c>
+      <c r="B128" t="s">
         <v>119</v>
       </c>
-      <c r="B128" t="s">
+      <c r="C128" s="1" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" t="s">
+        <v>118</v>
+      </c>
+      <c r="B129" t="s">
         <v>119</v>
       </c>
-      <c r="B129" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C129" s="1" t="s">
-        <v>86</v>
+        <v>101</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" t="s">
+        <v>118</v>
+      </c>
+      <c r="B130" t="s">
         <v>119</v>
       </c>
-      <c r="B130" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C130" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" t="s">
+        <v>118</v>
+      </c>
+      <c r="B131" t="s">
         <v>119</v>
       </c>
-      <c r="B131" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C131" s="1" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" t="s">
+        <v>118</v>
+      </c>
+      <c r="B132" t="s">
         <v>119</v>
       </c>
-      <c r="B132" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C132" s="1" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" t="s">
+        <v>118</v>
+      </c>
+      <c r="B133" t="s">
         <v>119</v>
       </c>
-      <c r="B133" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C133" s="1" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" t="s">
+        <v>118</v>
+      </c>
+      <c r="B134" t="s">
         <v>119</v>
       </c>
-      <c r="B134" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C134" s="1" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" t="s">
+        <v>118</v>
+      </c>
+      <c r="B135" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" t="s">
+        <v>118</v>
+      </c>
+      <c r="B136" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="C136" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" t="s">
+        <v>126</v>
+      </c>
+      <c r="B137" t="s">
         <v>127</v>
       </c>
-      <c r="B137" t="s">
+      <c r="C137" s="1" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" t="s">
+        <v>126</v>
+      </c>
+      <c r="B138" t="s">
         <v>127</v>
       </c>
-      <c r="B138" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C138" s="1" t="s">
-        <v>130</v>
+        <v>101</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" t="s">
+        <v>126</v>
+      </c>
+      <c r="B139" t="s">
         <v>127</v>
       </c>
-      <c r="B139" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C139" s="1" t="s">
-        <v>86</v>
+        <v>129</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" t="s">
+        <v>126</v>
+      </c>
+      <c r="B140" t="s">
         <v>127</v>
       </c>
-      <c r="B140" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C140" s="1" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" t="s">
+        <v>126</v>
+      </c>
+      <c r="B141" t="s">
         <v>127</v>
       </c>
-      <c r="B141" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C141" s="1" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" t="s">
+        <v>126</v>
+      </c>
+      <c r="B142" t="s">
         <v>127</v>
       </c>
-      <c r="B142" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C142" s="1" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" t="s">
+        <v>126</v>
+      </c>
+      <c r="B143" t="s">
         <v>127</v>
       </c>
-      <c r="B143" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C143" s="1" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" t="s">
+        <v>126</v>
+      </c>
+      <c r="B144" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" t="s">
+        <v>126</v>
+      </c>
+      <c r="B145" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" t="s">
+        <v>134</v>
+      </c>
+      <c r="B146" t="s">
         <v>135</v>
       </c>
-      <c r="B146" t="s">
+      <c r="C146" s="1" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" t="s">
+        <v>134</v>
+      </c>
+      <c r="B147" t="s">
         <v>135</v>
       </c>
-      <c r="B147" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C147" s="1" t="s">
-        <v>86</v>
+        <v>101</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" t="s">
+        <v>134</v>
+      </c>
+      <c r="B148" t="s">
         <v>135</v>
       </c>
-      <c r="B148" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C148" s="1" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" t="s">
+        <v>134</v>
+      </c>
+      <c r="B149" t="s">
         <v>135</v>
       </c>
-      <c r="B149" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C149" s="1" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" t="s">
+        <v>134</v>
+      </c>
+      <c r="B150" t="s">
         <v>135</v>
       </c>
-      <c r="B150" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C150" s="1" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" t="s">
+        <v>134</v>
+      </c>
+      <c r="B151" t="s">
         <v>135</v>
       </c>
-      <c r="B151" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C151" s="1" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" t="s">
+        <v>134</v>
+      </c>
+      <c r="B152" t="s">
         <v>135</v>
       </c>
-      <c r="B152" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C152" s="1" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" t="s">
+        <v>134</v>
+      </c>
+      <c r="B153" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="C153" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" t="s">
+        <v>134</v>
+      </c>
+      <c r="B154" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="C154" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" t="s">
+        <v>142</v>
+      </c>
+      <c r="B155" t="s">
         <v>143</v>
       </c>
-      <c r="B155" t="s">
+      <c r="C155" s="1" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" t="s">
+        <v>142</v>
+      </c>
+      <c r="B156" t="s">
         <v>143</v>
       </c>
-      <c r="B156" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C156" s="1" t="s">
-        <v>86</v>
+        <v>145</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" t="s">
+        <v>142</v>
+      </c>
+      <c r="B157" t="s">
         <v>143</v>
       </c>
-      <c r="B157" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C157" s="1" t="s">
-        <v>146</v>
+        <v>101</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" t="s">
+        <v>142</v>
+      </c>
+      <c r="B158" t="s">
         <v>143</v>
       </c>
-      <c r="B158" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C158" s="1" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" t="s">
+        <v>142</v>
+      </c>
+      <c r="B159" t="s">
         <v>143</v>
       </c>
-      <c r="B159" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C159" s="1" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" t="s">
+        <v>142</v>
+      </c>
+      <c r="B160" t="s">
         <v>143</v>
       </c>
-      <c r="B160" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C160" s="1" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" t="s">
+        <v>142</v>
+      </c>
+      <c r="B161" t="s">
         <v>143</v>
       </c>
-      <c r="B161" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C161" s="1" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" t="s">
+        <v>142</v>
+      </c>
+      <c r="B162" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="C162" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" t="s">
+        <v>142</v>
+      </c>
+      <c r="B163" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" t="s">
+        <v>150</v>
+      </c>
+      <c r="B164" t="s">
         <v>151</v>
       </c>
-      <c r="B164" t="s">
+      <c r="C164" s="1" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" t="s">
+        <v>150</v>
+      </c>
+      <c r="B165" t="s">
         <v>151</v>
       </c>
-      <c r="B165" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C165" s="1" t="s">
-        <v>86</v>
+        <v>101</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" t="s">
+        <v>150</v>
+      </c>
+      <c r="B166" t="s">
         <v>151</v>
       </c>
-      <c r="B166" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C166" s="1" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" t="s">
+        <v>150</v>
+      </c>
+      <c r="B167" t="s">
         <v>151</v>
       </c>
-      <c r="B167" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C167" s="1" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" t="s">
+        <v>150</v>
+      </c>
+      <c r="B168" t="s">
         <v>151</v>
       </c>
-      <c r="B168" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C168" s="1" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" t="s">
+        <v>150</v>
+      </c>
+      <c r="B169" t="s">
         <v>151</v>
       </c>
-      <c r="B169" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C169" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" t="s">
+        <v>150</v>
+      </c>
+      <c r="B170" t="s">
         <v>151</v>
       </c>
-      <c r="B170" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C170" s="1" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" t="s">
+        <v>150</v>
+      </c>
+      <c r="B171" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" t="s">
+        <v>150</v>
+      </c>
+      <c r="B172" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="C172" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" t="s">
+        <v>158</v>
+      </c>
+      <c r="B173" t="s">
         <v>159</v>
       </c>
-      <c r="B173" t="s">
+      <c r="C173" s="1" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" t="s">
+        <v>158</v>
+      </c>
+      <c r="B174" t="s">
         <v>159</v>
       </c>
-      <c r="B174" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C174" s="1" t="s">
-        <v>162</v>
+        <v>101</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" t="s">
+        <v>158</v>
+      </c>
+      <c r="B175" t="s">
         <v>159</v>
       </c>
-      <c r="B175" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C175" s="1" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" t="s">
+        <v>158</v>
+      </c>
+      <c r="B176" t="s">
         <v>159</v>
       </c>
-      <c r="B176" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C176" s="1" t="s">
-        <v>86</v>
+        <v>162</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" t="s">
+        <v>158</v>
+      </c>
+      <c r="B177" t="s">
         <v>159</v>
       </c>
-      <c r="B177" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C177" s="1" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" t="s">
+        <v>158</v>
+      </c>
+      <c r="B178" t="s">
         <v>159</v>
       </c>
-      <c r="B178" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C178" s="1" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" t="s">
+        <v>158</v>
+      </c>
+      <c r="B179" t="s">
         <v>159</v>
       </c>
-      <c r="B179" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C179" s="1" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" t="s">
+        <v>158</v>
+      </c>
+      <c r="B180" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="C180" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" t="s">
+        <v>158</v>
+      </c>
+      <c r="B181" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="C181" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" t="s">
+        <v>166</v>
+      </c>
+      <c r="B182" t="s">
         <v>167</v>
       </c>
-      <c r="B182" t="s">
+      <c r="C182" s="1" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" t="s">
+        <v>166</v>
+      </c>
+      <c r="B183" t="s">
         <v>167</v>
       </c>
-      <c r="B183" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C183" s="1" t="s">
-        <v>170</v>
+        <v>101</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" t="s">
+        <v>166</v>
+      </c>
+      <c r="B184" t="s">
         <v>167</v>
       </c>
-      <c r="B184" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C184" s="1" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" t="s">
+        <v>166</v>
+      </c>
+      <c r="B185" t="s">
         <v>167</v>
       </c>
-      <c r="B185" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C185" s="1" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" t="s">
+        <v>166</v>
+      </c>
+      <c r="B186" t="s">
         <v>167</v>
       </c>
-      <c r="B186" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C186" s="1" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" t="s">
+        <v>166</v>
+      </c>
+      <c r="B187" t="s">
         <v>167</v>
       </c>
-      <c r="B187" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C187" s="1" t="s">
-        <v>86</v>
+        <v>172</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" t="s">
+        <v>166</v>
+      </c>
+      <c r="B188" t="s">
         <v>167</v>
       </c>
-      <c r="B188" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C188" s="1" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" t="s">
+        <v>166</v>
+      </c>
+      <c r="B189" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="C189" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" t="s">
+        <v>166</v>
+      </c>
+      <c r="B190" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="C190" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" t="s">
+        <v>174</v>
+      </c>
+      <c r="B191" t="s">
         <v>175</v>
       </c>
-      <c r="B191" t="s">
+      <c r="C191" s="1" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" t="s">
+        <v>174</v>
+      </c>
+      <c r="B192" t="s">
         <v>175</v>
       </c>
-      <c r="B192" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C192" s="1" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" t="s">
+        <v>174</v>
+      </c>
+      <c r="B193" t="s">
         <v>175</v>
       </c>
-      <c r="B193" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C193" s="1" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" t="s">
+        <v>174</v>
+      </c>
+      <c r="B194" t="s">
         <v>175</v>
       </c>
-      <c r="B194" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C194" s="1" t="s">
-        <v>180</v>
+        <v>101</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" t="s">
+        <v>174</v>
+      </c>
+      <c r="B195" t="s">
         <v>175</v>
       </c>
-      <c r="B195" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C195" s="1" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" t="s">
+        <v>174</v>
+      </c>
+      <c r="B196" t="s">
         <v>175</v>
       </c>
-      <c r="B196" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C196" s="1" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" t="s">
+        <v>174</v>
+      </c>
+      <c r="B197" t="s">
         <v>175</v>
       </c>
-      <c r="B197" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C197" s="1" t="s">
-        <v>12</v>
+        <v>181</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" t="s">
+        <v>174</v>
+      </c>
+      <c r="B198" t="s">
         <v>175</v>
       </c>
-      <c r="B198" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C198" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" t="s">
+        <v>174</v>
+      </c>
+      <c r="B199" t="s">
         <v>175</v>
       </c>
-      <c r="B199" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C199" s="1" t="s">
-        <v>182</v>
+        <v>13</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" t="s">
+        <v>182</v>
+      </c>
+      <c r="B200" t="s">
         <v>183</v>
       </c>
-      <c r="B200" t="s">
+      <c r="C200" s="1" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" t="s">
+        <v>182</v>
+      </c>
+      <c r="B201" t="s">
         <v>183</v>
       </c>
-      <c r="B201" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C201" s="1" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" t="s">
+        <v>182</v>
+      </c>
+      <c r="B202" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="C202" s="1" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" t="s">
+        <v>182</v>
+      </c>
+      <c r="B203" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="C203" s="1" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" t="s">
+        <v>182</v>
+      </c>
+      <c r="B204" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="C204" s="1" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" t="s">
+        <v>182</v>
+      </c>
+      <c r="B205" t="s">
         <v>183</v>
       </c>
-      <c r="B205" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C205" s="1" t="s">
-        <v>189</v>
+        <v>101</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" t="s">
+        <v>182</v>
+      </c>
+      <c r="B206" t="s">
         <v>183</v>
       </c>
-      <c r="B206" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C206" s="1" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" t="s">
+        <v>182</v>
+      </c>
+      <c r="B207" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="C207" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" t="s">
+        <v>182</v>
+      </c>
+      <c r="B208" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="C208" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" t="s">
+        <v>190</v>
+      </c>
+      <c r="B209" t="s">
         <v>191</v>
       </c>
-      <c r="B209" t="s">
+      <c r="C209" s="1" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" t="s">
+        <v>190</v>
+      </c>
+      <c r="B210" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
       <c r="C210" s="1" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" t="s">
+        <v>190</v>
+      </c>
+      <c r="B211" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
       <c r="C211" s="1" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" t="s">
+        <v>190</v>
+      </c>
+      <c r="B212" t="s">
         <v>191</v>
       </c>
-      <c r="B212" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C212" s="1" t="s">
-        <v>182</v>
+        <v>195</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" t="s">
+        <v>190</v>
+      </c>
+      <c r="B213" t="s">
         <v>191</v>
       </c>
-      <c r="B213" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C213" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" t="s">
+        <v>190</v>
+      </c>
+      <c r="B214" t="s">
         <v>191</v>
       </c>
-      <c r="B214" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C214" s="1" t="s">
-        <v>196</v>
+        <v>189</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" t="s">
+        <v>190</v>
+      </c>
+      <c r="B215" t="s">
         <v>191</v>
       </c>
-      <c r="B215" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C215" s="1" t="s">
-        <v>197</v>
+        <v>12</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" t="s">
+        <v>190</v>
+      </c>
+      <c r="B216" t="s">
         <v>191</v>
       </c>
-      <c r="B216" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C216" s="1" t="s">
-        <v>198</v>
+        <v>13</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" t="s">
+        <v>190</v>
+      </c>
+      <c r="B217" t="s">
         <v>191</v>
       </c>
-      <c r="B217" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C217" s="1" t="s">
-        <v>13</v>
+        <v>197</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" t="s">
+        <v>198</v>
+      </c>
+      <c r="B218" t="s">
         <v>199</v>
       </c>
-      <c r="B218" t="s">
+      <c r="C218" s="1" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" t="s">
+        <v>198</v>
+      </c>
+      <c r="B219" t="s">
         <v>199</v>
       </c>
-      <c r="B219" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C219" s="1" t="s">
-        <v>182</v>
+        <v>197</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" t="s">
+        <v>198</v>
+      </c>
+      <c r="B220" t="s">
         <v>199</v>
       </c>
-      <c r="B220" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C220" s="1" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" t="s">
+        <v>198</v>
+      </c>
+      <c r="B221" t="s">
         <v>199</v>
       </c>
-      <c r="B221" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C221" s="1" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" t="s">
+        <v>198</v>
+      </c>
+      <c r="B222" t="s">
         <v>199</v>
       </c>
-      <c r="B222" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C222" s="1" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" t="s">
+        <v>198</v>
+      </c>
+      <c r="B223" t="s">
         <v>199</v>
       </c>
-      <c r="B223" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C223" s="1" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" t="s">
+        <v>198</v>
+      </c>
+      <c r="B224" t="s">
         <v>199</v>
       </c>
-      <c r="B224" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C224" s="1" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" t="s">
+        <v>198</v>
+      </c>
+      <c r="B225" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="C225" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" t="s">
+        <v>198</v>
+      </c>
+      <c r="B226" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="C226" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" t="s">
+        <v>206</v>
+      </c>
+      <c r="B227" t="s">
         <v>207</v>
       </c>
-      <c r="B227" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C227" s="1" t="s">
-        <v>182</v>
+        <v>12</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" t="s">
+        <v>206</v>
+      </c>
+      <c r="B228" t="s">
         <v>207</v>
       </c>
-      <c r="B228" t="s">
+      <c r="C228" s="1" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" t="s">
+        <v>206</v>
+      </c>
+      <c r="B229" t="s">
         <v>207</v>
       </c>
-      <c r="B229" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C229" s="1" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" t="s">
+        <v>206</v>
+      </c>
+      <c r="B230" t="s">
         <v>207</v>
       </c>
-      <c r="B230" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C230" s="1" t="s">
-        <v>211</v>
+        <v>197</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" t="s">
+        <v>206</v>
+      </c>
+      <c r="B231" t="s">
         <v>207</v>
       </c>
-      <c r="B231" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C231" s="1" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" t="s">
+        <v>206</v>
+      </c>
+      <c r="B232" t="s">
         <v>207</v>
       </c>
-      <c r="B232" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C232" s="1" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" t="s">
+        <v>206</v>
+      </c>
+      <c r="B233" t="s">
         <v>207</v>
       </c>
-      <c r="B233" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C233" s="1" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" t="s">
+        <v>206</v>
+      </c>
+      <c r="B234" t="s">
         <v>207</v>
       </c>
-      <c r="B234" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C234" s="1" t="s">
-        <v>12</v>
+        <v>213</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" t="s">
+        <v>206</v>
+      </c>
+      <c r="B235" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
       <c r="C235" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" t="s">
+        <v>214</v>
+      </c>
+      <c r="B236" t="s">
         <v>215</v>
       </c>
-      <c r="B236" t="s">
+      <c r="C236" s="1" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" t="s">
+        <v>214</v>
+      </c>
+      <c r="B237" t="s">
         <v>215</v>
       </c>
-      <c r="B237" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C237" s="1" t="s">
-        <v>218</v>
+        <v>197</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" t="s">
+        <v>214</v>
+      </c>
+      <c r="B238" t="s">
         <v>215</v>
       </c>
-      <c r="B238" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C238" s="1" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" t="s">
+        <v>214</v>
+      </c>
+      <c r="B239" t="s">
         <v>215</v>
       </c>
-      <c r="B239" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C239" s="1" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" t="s">
+        <v>214</v>
+      </c>
+      <c r="B240" t="s">
         <v>215</v>
       </c>
-      <c r="B240" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C240" s="1" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" t="s">
+        <v>214</v>
+      </c>
+      <c r="B241" t="s">
         <v>215</v>
       </c>
-      <c r="B241" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C241" s="1" t="s">
-        <v>182</v>
+        <v>220</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" t="s">
+        <v>214</v>
+      </c>
+      <c r="B242" t="s">
         <v>215</v>
       </c>
-      <c r="B242" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C242" s="1" t="s">
-        <v>214</v>
+        <v>221</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" t="s">
+        <v>214</v>
+      </c>
+      <c r="B243" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
       <c r="C243" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" t="s">
+        <v>214</v>
+      </c>
+      <c r="B244" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
       <c r="C244" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" t="s">
         <v>222</v>
       </c>
       <c r="B245" t="s">
         <v>223</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>224</v>
+        <v>197</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" t="s">
         <v>222</v>
       </c>
       <c r="B246" t="s">
         <v>223</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" t="s">
         <v>222</v>
       </c>
       <c r="B247" t="s">
         <v>223</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>182</v>
+        <v>225</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" t="s">
         <v>222</v>
       </c>
       <c r="B248" t="s">
         <v>223</v>
       </c>
       <c r="C248" s="1" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" t="s">
         <v>222</v>
       </c>
       <c r="B249" t="s">
         <v>223</v>
       </c>
       <c r="C249" s="1" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" t="s">
         <v>222</v>
       </c>
       <c r="B250" t="s">
         <v>223</v>
       </c>
       <c r="C250" s="1" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" t="s">
         <v>222</v>
       </c>
       <c r="B251" t="s">
         <v>223</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>214</v>
+        <v>229</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" t="s">
         <v>222</v>
       </c>
       <c r="B252" t="s">
         <v>223</v>
       </c>
       <c r="C252" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" t="s">
         <v>222</v>
       </c>
       <c r="B253" t="s">
         <v>223</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>229</v>
+        <v>13</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" t="s">
         <v>230</v>
       </c>
       <c r="B254" t="s">
         <v>231</v>
       </c>
       <c r="C254" s="1" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" t="s">
         <v>230</v>
       </c>
       <c r="B255" t="s">
         <v>231</v>
       </c>
       <c r="C255" s="1" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="256" spans="1:3">
@@ -5207,5231 +5252,5429 @@
         <v>231</v>
       </c>
       <c r="C257" s="1" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" t="s">
         <v>230</v>
       </c>
       <c r="B258" t="s">
         <v>231</v>
       </c>
       <c r="C258" s="1" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" t="s">
         <v>230</v>
       </c>
       <c r="B259" t="s">
         <v>231</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>237</v>
+        <v>197</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" t="s">
         <v>230</v>
       </c>
       <c r="B260" t="s">
         <v>231</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>238</v>
+        <v>229</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" t="s">
         <v>230</v>
       </c>
       <c r="B261" t="s">
         <v>231</v>
       </c>
       <c r="C261" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" t="s">
         <v>230</v>
       </c>
       <c r="B262" t="s">
         <v>231</v>
       </c>
       <c r="C262" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" t="s">
+        <v>237</v>
+      </c>
+      <c r="B263" t="s">
+        <v>238</v>
+      </c>
+      <c r="C263" s="1" t="s">
         <v>239</v>
-      </c>
-[...4 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="B264" t="s">
+        <v>238</v>
+      </c>
+      <c r="C264" s="1" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="B265" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>242</v>
+        <v>197</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="B266" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="B267" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="B268" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="B269" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>246</v>
+        <v>229</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="B270" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="C270" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="B271" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>13</v>
+        <v>244</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" t="s">
+        <v>245</v>
+      </c>
+      <c r="B272" t="s">
+        <v>246</v>
+      </c>
+      <c r="C272" s="1" t="s">
         <v>247</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="B273" t="s">
+        <v>246</v>
+      </c>
+      <c r="C273" s="1" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="B274" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>182</v>
+        <v>249</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="B275" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="C275" s="1" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="B276" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="C276" s="1" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="B277" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="C277" s="1" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="B278" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="C278" s="1" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="B279" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>254</v>
+        <v>12</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="B280" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" t="s">
+        <v>254</v>
+      </c>
+      <c r="B281" t="s">
         <v>255</v>
       </c>
-      <c r="B281" t="s">
+      <c r="C281" s="1" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" t="s">
+        <v>254</v>
+      </c>
+      <c r="B282" t="s">
         <v>255</v>
       </c>
-      <c r="B282" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C282" s="1" t="s">
-        <v>258</v>
+        <v>197</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" t="s">
+        <v>254</v>
+      </c>
+      <c r="B283" t="s">
         <v>255</v>
       </c>
-      <c r="B283" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C283" s="1" t="s">
-        <v>182</v>
+        <v>257</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" t="s">
+        <v>254</v>
+      </c>
+      <c r="B284" t="s">
         <v>255</v>
       </c>
-      <c r="B284" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C284" s="1" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" t="s">
+        <v>254</v>
+      </c>
+      <c r="B285" t="s">
         <v>255</v>
       </c>
-      <c r="B285" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C285" s="1" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" t="s">
+        <v>254</v>
+      </c>
+      <c r="B286" t="s">
         <v>255</v>
       </c>
-      <c r="B286" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C286" s="1" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" t="s">
+        <v>254</v>
+      </c>
+      <c r="B287" t="s">
         <v>255</v>
       </c>
-      <c r="B287" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C287" s="1" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" t="s">
+        <v>254</v>
+      </c>
+      <c r="B288" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
       <c r="C288" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" t="s">
+        <v>254</v>
+      </c>
+      <c r="B289" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
       <c r="C289" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" t="s">
+        <v>262</v>
+      </c>
+      <c r="B290" t="s">
         <v>263</v>
       </c>
-      <c r="B290" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C290" s="1" t="s">
-        <v>265</v>
+        <v>13</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" t="s">
+        <v>262</v>
+      </c>
+      <c r="B291" t="s">
         <v>263</v>
       </c>
-      <c r="B291" t="s">
+      <c r="C291" s="1" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" t="s">
+        <v>262</v>
+      </c>
+      <c r="B292" t="s">
         <v>263</v>
       </c>
-      <c r="B292" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C292" s="1" t="s">
-        <v>266</v>
+        <v>197</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" t="s">
+        <v>262</v>
+      </c>
+      <c r="B293" t="s">
         <v>263</v>
       </c>
-      <c r="B293" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C293" s="1" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" t="s">
+        <v>262</v>
+      </c>
+      <c r="B294" t="s">
         <v>263</v>
       </c>
-      <c r="B294" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C294" s="1" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" t="s">
+        <v>262</v>
+      </c>
+      <c r="B295" t="s">
         <v>263</v>
       </c>
-      <c r="B295" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C295" s="1" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" t="s">
+        <v>262</v>
+      </c>
+      <c r="B296" t="s">
         <v>263</v>
       </c>
-      <c r="B296" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C296" s="1" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" t="s">
+        <v>262</v>
+      </c>
+      <c r="B297" t="s">
         <v>263</v>
       </c>
-      <c r="B297" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C297" s="1" t="s">
-        <v>12</v>
+        <v>269</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" t="s">
+        <v>262</v>
+      </c>
+      <c r="B298" t="s">
         <v>263</v>
       </c>
-      <c r="B298" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C298" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" t="s">
+        <v>270</v>
+      </c>
+      <c r="B299" t="s">
         <v>271</v>
       </c>
-      <c r="B299" t="s">
+      <c r="C299" s="1" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" t="s">
+        <v>270</v>
+      </c>
+      <c r="B300" t="s">
         <v>271</v>
       </c>
-      <c r="B300" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C300" s="1" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" t="s">
+        <v>270</v>
+      </c>
+      <c r="B301" t="s">
         <v>271</v>
       </c>
-      <c r="B301" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C301" s="1" t="s">
-        <v>275</v>
+        <v>197</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" t="s">
+        <v>270</v>
+      </c>
+      <c r="B302" t="s">
         <v>271</v>
       </c>
-      <c r="B302" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C302" s="1" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" t="s">
+        <v>270</v>
+      </c>
+      <c r="B303" t="s">
         <v>271</v>
       </c>
-      <c r="B303" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C303" s="1" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" t="s">
+        <v>270</v>
+      </c>
+      <c r="B304" t="s">
         <v>271</v>
       </c>
-      <c r="B304" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C304" s="1" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" t="s">
+        <v>270</v>
+      </c>
+      <c r="B305" t="s">
         <v>271</v>
       </c>
-      <c r="B305" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C305" s="1" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" t="s">
+        <v>270</v>
+      </c>
+      <c r="B306" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="C306" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" t="s">
+        <v>270</v>
+      </c>
+      <c r="B307" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="C307" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" t="s">
+        <v>278</v>
+      </c>
+      <c r="B308" t="s">
+        <v>279</v>
+      </c>
+      <c r="C308" s="1" t="s">
         <v>280</v>
-      </c>
-[...4 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="B309" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>274</v>
+        <v>197</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="B310" t="s">
+        <v>279</v>
+      </c>
+      <c r="C310" s="1" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="B311" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="B312" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="B313" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="B314" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="B315" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="C315" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="B316" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="C316" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" t="s">
+        <v>286</v>
+      </c>
+      <c r="B317" t="s">
+        <v>287</v>
+      </c>
+      <c r="C317" s="1" t="s">
         <v>288</v>
-      </c>
-[...4 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="B318" t="s">
+        <v>287</v>
+      </c>
+      <c r="C318" s="1" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="B319" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="B320" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="B321" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="B322" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="B323" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>12</v>
+        <v>294</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="B324" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>295</v>
+        <v>12</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="B325" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="C325" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" t="s">
+        <v>295</v>
+      </c>
+      <c r="B326" t="s">
         <v>296</v>
       </c>
-      <c r="B326" t="s">
+      <c r="C326" s="1" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" t="s">
+        <v>295</v>
+      </c>
+      <c r="B327" t="s">
         <v>296</v>
       </c>
-      <c r="B327" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C327" s="1" t="s">
-        <v>299</v>
+        <v>289</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" t="s">
+        <v>295</v>
+      </c>
+      <c r="B328" t="s">
         <v>296</v>
       </c>
-      <c r="B328" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C328" s="1" t="s">
-        <v>274</v>
+        <v>298</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" t="s">
+        <v>295</v>
+      </c>
+      <c r="B329" t="s">
         <v>296</v>
       </c>
-      <c r="B329" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C329" s="1" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" t="s">
+        <v>295</v>
+      </c>
+      <c r="B330" t="s">
         <v>296</v>
       </c>
-      <c r="B330" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C330" s="1" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" t="s">
+        <v>295</v>
+      </c>
+      <c r="B331" t="s">
         <v>296</v>
       </c>
-      <c r="B331" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C331" s="1" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" t="s">
+        <v>295</v>
+      </c>
+      <c r="B332" t="s">
         <v>296</v>
       </c>
-      <c r="B332" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C332" s="1" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" t="s">
+        <v>295</v>
+      </c>
+      <c r="B333" t="s">
         <v>296</v>
-      </c>
-[...1 lines deleted...]
-        <v>297</v>
       </c>
       <c r="C333" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" t="s">
+        <v>295</v>
+      </c>
+      <c r="B334" t="s">
         <v>296</v>
-      </c>
-[...1 lines deleted...]
-        <v>297</v>
       </c>
       <c r="C334" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" t="s">
+        <v>303</v>
+      </c>
+      <c r="B335" t="s">
         <v>304</v>
       </c>
-      <c r="B335" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C335" s="1" t="s">
-        <v>306</v>
+        <v>289</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" t="s">
+        <v>303</v>
+      </c>
+      <c r="B336" t="s">
         <v>304</v>
       </c>
-      <c r="B336" t="s">
+      <c r="C336" s="1" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" t="s">
+        <v>303</v>
+      </c>
+      <c r="B337" t="s">
         <v>304</v>
       </c>
-      <c r="B337" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C337" s="1" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" t="s">
+        <v>303</v>
+      </c>
+      <c r="B338" t="s">
         <v>304</v>
       </c>
-      <c r="B338" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C338" s="1" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" t="s">
+        <v>303</v>
+      </c>
+      <c r="B339" t="s">
         <v>304</v>
       </c>
-      <c r="B339" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C339" s="1" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" t="s">
+        <v>303</v>
+      </c>
+      <c r="B340" t="s">
         <v>304</v>
       </c>
-      <c r="B340" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C340" s="1" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" t="s">
+        <v>303</v>
+      </c>
+      <c r="B341" t="s">
         <v>304</v>
       </c>
-      <c r="B341" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C341" s="1" t="s">
-        <v>311</v>
+        <v>12</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" t="s">
+        <v>303</v>
+      </c>
+      <c r="B342" t="s">
         <v>304</v>
       </c>
-      <c r="B342" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C342" s="1" t="s">
-        <v>12</v>
+        <v>310</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" t="s">
+        <v>303</v>
+      </c>
+      <c r="B343" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
       <c r="C343" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" t="s">
+        <v>311</v>
+      </c>
+      <c r="B344" t="s">
         <v>312</v>
       </c>
-      <c r="B344" t="s">
+      <c r="C344" s="1" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" t="s">
+        <v>311</v>
+      </c>
+      <c r="B345" t="s">
         <v>312</v>
       </c>
-      <c r="B345" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C345" s="1" t="s">
-        <v>274</v>
+        <v>314</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" t="s">
+        <v>311</v>
+      </c>
+      <c r="B346" t="s">
         <v>312</v>
       </c>
-      <c r="B346" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C346" s="1" t="s">
-        <v>315</v>
+        <v>289</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" t="s">
+        <v>311</v>
+      </c>
+      <c r="B347" t="s">
         <v>312</v>
       </c>
-      <c r="B347" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C347" s="1" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" t="s">
+        <v>311</v>
+      </c>
+      <c r="B348" t="s">
         <v>312</v>
       </c>
-      <c r="B348" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C348" s="1" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" t="s">
+        <v>311</v>
+      </c>
+      <c r="B349" t="s">
         <v>312</v>
       </c>
-      <c r="B349" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C349" s="1" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" t="s">
+        <v>311</v>
+      </c>
+      <c r="B350" t="s">
         <v>312</v>
       </c>
-      <c r="B350" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C350" s="1" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" t="s">
+        <v>311</v>
+      </c>
+      <c r="B351" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
       <c r="C351" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" t="s">
+        <v>311</v>
+      </c>
+      <c r="B352" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
       <c r="C352" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" t="s">
+        <v>319</v>
+      </c>
+      <c r="B353" t="s">
         <v>320</v>
       </c>
-      <c r="B353" t="s">
+      <c r="C353" s="1" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" t="s">
+        <v>319</v>
+      </c>
+      <c r="B354" t="s">
         <v>320</v>
       </c>
-      <c r="B354" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C354" s="1" t="s">
-        <v>274</v>
+        <v>289</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" t="s">
+        <v>319</v>
+      </c>
+      <c r="B355" t="s">
         <v>320</v>
       </c>
-      <c r="B355" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C355" s="1" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" t="s">
+        <v>319</v>
+      </c>
+      <c r="B356" t="s">
         <v>320</v>
       </c>
-      <c r="B356" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C356" s="1" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" t="s">
+        <v>319</v>
+      </c>
+      <c r="B357" t="s">
         <v>320</v>
       </c>
-      <c r="B357" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C357" s="1" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" t="s">
+        <v>319</v>
+      </c>
+      <c r="B358" t="s">
         <v>320</v>
       </c>
-      <c r="B358" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C358" s="1" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" t="s">
+        <v>319</v>
+      </c>
+      <c r="B359" t="s">
         <v>320</v>
       </c>
-      <c r="B359" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C359" s="1" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" t="s">
+        <v>319</v>
+      </c>
+      <c r="B360" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
       <c r="C360" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" t="s">
+        <v>319</v>
+      </c>
+      <c r="B361" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
       <c r="C361" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" t="s">
+        <v>327</v>
+      </c>
+      <c r="B362" t="s">
         <v>328</v>
       </c>
-      <c r="B362" t="s">
+      <c r="C362" s="1" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" t="s">
+        <v>327</v>
+      </c>
+      <c r="B363" t="s">
         <v>328</v>
       </c>
-      <c r="B363" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C363" s="1" t="s">
-        <v>331</v>
+        <v>289</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" t="s">
+        <v>327</v>
+      </c>
+      <c r="B364" t="s">
         <v>328</v>
       </c>
-      <c r="B364" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C364" s="1" t="s">
-        <v>274</v>
+        <v>330</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" t="s">
+        <v>327</v>
+      </c>
+      <c r="B365" t="s">
         <v>328</v>
       </c>
-      <c r="B365" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C365" s="1" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" t="s">
+        <v>327</v>
+      </c>
+      <c r="B366" t="s">
         <v>328</v>
       </c>
-      <c r="B366" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C366" s="1" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" t="s">
+        <v>327</v>
+      </c>
+      <c r="B367" t="s">
         <v>328</v>
       </c>
-      <c r="B367" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C367" s="1" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" t="s">
+        <v>327</v>
+      </c>
+      <c r="B368" t="s">
         <v>328</v>
       </c>
-      <c r="B368" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C368" s="1" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" t="s">
+        <v>327</v>
+      </c>
+      <c r="B369" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
       <c r="C369" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" t="s">
+        <v>327</v>
+      </c>
+      <c r="B370" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
       <c r="C370" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" t="s">
+        <v>335</v>
+      </c>
+      <c r="B371" t="s">
         <v>336</v>
       </c>
-      <c r="B371" t="s">
+      <c r="C371" s="1" t="s">
         <v>337</v>
-      </c>
-[...1 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" t="s">
+        <v>335</v>
+      </c>
+      <c r="B372" t="s">
         <v>336</v>
       </c>
-      <c r="B372" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C372" s="1" t="s">
-        <v>274</v>
+        <v>289</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" t="s">
+        <v>335</v>
+      </c>
+      <c r="B373" t="s">
         <v>336</v>
       </c>
-      <c r="B373" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C373" s="1" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" t="s">
+        <v>335</v>
+      </c>
+      <c r="B374" t="s">
         <v>336</v>
       </c>
-      <c r="B374" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C374" s="1" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" t="s">
+        <v>335</v>
+      </c>
+      <c r="B375" t="s">
         <v>336</v>
       </c>
-      <c r="B375" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C375" s="1" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" t="s">
+        <v>335</v>
+      </c>
+      <c r="B376" t="s">
         <v>336</v>
       </c>
-      <c r="B376" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C376" s="1" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" t="s">
+        <v>335</v>
+      </c>
+      <c r="B377" t="s">
         <v>336</v>
       </c>
-      <c r="B377" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C377" s="1" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" t="s">
+        <v>335</v>
+      </c>
+      <c r="B378" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
       <c r="C378" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" t="s">
+        <v>335</v>
+      </c>
+      <c r="B379" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
       <c r="C379" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" t="s">
+        <v>343</v>
+      </c>
+      <c r="B380" t="s">
         <v>344</v>
       </c>
-      <c r="B380" t="s">
+      <c r="C380" s="1" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" t="s">
+        <v>343</v>
+      </c>
+      <c r="B381" t="s">
         <v>344</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
       <c r="C381" s="1" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" t="s">
+        <v>343</v>
+      </c>
+      <c r="B382" t="s">
         <v>344</v>
       </c>
-      <c r="B382" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C382" s="1" t="s">
-        <v>274</v>
+        <v>289</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" t="s">
+        <v>343</v>
+      </c>
+      <c r="B383" t="s">
         <v>344</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
       <c r="C383" s="1" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" t="s">
+        <v>343</v>
+      </c>
+      <c r="B384" t="s">
         <v>344</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
       <c r="C384" s="1" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" t="s">
+        <v>343</v>
+      </c>
+      <c r="B385" t="s">
         <v>344</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
       <c r="C385" s="1" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" t="s">
+        <v>343</v>
+      </c>
+      <c r="B386" t="s">
         <v>344</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
       <c r="C386" s="1" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" t="s">
+        <v>343</v>
+      </c>
+      <c r="B387" t="s">
         <v>344</v>
       </c>
-      <c r="B387" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C387" s="1" t="s">
-        <v>351</v>
+        <v>12</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" t="s">
+        <v>343</v>
+      </c>
+      <c r="B388" t="s">
         <v>344</v>
       </c>
-      <c r="B388" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C388" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" t="s">
+        <v>351</v>
+      </c>
+      <c r="B389" t="s">
         <v>352</v>
       </c>
-      <c r="B389" t="s">
+      <c r="C389" s="1" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" t="s">
+        <v>351</v>
+      </c>
+      <c r="B390" t="s">
         <v>352</v>
       </c>
-      <c r="B390" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C390" s="1" t="s">
-        <v>354</v>
+        <v>289</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" t="s">
+        <v>351</v>
+      </c>
+      <c r="B391" t="s">
         <v>352</v>
       </c>
-      <c r="B391" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C391" s="1" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" t="s">
+        <v>351</v>
+      </c>
+      <c r="B392" t="s">
         <v>352</v>
       </c>
-      <c r="B392" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C392" s="1" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" t="s">
+        <v>351</v>
+      </c>
+      <c r="B393" t="s">
         <v>352</v>
       </c>
-      <c r="B393" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C393" s="1" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" t="s">
+        <v>351</v>
+      </c>
+      <c r="B394" t="s">
         <v>352</v>
       </c>
-      <c r="B394" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C394" s="1" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" t="s">
+        <v>351</v>
+      </c>
+      <c r="B395" t="s">
         <v>352</v>
       </c>
-      <c r="B395" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C395" s="1" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" t="s">
+        <v>351</v>
+      </c>
+      <c r="B396" t="s">
         <v>352</v>
-      </c>
-[...1 lines deleted...]
-        <v>353</v>
       </c>
       <c r="C396" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" t="s">
+        <v>351</v>
+      </c>
+      <c r="B397" t="s">
         <v>352</v>
-      </c>
-[...1 lines deleted...]
-        <v>353</v>
       </c>
       <c r="C397" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" t="s">
+        <v>359</v>
+      </c>
+      <c r="B398" t="s">
         <v>360</v>
       </c>
-      <c r="B398" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C398" s="1" t="s">
-        <v>362</v>
+        <v>13</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" t="s">
+        <v>359</v>
+      </c>
+      <c r="B399" t="s">
         <v>360</v>
       </c>
-      <c r="B399" t="s">
+      <c r="C399" s="1" t="s">
         <v>361</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" t="s">
+        <v>359</v>
+      </c>
+      <c r="B400" t="s">
         <v>360</v>
       </c>
-      <c r="B400" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C400" s="1" t="s">
-        <v>363</v>
+        <v>289</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" t="s">
+        <v>359</v>
+      </c>
+      <c r="B401" t="s">
         <v>360</v>
       </c>
-      <c r="B401" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C401" s="1" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" t="s">
+        <v>359</v>
+      </c>
+      <c r="B402" t="s">
         <v>360</v>
       </c>
-      <c r="B402" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C402" s="1" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" t="s">
+        <v>359</v>
+      </c>
+      <c r="B403" t="s">
         <v>360</v>
       </c>
-      <c r="B403" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C403" s="1" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" t="s">
+        <v>359</v>
+      </c>
+      <c r="B404" t="s">
         <v>360</v>
       </c>
-      <c r="B404" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C404" s="1" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" t="s">
+        <v>359</v>
+      </c>
+      <c r="B405" t="s">
         <v>360</v>
       </c>
-      <c r="B405" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C405" s="1" t="s">
-        <v>12</v>
+        <v>366</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" t="s">
+        <v>359</v>
+      </c>
+      <c r="B406" t="s">
         <v>360</v>
       </c>
-      <c r="B406" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C406" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" t="s">
+        <v>367</v>
+      </c>
+      <c r="B407" t="s">
         <v>368</v>
       </c>
-      <c r="B407" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C407" s="1" t="s">
-        <v>370</v>
+        <v>289</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" t="s">
+        <v>367</v>
+      </c>
+      <c r="B408" t="s">
         <v>368</v>
       </c>
-      <c r="B408" t="s">
+      <c r="C408" s="1" t="s">
         <v>369</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" t="s">
+        <v>367</v>
+      </c>
+      <c r="B409" t="s">
         <v>368</v>
       </c>
-      <c r="B409" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C409" s="1" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" t="s">
+        <v>367</v>
+      </c>
+      <c r="B410" t="s">
         <v>368</v>
       </c>
-      <c r="B410" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C410" s="1" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" t="s">
+        <v>367</v>
+      </c>
+      <c r="B411" t="s">
         <v>368</v>
       </c>
-      <c r="B411" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C411" s="1" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" t="s">
+        <v>367</v>
+      </c>
+      <c r="B412" t="s">
         <v>368</v>
       </c>
-      <c r="B412" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C412" s="1" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" t="s">
+        <v>367</v>
+      </c>
+      <c r="B413" t="s">
         <v>368</v>
       </c>
-      <c r="B413" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C413" s="1" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" t="s">
+        <v>367</v>
+      </c>
+      <c r="B414" t="s">
         <v>368</v>
       </c>
-      <c r="B414" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C414" s="1" t="s">
-        <v>377</v>
+        <v>12</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" t="s">
+        <v>367</v>
+      </c>
+      <c r="B415" t="s">
         <v>368</v>
-      </c>
-[...1 lines deleted...]
-        <v>369</v>
       </c>
       <c r="C415" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="B416" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="B417" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>372</v>
+        <v>289</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" t="s">
+        <v>375</v>
+      </c>
+      <c r="B418" t="s">
+        <v>376</v>
+      </c>
+      <c r="C418" s="1" t="s">
         <v>378</v>
-      </c>
-[...4 lines deleted...]
-        <v>381</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="B419" t="s">
+        <v>376</v>
+      </c>
+      <c r="C419" s="1" t="s">
         <v>379</v>
-      </c>
-[...1 lines deleted...]
-        <v>382</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="B420" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="C420" s="1" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="B421" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="C421" s="1" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="B422" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="C422" s="1" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="B423" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="C423" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="B424" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="C424" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="B425" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="C425" s="1" t="s">
-        <v>372</v>
+        <v>385</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" t="s">
+        <v>383</v>
+      </c>
+      <c r="B426" t="s">
+        <v>384</v>
+      </c>
+      <c r="C426" s="1" t="s">
         <v>386</v>
-      </c>
-[...4 lines deleted...]
-        <v>388</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="B427" t="s">
+        <v>384</v>
+      </c>
+      <c r="C427" s="1" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="B428" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="C428" s="1" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="B429" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="C429" s="1" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="B430" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="C430" s="1" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="B431" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="C431" s="1" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="B432" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="C432" s="1" t="s">
-        <v>12</v>
+        <v>392</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="B433" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="C433" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" t="s">
+        <v>393</v>
+      </c>
+      <c r="B434" t="s">
         <v>394</v>
       </c>
-      <c r="B434" t="s">
+      <c r="C434" s="1" t="s">
         <v>395</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" t="s">
+        <v>393</v>
+      </c>
+      <c r="B435" t="s">
         <v>394</v>
       </c>
-      <c r="B435" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C435" s="1" t="s">
-        <v>396</v>
+        <v>387</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" t="s">
+        <v>393</v>
+      </c>
+      <c r="B436" t="s">
         <v>394</v>
       </c>
-      <c r="B436" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C436" s="1" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" t="s">
+        <v>393</v>
+      </c>
+      <c r="B437" t="s">
         <v>394</v>
       </c>
-      <c r="B437" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C437" s="1" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" t="s">
+        <v>393</v>
+      </c>
+      <c r="B438" t="s">
         <v>394</v>
       </c>
-      <c r="B438" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C438" s="1" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" t="s">
+        <v>393</v>
+      </c>
+      <c r="B439" t="s">
         <v>394</v>
       </c>
-      <c r="B439" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C439" s="1" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" t="s">
+        <v>393</v>
+      </c>
+      <c r="B440" t="s">
         <v>394</v>
       </c>
-      <c r="B440" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C440" s="1" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" t="s">
+        <v>393</v>
+      </c>
+      <c r="B441" t="s">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>395</v>
       </c>
       <c r="C441" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" t="s">
+        <v>393</v>
+      </c>
+      <c r="B442" t="s">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>395</v>
       </c>
       <c r="C442" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" t="s">
+        <v>401</v>
+      </c>
+      <c r="B443" t="s">
         <v>402</v>
       </c>
-      <c r="B443" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C443" s="1" t="s">
-        <v>404</v>
+        <v>387</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" t="s">
+        <v>401</v>
+      </c>
+      <c r="B444" t="s">
         <v>402</v>
       </c>
-      <c r="B444" t="s">
+      <c r="C444" s="1" t="s">
         <v>403</v>
-      </c>
-[...1 lines deleted...]
-        <v>405</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" t="s">
+        <v>401</v>
+      </c>
+      <c r="B445" t="s">
         <v>402</v>
       </c>
-      <c r="B445" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C445" s="1" t="s">
-        <v>372</v>
+        <v>404</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" t="s">
+        <v>401</v>
+      </c>
+      <c r="B446" t="s">
         <v>402</v>
       </c>
-      <c r="B446" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C446" s="1" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" t="s">
+        <v>401</v>
+      </c>
+      <c r="B447" t="s">
         <v>402</v>
       </c>
-      <c r="B447" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C447" s="1" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" t="s">
+        <v>401</v>
+      </c>
+      <c r="B448" t="s">
         <v>402</v>
       </c>
-      <c r="B448" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C448" s="1" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" t="s">
+        <v>401</v>
+      </c>
+      <c r="B449" t="s">
         <v>402</v>
       </c>
-      <c r="B449" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C449" s="1" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" t="s">
+        <v>401</v>
+      </c>
+      <c r="B450" t="s">
         <v>402</v>
-      </c>
-[...1 lines deleted...]
-        <v>403</v>
       </c>
       <c r="C450" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" t="s">
+        <v>401</v>
+      </c>
+      <c r="B451" t="s">
         <v>402</v>
-      </c>
-[...1 lines deleted...]
-        <v>403</v>
       </c>
       <c r="C451" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" t="s">
+        <v>409</v>
+      </c>
+      <c r="B452" t="s">
         <v>410</v>
       </c>
-      <c r="B452" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C452" s="1" t="s">
-        <v>412</v>
+        <v>387</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" t="s">
+        <v>409</v>
+      </c>
+      <c r="B453" t="s">
         <v>410</v>
       </c>
-      <c r="B453" t="s">
+      <c r="C453" s="1" t="s">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" t="s">
+        <v>409</v>
+      </c>
+      <c r="B454" t="s">
         <v>410</v>
       </c>
-      <c r="B454" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C454" s="1" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" t="s">
+        <v>409</v>
+      </c>
+      <c r="B455" t="s">
         <v>410</v>
       </c>
-      <c r="B455" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C455" s="1" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" t="s">
+        <v>409</v>
+      </c>
+      <c r="B456" t="s">
         <v>410</v>
       </c>
-      <c r="B456" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C456" s="1" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" t="s">
+        <v>409</v>
+      </c>
+      <c r="B457" t="s">
         <v>410</v>
       </c>
-      <c r="B457" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C457" s="1" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" t="s">
+        <v>409</v>
+      </c>
+      <c r="B458" t="s">
         <v>410</v>
       </c>
-      <c r="B458" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C458" s="1" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" t="s">
+        <v>409</v>
+      </c>
+      <c r="B459" t="s">
         <v>410</v>
-      </c>
-[...1 lines deleted...]
-        <v>411</v>
       </c>
       <c r="C459" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" t="s">
+        <v>409</v>
+      </c>
+      <c r="B460" t="s">
         <v>410</v>
-      </c>
-[...1 lines deleted...]
-        <v>411</v>
       </c>
       <c r="C460" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" t="s">
+        <v>417</v>
+      </c>
+      <c r="B461" t="s">
         <v>418</v>
       </c>
-      <c r="B461" t="s">
+      <c r="C461" s="1" t="s">
         <v>419</v>
-      </c>
-[...1 lines deleted...]
-        <v>420</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" t="s">
+        <v>417</v>
+      </c>
+      <c r="B462" t="s">
         <v>418</v>
       </c>
-      <c r="B462" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C462" s="1" t="s">
-        <v>372</v>
+        <v>420</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" t="s">
+        <v>417</v>
+      </c>
+      <c r="B463" t="s">
         <v>418</v>
       </c>
-      <c r="B463" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C463" s="1" t="s">
-        <v>421</v>
+        <v>387</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" t="s">
+        <v>417</v>
+      </c>
+      <c r="B464" t="s">
         <v>418</v>
       </c>
-      <c r="B464" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C464" s="1" t="s">
-        <v>422</v>
+        <v>421</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" t="s">
+        <v>417</v>
+      </c>
+      <c r="B465" t="s">
         <v>418</v>
       </c>
-      <c r="B465" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C465" s="1" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" t="s">
+        <v>417</v>
+      </c>
+      <c r="B466" t="s">
         <v>418</v>
       </c>
-      <c r="B466" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C466" s="1" t="s">
-        <v>424</v>
+        <v>423</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" t="s">
+        <v>417</v>
+      </c>
+      <c r="B467" t="s">
         <v>418</v>
       </c>
-      <c r="B467" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C467" s="1" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" t="s">
+        <v>417</v>
+      </c>
+      <c r="B468" t="s">
         <v>418</v>
-      </c>
-[...1 lines deleted...]
-        <v>419</v>
       </c>
       <c r="C468" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" t="s">
+        <v>417</v>
+      </c>
+      <c r="B469" t="s">
         <v>418</v>
-      </c>
-[...1 lines deleted...]
-        <v>419</v>
       </c>
       <c r="C469" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" t="s">
+        <v>425</v>
+      </c>
+      <c r="B470" t="s">
         <v>426</v>
       </c>
-      <c r="B470" t="s">
+      <c r="C470" s="1" t="s">
         <v>427</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" t="s">
+        <v>425</v>
+      </c>
+      <c r="B471" t="s">
         <v>426</v>
       </c>
-      <c r="B471" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C471" s="1" t="s">
-        <v>428</v>
+        <v>387</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" t="s">
+        <v>425</v>
+      </c>
+      <c r="B472" t="s">
         <v>426</v>
       </c>
-      <c r="B472" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C472" s="1" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" t="s">
+        <v>425</v>
+      </c>
+      <c r="B473" t="s">
         <v>426</v>
       </c>
-      <c r="B473" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C473" s="1" t="s">
-        <v>430</v>
+        <v>429</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" t="s">
+        <v>425</v>
+      </c>
+      <c r="B474" t="s">
         <v>426</v>
       </c>
-      <c r="B474" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C474" s="1" t="s">
-        <v>431</v>
+        <v>430</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" t="s">
+        <v>425</v>
+      </c>
+      <c r="B475" t="s">
         <v>426</v>
       </c>
-      <c r="B475" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C475" s="1" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" t="s">
+        <v>425</v>
+      </c>
+      <c r="B476" t="s">
         <v>426</v>
       </c>
-      <c r="B476" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C476" s="1" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" t="s">
+        <v>425</v>
+      </c>
+      <c r="B477" t="s">
         <v>426</v>
-      </c>
-[...1 lines deleted...]
-        <v>427</v>
       </c>
       <c r="C477" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" t="s">
+        <v>425</v>
+      </c>
+      <c r="B478" t="s">
         <v>426</v>
-      </c>
-[...1 lines deleted...]
-        <v>427</v>
       </c>
       <c r="C478" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" t="s">
+        <v>433</v>
+      </c>
+      <c r="B479" t="s">
         <v>434</v>
       </c>
-      <c r="B479" t="s">
+      <c r="C479" s="1" t="s">
         <v>435</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" t="s">
+        <v>433</v>
+      </c>
+      <c r="B480" t="s">
         <v>434</v>
       </c>
-      <c r="B480" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C480" s="1" t="s">
-        <v>436</v>
+        <v>387</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" t="s">
+        <v>433</v>
+      </c>
+      <c r="B481" t="s">
         <v>434</v>
       </c>
-      <c r="B481" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C481" s="1" t="s">
-        <v>437</v>
+        <v>436</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" t="s">
+        <v>433</v>
+      </c>
+      <c r="B482" t="s">
         <v>434</v>
       </c>
-      <c r="B482" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C482" s="1" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" t="s">
+        <v>433</v>
+      </c>
+      <c r="B483" t="s">
         <v>434</v>
       </c>
-      <c r="B483" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C483" s="1" t="s">
-        <v>439</v>
+        <v>438</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" t="s">
+        <v>433</v>
+      </c>
+      <c r="B484" t="s">
         <v>434</v>
       </c>
-      <c r="B484" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C484" s="1" t="s">
-        <v>440</v>
+        <v>439</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" t="s">
+        <v>433</v>
+      </c>
+      <c r="B485" t="s">
         <v>434</v>
       </c>
-      <c r="B485" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C485" s="1" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" t="s">
+        <v>433</v>
+      </c>
+      <c r="B486" t="s">
         <v>434</v>
-      </c>
-[...1 lines deleted...]
-        <v>435</v>
       </c>
       <c r="C486" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" t="s">
+        <v>433</v>
+      </c>
+      <c r="B487" t="s">
         <v>434</v>
-      </c>
-[...1 lines deleted...]
-        <v>435</v>
       </c>
       <c r="C487" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" t="s">
+        <v>441</v>
+      </c>
+      <c r="B488" t="s">
         <v>442</v>
       </c>
-      <c r="B488" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C488" s="1" t="s">
-        <v>444</v>
+        <v>387</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" t="s">
+        <v>441</v>
+      </c>
+      <c r="B489" t="s">
         <v>442</v>
       </c>
-      <c r="B489" t="s">
+      <c r="C489" s="1" t="s">
         <v>443</v>
-      </c>
-[...1 lines deleted...]
-        <v>445</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" t="s">
+        <v>441</v>
+      </c>
+      <c r="B490" t="s">
         <v>442</v>
       </c>
-      <c r="B490" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C490" s="1" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" t="s">
+        <v>441</v>
+      </c>
+      <c r="B491" t="s">
         <v>442</v>
       </c>
-      <c r="B491" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C491" s="1" t="s">
-        <v>372</v>
+        <v>445</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" t="s">
+        <v>441</v>
+      </c>
+      <c r="B492" t="s">
         <v>442</v>
       </c>
-      <c r="B492" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C492" s="1" t="s">
-        <v>447</v>
+        <v>446</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" t="s">
+        <v>441</v>
+      </c>
+      <c r="B493" t="s">
         <v>442</v>
       </c>
-      <c r="B493" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C493" s="1" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" t="s">
+        <v>441</v>
+      </c>
+      <c r="B494" t="s">
         <v>442</v>
       </c>
-      <c r="B494" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C494" s="1" t="s">
-        <v>449</v>
+        <v>448</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" t="s">
+        <v>441</v>
+      </c>
+      <c r="B495" t="s">
         <v>442</v>
-      </c>
-[...1 lines deleted...]
-        <v>443</v>
       </c>
       <c r="C495" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" t="s">
+        <v>441</v>
+      </c>
+      <c r="B496" t="s">
         <v>442</v>
-      </c>
-[...1 lines deleted...]
-        <v>443</v>
       </c>
       <c r="C496" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" t="s">
+        <v>449</v>
+      </c>
+      <c r="B497" t="s">
         <v>450</v>
       </c>
-      <c r="B497" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C497" s="1" t="s">
-        <v>452</v>
+        <v>387</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" t="s">
+        <v>449</v>
+      </c>
+      <c r="B498" t="s">
         <v>450</v>
       </c>
-      <c r="B498" t="s">
+      <c r="C498" s="1" t="s">
         <v>451</v>
-      </c>
-[...1 lines deleted...]
-        <v>453</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" t="s">
+        <v>449</v>
+      </c>
+      <c r="B499" t="s">
         <v>450</v>
       </c>
-      <c r="B499" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C499" s="1" t="s">
-        <v>372</v>
+        <v>452</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" t="s">
+        <v>449</v>
+      </c>
+      <c r="B500" t="s">
         <v>450</v>
       </c>
-      <c r="B500" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C500" s="1" t="s">
-        <v>454</v>
+        <v>453</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" t="s">
+        <v>449</v>
+      </c>
+      <c r="B501" t="s">
         <v>450</v>
       </c>
-      <c r="B501" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C501" s="1" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" t="s">
+        <v>449</v>
+      </c>
+      <c r="B502" t="s">
         <v>450</v>
       </c>
-      <c r="B502" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C502" s="1" t="s">
-        <v>456</v>
+        <v>455</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" t="s">
+        <v>449</v>
+      </c>
+      <c r="B503" t="s">
         <v>450</v>
       </c>
-      <c r="B503" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C503" s="1" t="s">
-        <v>457</v>
+        <v>456</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" t="s">
+        <v>449</v>
+      </c>
+      <c r="B504" t="s">
         <v>450</v>
-      </c>
-[...1 lines deleted...]
-        <v>451</v>
       </c>
       <c r="C504" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" t="s">
+        <v>449</v>
+      </c>
+      <c r="B505" t="s">
         <v>450</v>
-      </c>
-[...1 lines deleted...]
-        <v>451</v>
       </c>
       <c r="C505" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" t="s">
+        <v>457</v>
+      </c>
+      <c r="B506" t="s">
         <v>458</v>
       </c>
-      <c r="B506" t="s">
+      <c r="C506" s="1" t="s">
         <v>459</v>
-      </c>
-[...1 lines deleted...]
-        <v>460</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" t="s">
+        <v>457</v>
+      </c>
+      <c r="B507" t="s">
         <v>458</v>
       </c>
-      <c r="B507" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C507" s="1" t="s">
-        <v>12</v>
+        <v>460</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" t="s">
+        <v>457</v>
+      </c>
+      <c r="B508" t="s">
         <v>458</v>
       </c>
-      <c r="B508" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C508" s="1" t="s">
-        <v>13</v>
+        <v>461</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" t="s">
+        <v>457</v>
+      </c>
+      <c r="B509" t="s">
         <v>458</v>
       </c>
-      <c r="B509" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C509" s="1" t="s">
-        <v>372</v>
+        <v>387</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" t="s">
+        <v>457</v>
+      </c>
+      <c r="B510" t="s">
         <v>458</v>
       </c>
-      <c r="B510" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C510" s="1" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" t="s">
+        <v>457</v>
+      </c>
+      <c r="B511" t="s">
         <v>458</v>
       </c>
-      <c r="B511" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C511" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" t="s">
+        <v>457</v>
+      </c>
+      <c r="B512" t="s">
         <v>458</v>
       </c>
-      <c r="B512" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C512" s="1" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" t="s">
+        <v>457</v>
+      </c>
+      <c r="B513" t="s">
         <v>458</v>
       </c>
-      <c r="B513" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C513" s="1" t="s">
-        <v>464</v>
+        <v>12</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" t="s">
+        <v>457</v>
+      </c>
+      <c r="B514" t="s">
         <v>458</v>
       </c>
-      <c r="B514" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C514" s="1" t="s">
-        <v>465</v>
+        <v>13</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" t="s">
+        <v>465</v>
+      </c>
+      <c r="B515" t="s">
         <v>466</v>
       </c>
-      <c r="B515" t="s">
+      <c r="C515" s="1" t="s">
         <v>467</v>
-      </c>
-[...1 lines deleted...]
-        <v>468</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" t="s">
+        <v>465</v>
+      </c>
+      <c r="B516" t="s">
         <v>466</v>
       </c>
-      <c r="B516" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C516" s="1" t="s">
-        <v>469</v>
+        <v>468</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" t="s">
+        <v>465</v>
+      </c>
+      <c r="B517" t="s">
         <v>466</v>
       </c>
-      <c r="B517" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C517" s="1" t="s">
-        <v>470</v>
+        <v>387</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" t="s">
+        <v>465</v>
+      </c>
+      <c r="B518" t="s">
         <v>466</v>
       </c>
-      <c r="B518" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C518" s="1" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" t="s">
+        <v>465</v>
+      </c>
+      <c r="B519" t="s">
         <v>466</v>
       </c>
-      <c r="B519" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C519" s="1" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" t="s">
+        <v>465</v>
+      </c>
+      <c r="B520" t="s">
         <v>466</v>
       </c>
-      <c r="B520" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C520" s="1" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" t="s">
+        <v>465</v>
+      </c>
+      <c r="B521" t="s">
         <v>466</v>
       </c>
-      <c r="B521" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C521" s="1" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" t="s">
+        <v>465</v>
+      </c>
+      <c r="B522" t="s">
         <v>466</v>
       </c>
-      <c r="B522" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C522" s="1" t="s">
-        <v>375</v>
+        <v>12</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" t="s">
+        <v>465</v>
+      </c>
+      <c r="B523" t="s">
         <v>466</v>
-      </c>
-[...1 lines deleted...]
-        <v>467</v>
       </c>
       <c r="C523" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" t="s">
+        <v>473</v>
+      </c>
+      <c r="B524" t="s">
+        <v>474</v>
+      </c>
+      <c r="C524" s="1" t="s">
         <v>475</v>
-      </c>
-[...4 lines deleted...]
-        <v>477</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="B525" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="C525" s="1" t="s">
-        <v>469</v>
+        <v>12</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="B526" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="C526" s="1" t="s">
-        <v>478</v>
+        <v>13</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="B527" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="C527" s="1" t="s">
-        <v>479</v>
+        <v>387</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="B528" t="s">
+        <v>474</v>
+      </c>
+      <c r="C528" s="1" t="s">
         <v>476</v>
-      </c>
-[...1 lines deleted...]
-        <v>480</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="B529" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="C529" s="1" t="s">
-        <v>481</v>
+        <v>477</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="B530" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="C530" s="1" t="s">
-        <v>482</v>
+        <v>478</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="B531" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="C531" s="1" t="s">
-        <v>12</v>
+        <v>479</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="B532" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="C532" s="1" t="s">
-        <v>13</v>
+        <v>480</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" t="s">
+        <v>481</v>
+      </c>
+      <c r="B533" t="s">
+        <v>482</v>
+      </c>
+      <c r="C533" s="1" t="s">
         <v>483</v>
-      </c>
-[...4 lines deleted...]
-        <v>485</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="B534" t="s">
+        <v>482</v>
+      </c>
+      <c r="C534" s="1" t="s">
         <v>484</v>
-      </c>
-[...1 lines deleted...]
-        <v>469</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="B535" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="C535" s="1" t="s">
-        <v>486</v>
+        <v>485</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="B536" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="C536" s="1" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="B537" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="C537" s="1" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="B538" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="C538" s="1" t="s">
-        <v>489</v>
+        <v>488</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="B539" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="C539" s="1" t="s">
-        <v>490</v>
+        <v>489</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="B540" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="C540" s="1" t="s">
-        <v>12</v>
+        <v>390</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="B541" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="C541" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" t="s">
+        <v>490</v>
+      </c>
+      <c r="B542" t="s">
         <v>491</v>
       </c>
-      <c r="B542" t="s">
+      <c r="C542" s="1" t="s">
         <v>492</v>
-      </c>
-[...1 lines deleted...]
-        <v>493</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" t="s">
+        <v>490</v>
+      </c>
+      <c r="B543" t="s">
         <v>491</v>
       </c>
-      <c r="B543" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C543" s="1" t="s">
-        <v>494</v>
+        <v>484</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" t="s">
+        <v>490</v>
+      </c>
+      <c r="B544" t="s">
         <v>491</v>
       </c>
-      <c r="B544" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C544" s="1" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" t="s">
+        <v>490</v>
+      </c>
+      <c r="B545" t="s">
         <v>491</v>
       </c>
-      <c r="B545" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C545" s="1" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" t="s">
+        <v>490</v>
+      </c>
+      <c r="B546" t="s">
         <v>491</v>
       </c>
-      <c r="B546" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C546" s="1" t="s">
-        <v>469</v>
+        <v>495</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" t="s">
+        <v>490</v>
+      </c>
+      <c r="B547" t="s">
         <v>491</v>
       </c>
-      <c r="B547" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C547" s="1" t="s">
-        <v>497</v>
+        <v>496</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" t="s">
+        <v>490</v>
+      </c>
+      <c r="B548" t="s">
         <v>491</v>
       </c>
-      <c r="B548" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C548" s="1" t="s">
-        <v>498</v>
+        <v>497</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" t="s">
+        <v>490</v>
+      </c>
+      <c r="B549" t="s">
         <v>491</v>
-      </c>
-[...1 lines deleted...]
-        <v>492</v>
       </c>
       <c r="C549" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" t="s">
+        <v>490</v>
+      </c>
+      <c r="B550" t="s">
         <v>491</v>
-      </c>
-[...1 lines deleted...]
-        <v>492</v>
       </c>
       <c r="C550" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" t="s">
+        <v>498</v>
+      </c>
+      <c r="B551" t="s">
         <v>499</v>
       </c>
-      <c r="B551" t="s">
+      <c r="C551" s="1" t="s">
         <v>500</v>
-      </c>
-[...1 lines deleted...]
-        <v>501</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" t="s">
+        <v>498</v>
+      </c>
+      <c r="B552" t="s">
         <v>499</v>
       </c>
-      <c r="B552" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C552" s="1" t="s">
-        <v>502</v>
+        <v>484</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" t="s">
+        <v>498</v>
+      </c>
+      <c r="B553" t="s">
         <v>499</v>
       </c>
-      <c r="B553" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C553" s="1" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" t="s">
+        <v>498</v>
+      </c>
+      <c r="B554" t="s">
         <v>499</v>
       </c>
-      <c r="B554" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C554" s="1" t="s">
-        <v>469</v>
+        <v>502</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" t="s">
+        <v>498</v>
+      </c>
+      <c r="B555" t="s">
         <v>499</v>
       </c>
-      <c r="B555" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C555" s="1" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" t="s">
+        <v>498</v>
+      </c>
+      <c r="B556" t="s">
         <v>499</v>
       </c>
-      <c r="B556" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C556" s="1" t="s">
-        <v>505</v>
+        <v>504</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" t="s">
+        <v>498</v>
+      </c>
+      <c r="B557" t="s">
         <v>499</v>
       </c>
-      <c r="B557" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C557" s="1" t="s">
-        <v>506</v>
+        <v>505</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" t="s">
+        <v>498</v>
+      </c>
+      <c r="B558" t="s">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
       <c r="C558" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" t="s">
+        <v>498</v>
+      </c>
+      <c r="B559" t="s">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
       <c r="C559" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" t="s">
+        <v>506</v>
+      </c>
+      <c r="B560" t="s">
         <v>507</v>
       </c>
-      <c r="B560" t="s">
+      <c r="C560" s="1" t="s">
         <v>508</v>
-      </c>
-[...1 lines deleted...]
-        <v>509</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" t="s">
+        <v>506</v>
+      </c>
+      <c r="B561" t="s">
         <v>507</v>
       </c>
-      <c r="B561" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C561" s="1" t="s">
-        <v>469</v>
+        <v>509</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" t="s">
+        <v>506</v>
+      </c>
+      <c r="B562" t="s">
         <v>507</v>
-      </c>
-[...1 lines deleted...]
-        <v>508</v>
       </c>
       <c r="C562" s="1" t="s">
         <v>510</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" t="s">
+        <v>506</v>
+      </c>
+      <c r="B563" t="s">
         <v>507</v>
-      </c>
-[...1 lines deleted...]
-        <v>508</v>
       </c>
       <c r="C563" s="1" t="s">
         <v>511</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" t="s">
+        <v>506</v>
+      </c>
+      <c r="B564" t="s">
         <v>507</v>
       </c>
-      <c r="B564" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C564" s="1" t="s">
-        <v>512</v>
+        <v>484</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" t="s">
+        <v>506</v>
+      </c>
+      <c r="B565" t="s">
         <v>507</v>
       </c>
-      <c r="B565" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C565" s="1" t="s">
-        <v>513</v>
+        <v>512</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" t="s">
+        <v>506</v>
+      </c>
+      <c r="B566" t="s">
         <v>507</v>
       </c>
-      <c r="B566" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C566" s="1" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" t="s">
+        <v>506</v>
+      </c>
+      <c r="B567" t="s">
         <v>507</v>
-      </c>
-[...1 lines deleted...]
-        <v>508</v>
       </c>
       <c r="C567" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" t="s">
+        <v>506</v>
+      </c>
+      <c r="B568" t="s">
         <v>507</v>
-      </c>
-[...1 lines deleted...]
-        <v>508</v>
       </c>
       <c r="C568" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" t="s">
+        <v>514</v>
+      </c>
+      <c r="B569" t="s">
         <v>515</v>
       </c>
-      <c r="B569" t="s">
+      <c r="C569" s="1" t="s">
         <v>516</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" t="s">
+        <v>514</v>
+      </c>
+      <c r="B570" t="s">
         <v>515</v>
-      </c>
-[...1 lines deleted...]
-        <v>516</v>
       </c>
       <c r="C570" s="1" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" t="s">
+        <v>514</v>
+      </c>
+      <c r="B571" t="s">
         <v>515</v>
       </c>
-      <c r="B571" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C571" s="1" t="s">
-        <v>12</v>
+        <v>518</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" t="s">
+        <v>514</v>
+      </c>
+      <c r="B572" t="s">
         <v>515</v>
       </c>
-      <c r="B572" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C572" s="1" t="s">
-        <v>469</v>
+        <v>484</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" t="s">
+        <v>514</v>
+      </c>
+      <c r="B573" t="s">
         <v>515</v>
       </c>
-      <c r="B573" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C573" s="1" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" t="s">
+        <v>514</v>
+      </c>
+      <c r="B574" t="s">
         <v>515</v>
       </c>
-      <c r="B574" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C574" s="1" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" t="s">
+        <v>514</v>
+      </c>
+      <c r="B575" t="s">
         <v>515</v>
       </c>
-      <c r="B575" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C575" s="1" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" t="s">
+        <v>514</v>
+      </c>
+      <c r="B576" t="s">
         <v>515</v>
       </c>
-      <c r="B576" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C576" s="1" t="s">
-        <v>521</v>
+        <v>12</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" t="s">
+        <v>514</v>
+      </c>
+      <c r="B577" t="s">
         <v>515</v>
       </c>
-      <c r="B577" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C577" s="1" t="s">
-        <v>522</v>
+        <v>13</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" t="s">
+        <v>522</v>
+      </c>
+      <c r="B578" t="s">
         <v>523</v>
       </c>
-      <c r="B578" t="s">
+      <c r="C578" s="1" t="s">
         <v>524</v>
-      </c>
-[...1 lines deleted...]
-        <v>525</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" t="s">
+        <v>522</v>
+      </c>
+      <c r="B579" t="s">
         <v>523</v>
       </c>
-      <c r="B579" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C579" s="1" t="s">
-        <v>469</v>
+        <v>484</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" t="s">
+        <v>522</v>
+      </c>
+      <c r="B580" t="s">
         <v>523</v>
       </c>
-      <c r="B580" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C580" s="1" t="s">
-        <v>526</v>
+        <v>525</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" t="s">
+        <v>522</v>
+      </c>
+      <c r="B581" t="s">
         <v>523</v>
       </c>
-      <c r="B581" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C581" s="1" t="s">
-        <v>527</v>
+        <v>526</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" t="s">
+        <v>522</v>
+      </c>
+      <c r="B582" t="s">
         <v>523</v>
       </c>
-      <c r="B582" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C582" s="1" t="s">
-        <v>528</v>
+        <v>527</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" t="s">
+        <v>522</v>
+      </c>
+      <c r="B583" t="s">
         <v>523</v>
       </c>
-      <c r="B583" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C583" s="1" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" t="s">
+        <v>522</v>
+      </c>
+      <c r="B584" t="s">
         <v>523</v>
       </c>
-      <c r="B584" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C584" s="1" t="s">
-        <v>530</v>
+        <v>529</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" t="s">
+        <v>522</v>
+      </c>
+      <c r="B585" t="s">
         <v>523</v>
-      </c>
-[...1 lines deleted...]
-        <v>524</v>
       </c>
       <c r="C585" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" t="s">
+        <v>522</v>
+      </c>
+      <c r="B586" t="s">
         <v>523</v>
-      </c>
-[...1 lines deleted...]
-        <v>524</v>
       </c>
       <c r="C586" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" t="s">
+        <v>530</v>
+      </c>
+      <c r="B587" t="s">
         <v>531</v>
       </c>
-      <c r="B587" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C587" s="1" t="s">
-        <v>533</v>
+        <v>13</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" t="s">
+        <v>530</v>
+      </c>
+      <c r="B588" t="s">
         <v>531</v>
       </c>
-      <c r="B588" t="s">
+      <c r="C588" s="1" t="s">
         <v>532</v>
-      </c>
-[...1 lines deleted...]
-        <v>534</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" t="s">
+        <v>530</v>
+      </c>
+      <c r="B589" t="s">
         <v>531</v>
       </c>
-      <c r="B589" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C589" s="1" t="s">
-        <v>469</v>
+        <v>12</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" t="s">
+        <v>530</v>
+      </c>
+      <c r="B590" t="s">
         <v>531</v>
       </c>
-      <c r="B590" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C590" s="1" t="s">
-        <v>535</v>
+        <v>484</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" t="s">
+        <v>530</v>
+      </c>
+      <c r="B591" t="s">
         <v>531</v>
       </c>
-      <c r="B591" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C591" s="1" t="s">
-        <v>536</v>
+        <v>533</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" t="s">
+        <v>530</v>
+      </c>
+      <c r="B592" t="s">
         <v>531</v>
       </c>
-      <c r="B592" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C592" s="1" t="s">
-        <v>537</v>
+        <v>534</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" t="s">
+        <v>530</v>
+      </c>
+      <c r="B593" t="s">
         <v>531</v>
       </c>
-      <c r="B593" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C593" s="1" t="s">
-        <v>538</v>
+        <v>535</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" t="s">
+        <v>530</v>
+      </c>
+      <c r="B594" t="s">
         <v>531</v>
       </c>
-      <c r="B594" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C594" s="1" t="s">
-        <v>13</v>
+        <v>536</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" t="s">
+        <v>530</v>
+      </c>
+      <c r="B595" t="s">
         <v>531</v>
       </c>
-      <c r="B595" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C595" s="1" t="s">
-        <v>12</v>
+        <v>537</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" t="s">
+        <v>538</v>
+      </c>
+      <c r="B596" t="s">
         <v>539</v>
       </c>
-      <c r="B596" t="s">
+      <c r="C596" s="1" t="s">
         <v>540</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" t="s">
+        <v>538</v>
+      </c>
+      <c r="B597" t="s">
         <v>539</v>
       </c>
-      <c r="B597" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C597" s="1" t="s">
-        <v>12</v>
+        <v>484</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" t="s">
+        <v>538</v>
+      </c>
+      <c r="B598" t="s">
         <v>539</v>
-      </c>
-[...1 lines deleted...]
-        <v>540</v>
       </c>
       <c r="C598" s="1" t="s">
         <v>541</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" t="s">
+        <v>538</v>
+      </c>
+      <c r="B599" t="s">
         <v>539</v>
-      </c>
-[...1 lines deleted...]
-        <v>540</v>
       </c>
       <c r="C599" s="1" t="s">
         <v>542</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" t="s">
+        <v>538</v>
+      </c>
+      <c r="B600" t="s">
         <v>539</v>
-      </c>
-[...1 lines deleted...]
-        <v>540</v>
       </c>
       <c r="C600" s="1" t="s">
         <v>543</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" t="s">
+        <v>538</v>
+      </c>
+      <c r="B601" t="s">
         <v>539</v>
-      </c>
-[...1 lines deleted...]
-        <v>540</v>
       </c>
       <c r="C601" s="1" t="s">
         <v>544</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" t="s">
+        <v>538</v>
+      </c>
+      <c r="B602" t="s">
         <v>539</v>
-      </c>
-[...1 lines deleted...]
-        <v>540</v>
       </c>
       <c r="C602" s="1" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" t="s">
+        <v>538</v>
+      </c>
+      <c r="B603" t="s">
         <v>539</v>
       </c>
-      <c r="B603" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C603" s="1" t="s">
-        <v>469</v>
+        <v>12</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" t="s">
+        <v>538</v>
+      </c>
+      <c r="B604" t="s">
         <v>539</v>
       </c>
-      <c r="B604" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C604" s="1" t="s">
-        <v>546</v>
+        <v>13</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" t="s">
+        <v>546</v>
+      </c>
+      <c r="B605" t="s">
         <v>547</v>
       </c>
-      <c r="B605" t="s">
+      <c r="C605" s="1" t="s">
         <v>548</v>
-      </c>
-[...1 lines deleted...]
-        <v>469</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" t="s">
+        <v>546</v>
+      </c>
+      <c r="B606" t="s">
         <v>547</v>
-      </c>
-[...1 lines deleted...]
-        <v>548</v>
       </c>
       <c r="C606" s="1" t="s">
         <v>549</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" t="s">
+        <v>546</v>
+      </c>
+      <c r="B607" t="s">
         <v>547</v>
       </c>
-      <c r="B607" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C607" s="1" t="s">
-        <v>550</v>
+        <v>484</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" t="s">
+        <v>546</v>
+      </c>
+      <c r="B608" t="s">
         <v>547</v>
       </c>
-      <c r="B608" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C608" s="1" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" t="s">
+        <v>546</v>
+      </c>
+      <c r="B609" t="s">
         <v>547</v>
       </c>
-      <c r="B609" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C609" s="1" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" t="s">
+        <v>546</v>
+      </c>
+      <c r="B610" t="s">
         <v>547</v>
       </c>
-      <c r="B610" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C610" s="1" t="s">
-        <v>553</v>
+        <v>552</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" t="s">
+        <v>546</v>
+      </c>
+      <c r="B611" t="s">
         <v>547</v>
       </c>
-      <c r="B611" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C611" s="1" t="s">
-        <v>554</v>
+        <v>553</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" t="s">
+        <v>546</v>
+      </c>
+      <c r="B612" t="s">
         <v>547</v>
       </c>
-      <c r="B612" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C612" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" t="s">
+        <v>546</v>
+      </c>
+      <c r="B613" t="s">
         <v>547</v>
       </c>
-      <c r="B613" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C613" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" t="s">
+        <v>554</v>
+      </c>
+      <c r="B614" t="s">
         <v>555</v>
       </c>
-      <c r="B614" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C614" s="1" t="s">
-        <v>557</v>
+        <v>13</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" t="s">
+        <v>554</v>
+      </c>
+      <c r="B615" t="s">
         <v>555</v>
       </c>
-      <c r="B615" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C615" s="1" t="s">
-        <v>469</v>
+        <v>12</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" t="s">
+        <v>554</v>
+      </c>
+      <c r="B616" t="s">
         <v>555</v>
       </c>
-      <c r="B616" t="s">
+      <c r="C616" s="1" t="s">
         <v>556</v>
-      </c>
-[...1 lines deleted...]
-        <v>558</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" t="s">
+        <v>554</v>
+      </c>
+      <c r="B617" t="s">
         <v>555</v>
       </c>
-      <c r="B617" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C617" s="1" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" t="s">
+        <v>554</v>
+      </c>
+      <c r="B618" t="s">
         <v>555</v>
       </c>
-      <c r="B618" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C618" s="1" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" t="s">
+        <v>554</v>
+      </c>
+      <c r="B619" t="s">
         <v>555</v>
       </c>
-      <c r="B619" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C619" s="1" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" t="s">
+        <v>554</v>
+      </c>
+      <c r="B620" t="s">
         <v>555</v>
       </c>
-      <c r="B620" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C620" s="1" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" t="s">
+        <v>554</v>
+      </c>
+      <c r="B621" t="s">
         <v>555</v>
       </c>
-      <c r="B621" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C621" s="1" t="s">
-        <v>12</v>
+        <v>484</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" t="s">
+        <v>554</v>
+      </c>
+      <c r="B622" t="s">
         <v>555</v>
       </c>
-      <c r="B622" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C622" s="1" t="s">
-        <v>13</v>
+        <v>561</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" t="s">
+        <v>562</v>
+      </c>
+      <c r="B623" t="s">
         <v>563</v>
       </c>
-      <c r="B623" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C623" s="1" t="s">
-        <v>565</v>
+        <v>484</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" t="s">
+        <v>562</v>
+      </c>
+      <c r="B624" t="s">
         <v>563</v>
       </c>
-      <c r="B624" t="s">
+      <c r="C624" s="1" t="s">
         <v>564</v>
-      </c>
-[...1 lines deleted...]
-        <v>566</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" t="s">
+        <v>562</v>
+      </c>
+      <c r="B625" t="s">
         <v>563</v>
       </c>
-      <c r="B625" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C625" s="1" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" t="s">
+        <v>562</v>
+      </c>
+      <c r="B626" t="s">
         <v>563</v>
       </c>
-      <c r="B626" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C626" s="1" t="s">
-        <v>568</v>
+        <v>566</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" t="s">
+        <v>562</v>
+      </c>
+      <c r="B627" t="s">
         <v>563</v>
       </c>
-      <c r="B627" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C627" s="1" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" t="s">
+        <v>562</v>
+      </c>
+      <c r="B628" t="s">
         <v>563</v>
       </c>
-      <c r="B628" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C628" s="1" t="s">
-        <v>570</v>
+        <v>568</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" t="s">
+        <v>562</v>
+      </c>
+      <c r="B629" t="s">
         <v>563</v>
       </c>
-      <c r="B629" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C629" s="1" t="s">
-        <v>571</v>
+        <v>569</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" t="s">
+        <v>562</v>
+      </c>
+      <c r="B630" t="s">
         <v>563</v>
       </c>
-      <c r="B630" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C630" s="1" t="s">
-        <v>572</v>
+        <v>12</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" t="s">
+        <v>562</v>
+      </c>
+      <c r="B631" t="s">
         <v>563</v>
-      </c>
-[...1 lines deleted...]
-        <v>564</v>
       </c>
       <c r="C631" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" t="s">
-        <v>573</v>
+        <v>570</v>
       </c>
       <c r="B632" t="s">
-        <v>574</v>
+        <v>571</v>
       </c>
       <c r="C632" s="1" t="s">
-        <v>12</v>
+        <v>572</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" t="s">
-        <v>573</v>
+        <v>570</v>
       </c>
       <c r="B633" t="s">
-        <v>574</v>
+        <v>571</v>
       </c>
       <c r="C633" s="1" t="s">
-        <v>575</v>
+        <v>484</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" t="s">
+        <v>570</v>
+      </c>
+      <c r="B634" t="s">
+        <v>571</v>
+      </c>
+      <c r="C634" s="1" t="s">
         <v>573</v>
-      </c>
-[...4 lines deleted...]
-        <v>566</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" t="s">
-        <v>573</v>
+        <v>570</v>
       </c>
       <c r="B635" t="s">
+        <v>571</v>
+      </c>
+      <c r="C635" s="1" t="s">
         <v>574</v>
-      </c>
-[...1 lines deleted...]
-        <v>576</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" t="s">
-        <v>573</v>
+        <v>570</v>
       </c>
       <c r="B636" t="s">
-        <v>574</v>
+        <v>571</v>
       </c>
       <c r="C636" s="1" t="s">
-        <v>577</v>
+        <v>575</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" t="s">
-        <v>573</v>
+        <v>570</v>
       </c>
       <c r="B637" t="s">
-        <v>574</v>
+        <v>571</v>
       </c>
       <c r="C637" s="1" t="s">
-        <v>578</v>
+        <v>576</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" t="s">
-        <v>573</v>
+        <v>570</v>
       </c>
       <c r="B638" t="s">
-        <v>574</v>
+        <v>571</v>
       </c>
       <c r="C638" s="1" t="s">
-        <v>579</v>
+        <v>577</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" t="s">
-        <v>573</v>
+        <v>570</v>
       </c>
       <c r="B639" t="s">
-        <v>574</v>
+        <v>571</v>
       </c>
       <c r="C639" s="1" t="s">
-        <v>580</v>
+        <v>12</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" t="s">
-        <v>573</v>
+        <v>570</v>
       </c>
       <c r="B640" t="s">
-        <v>574</v>
+        <v>571</v>
       </c>
       <c r="C640" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" t="s">
-        <v>581</v>
+        <v>578</v>
       </c>
       <c r="B641" t="s">
-        <v>582</v>
+        <v>579</v>
       </c>
       <c r="C641" s="1" t="s">
-        <v>583</v>
+        <v>580</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" t="s">
+        <v>578</v>
+      </c>
+      <c r="B642" t="s">
+        <v>579</v>
+      </c>
+      <c r="C642" s="1" t="s">
         <v>581</v>
-      </c>
-[...4 lines deleted...]
-        <v>566</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" t="s">
-        <v>581</v>
+        <v>578</v>
       </c>
       <c r="B643" t="s">
+        <v>579</v>
+      </c>
+      <c r="C643" s="1" t="s">
         <v>582</v>
-      </c>
-[...1 lines deleted...]
-        <v>584</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" t="s">
-        <v>581</v>
+        <v>578</v>
       </c>
       <c r="B644" t="s">
-        <v>582</v>
+        <v>579</v>
       </c>
       <c r="C644" s="1" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" t="s">
-        <v>581</v>
+        <v>578</v>
       </c>
       <c r="B645" t="s">
-        <v>582</v>
+        <v>579</v>
       </c>
       <c r="C645" s="1" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" t="s">
-        <v>581</v>
+        <v>578</v>
       </c>
       <c r="B646" t="s">
-        <v>582</v>
+        <v>579</v>
       </c>
       <c r="C646" s="1" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" t="s">
-        <v>581</v>
+        <v>578</v>
       </c>
       <c r="B647" t="s">
-        <v>582</v>
+        <v>579</v>
       </c>
       <c r="C647" s="1" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" t="s">
-        <v>581</v>
+        <v>578</v>
       </c>
       <c r="B648" t="s">
-        <v>582</v>
+        <v>579</v>
       </c>
       <c r="C648" s="1" t="s">
-        <v>12</v>
+        <v>587</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" t="s">
-        <v>581</v>
+        <v>578</v>
       </c>
       <c r="B649" t="s">
-        <v>582</v>
+        <v>579</v>
       </c>
       <c r="C649" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" t="s">
+        <v>588</v>
+      </c>
+      <c r="B650" t="s">
         <v>589</v>
       </c>
-      <c r="B650" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C650" s="1" t="s">
-        <v>591</v>
+        <v>12</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" t="s">
+        <v>588</v>
+      </c>
+      <c r="B651" t="s">
         <v>589</v>
       </c>
-      <c r="B651" t="s">
+      <c r="C651" s="1" t="s">
         <v>590</v>
-      </c>
-[...1 lines deleted...]
-        <v>566</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" t="s">
+        <v>588</v>
+      </c>
+      <c r="B652" t="s">
         <v>589</v>
       </c>
-      <c r="B652" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C652" s="1" t="s">
-        <v>592</v>
+        <v>581</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" t="s">
+        <v>588</v>
+      </c>
+      <c r="B653" t="s">
         <v>589</v>
       </c>
-      <c r="B653" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C653" s="1" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" t="s">
+        <v>588</v>
+      </c>
+      <c r="B654" t="s">
         <v>589</v>
       </c>
-      <c r="B654" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C654" s="1" t="s">
-        <v>594</v>
+        <v>592</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" t="s">
+        <v>588</v>
+      </c>
+      <c r="B655" t="s">
         <v>589</v>
       </c>
-      <c r="B655" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C655" s="1" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" t="s">
+        <v>588</v>
+      </c>
+      <c r="B656" t="s">
         <v>589</v>
       </c>
-      <c r="B656" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C656" s="1" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" t="s">
+        <v>588</v>
+      </c>
+      <c r="B657" t="s">
         <v>589</v>
       </c>
-      <c r="B657" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C657" s="1" t="s">
-        <v>12</v>
+        <v>595</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" t="s">
+        <v>588</v>
+      </c>
+      <c r="B658" t="s">
         <v>589</v>
-      </c>
-[...1 lines deleted...]
-        <v>590</v>
       </c>
       <c r="C658" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" t="s">
+        <v>596</v>
+      </c>
+      <c r="B659" t="s">
         <v>597</v>
       </c>
-      <c r="B659" t="s">
+      <c r="C659" s="1" t="s">
         <v>598</v>
-      </c>
-[...1 lines deleted...]
-        <v>566</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" t="s">
+        <v>596</v>
+      </c>
+      <c r="B660" t="s">
         <v>597</v>
       </c>
-      <c r="B660" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C660" s="1" t="s">
-        <v>599</v>
+        <v>581</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" t="s">
+        <v>596</v>
+      </c>
+      <c r="B661" t="s">
         <v>597</v>
       </c>
-      <c r="B661" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C661" s="1" t="s">
-        <v>600</v>
+        <v>599</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" t="s">
+        <v>596</v>
+      </c>
+      <c r="B662" t="s">
         <v>597</v>
       </c>
-      <c r="B662" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C662" s="1" t="s">
-        <v>601</v>
+        <v>600</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" t="s">
+        <v>596</v>
+      </c>
+      <c r="B663" t="s">
         <v>597</v>
       </c>
-      <c r="B663" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C663" s="1" t="s">
-        <v>602</v>
+        <v>601</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" t="s">
+        <v>596</v>
+      </c>
+      <c r="B664" t="s">
         <v>597</v>
       </c>
-      <c r="B664" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C664" s="1" t="s">
-        <v>603</v>
+        <v>602</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" t="s">
+        <v>596</v>
+      </c>
+      <c r="B665" t="s">
         <v>597</v>
       </c>
-      <c r="B665" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C665" s="1" t="s">
-        <v>604</v>
+        <v>603</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" t="s">
+        <v>596</v>
+      </c>
+      <c r="B666" t="s">
         <v>597</v>
-      </c>
-[...1 lines deleted...]
-        <v>598</v>
       </c>
       <c r="C666" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" t="s">
+        <v>596</v>
+      </c>
+      <c r="B667" t="s">
         <v>597</v>
-      </c>
-[...1 lines deleted...]
-        <v>598</v>
       </c>
       <c r="C667" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" t="s">
+        <v>604</v>
+      </c>
+      <c r="B668" t="s">
         <v>605</v>
       </c>
-      <c r="B668" t="s">
+      <c r="C668" s="1" t="s">
         <v>606</v>
-      </c>
-[...1 lines deleted...]
-        <v>607</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" t="s">
+        <v>604</v>
+      </c>
+      <c r="B669" t="s">
         <v>605</v>
       </c>
-      <c r="B669" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C669" s="1" t="s">
-        <v>566</v>
+        <v>581</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" t="s">
+        <v>604</v>
+      </c>
+      <c r="B670" t="s">
         <v>605</v>
       </c>
-      <c r="B670" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C670" s="1" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" t="s">
+        <v>604</v>
+      </c>
+      <c r="B671" t="s">
         <v>605</v>
       </c>
-      <c r="B671" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C671" s="1" t="s">
-        <v>609</v>
+        <v>608</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" t="s">
+        <v>604</v>
+      </c>
+      <c r="B672" t="s">
         <v>605</v>
       </c>
-      <c r="B672" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C672" s="1" t="s">
-        <v>610</v>
+        <v>609</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" t="s">
+        <v>604</v>
+      </c>
+      <c r="B673" t="s">
         <v>605</v>
       </c>
-      <c r="B673" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C673" s="1" t="s">
-        <v>611</v>
+        <v>610</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" t="s">
+        <v>604</v>
+      </c>
+      <c r="B674" t="s">
         <v>605</v>
       </c>
-      <c r="B674" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C674" s="1" t="s">
-        <v>612</v>
+        <v>611</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" t="s">
+        <v>604</v>
+      </c>
+      <c r="B675" t="s">
         <v>605</v>
-      </c>
-[...1 lines deleted...]
-        <v>606</v>
       </c>
       <c r="C675" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" t="s">
+        <v>604</v>
+      </c>
+      <c r="B676" t="s">
         <v>605</v>
-      </c>
-[...1 lines deleted...]
-        <v>606</v>
       </c>
       <c r="C676" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" t="s">
+        <v>612</v>
+      </c>
+      <c r="B677" t="s">
         <v>613</v>
       </c>
-      <c r="B677" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C677" s="1" t="s">
-        <v>615</v>
+        <v>581</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" t="s">
+        <v>612</v>
+      </c>
+      <c r="B678" t="s">
         <v>613</v>
       </c>
-      <c r="B678" t="s">
+      <c r="C678" s="1" t="s">
         <v>614</v>
-      </c>
-[...1 lines deleted...]
-        <v>566</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" t="s">
+        <v>612</v>
+      </c>
+      <c r="B679" t="s">
         <v>613</v>
       </c>
-      <c r="B679" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C679" s="1" t="s">
-        <v>616</v>
+        <v>615</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" t="s">
+        <v>612</v>
+      </c>
+      <c r="B680" t="s">
         <v>613</v>
       </c>
-      <c r="B680" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C680" s="1" t="s">
-        <v>617</v>
+        <v>616</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" t="s">
+        <v>612</v>
+      </c>
+      <c r="B681" t="s">
         <v>613</v>
       </c>
-      <c r="B681" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C681" s="1" t="s">
-        <v>12</v>
+        <v>617</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" t="s">
+        <v>612</v>
+      </c>
+      <c r="B682" t="s">
         <v>613</v>
-      </c>
-[...1 lines deleted...]
-        <v>614</v>
       </c>
       <c r="C682" s="1" t="s">
         <v>618</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" t="s">
+        <v>612</v>
+      </c>
+      <c r="B683" t="s">
         <v>613</v>
-      </c>
-[...1 lines deleted...]
-        <v>614</v>
       </c>
       <c r="C683" s="1" t="s">
         <v>619</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" t="s">
+        <v>612</v>
+      </c>
+      <c r="B684" t="s">
         <v>613</v>
       </c>
-      <c r="B684" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C684" s="1" t="s">
-        <v>620</v>
+        <v>12</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" t="s">
+        <v>612</v>
+      </c>
+      <c r="B685" t="s">
         <v>613</v>
-      </c>
-[...1 lines deleted...]
-        <v>614</v>
       </c>
       <c r="C685" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" t="s">
+        <v>620</v>
+      </c>
+      <c r="B686" t="s">
         <v>621</v>
       </c>
-      <c r="B686" t="s">
+      <c r="C686" s="1" t="s">
         <v>622</v>
-      </c>
-[...1 lines deleted...]
-        <v>623</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" t="s">
+        <v>620</v>
+      </c>
+      <c r="B687" t="s">
         <v>621</v>
       </c>
-      <c r="B687" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C687" s="1" t="s">
-        <v>624</v>
+        <v>581</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" t="s">
+        <v>620</v>
+      </c>
+      <c r="B688" t="s">
         <v>621</v>
       </c>
-      <c r="B688" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C688" s="1" t="s">
-        <v>625</v>
+        <v>623</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" t="s">
+        <v>620</v>
+      </c>
+      <c r="B689" t="s">
         <v>621</v>
       </c>
-      <c r="B689" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C689" s="1" t="s">
-        <v>626</v>
+        <v>624</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" t="s">
+        <v>620</v>
+      </c>
+      <c r="B690" t="s">
         <v>621</v>
       </c>
-      <c r="B690" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C690" s="1" t="s">
-        <v>627</v>
+        <v>625</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" t="s">
+        <v>620</v>
+      </c>
+      <c r="B691" t="s">
         <v>621</v>
       </c>
-      <c r="B691" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C691" s="1" t="s">
-        <v>628</v>
+        <v>626</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" t="s">
+        <v>620</v>
+      </c>
+      <c r="B692" t="s">
         <v>621</v>
       </c>
-      <c r="B692" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C692" s="1" t="s">
-        <v>566</v>
+        <v>627</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" t="s">
+        <v>620</v>
+      </c>
+      <c r="B693" t="s">
         <v>621</v>
-      </c>
-[...1 lines deleted...]
-        <v>622</v>
       </c>
       <c r="C693" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" t="s">
+        <v>620</v>
+      </c>
+      <c r="B694" t="s">
         <v>621</v>
-      </c>
-[...1 lines deleted...]
-        <v>622</v>
       </c>
       <c r="C694" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" t="s">
+        <v>628</v>
+      </c>
+      <c r="B695" t="s">
         <v>629</v>
       </c>
-      <c r="B695" t="s">
+      <c r="C695" s="1" t="s">
         <v>630</v>
-      </c>
-[...1 lines deleted...]
-        <v>631</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" t="s">
+        <v>628</v>
+      </c>
+      <c r="B696" t="s">
         <v>629</v>
       </c>
-      <c r="B696" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C696" s="1" t="s">
-        <v>13</v>
+        <v>581</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" t="s">
+        <v>628</v>
+      </c>
+      <c r="B697" t="s">
         <v>629</v>
       </c>
-      <c r="B697" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C697" s="1" t="s">
-        <v>632</v>
+        <v>631</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" t="s">
+        <v>628</v>
+      </c>
+      <c r="B698" t="s">
         <v>629</v>
       </c>
-      <c r="B698" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C698" s="1" t="s">
-        <v>566</v>
+        <v>632</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" t="s">
+        <v>628</v>
+      </c>
+      <c r="B699" t="s">
         <v>629</v>
       </c>
-      <c r="B699" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C699" s="1" t="s">
-        <v>633</v>
+        <v>12</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" t="s">
+        <v>628</v>
+      </c>
+      <c r="B700" t="s">
         <v>629</v>
       </c>
-      <c r="B700" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C700" s="1" t="s">
-        <v>634</v>
+        <v>633</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" t="s">
+        <v>628</v>
+      </c>
+      <c r="B701" t="s">
         <v>629</v>
       </c>
-      <c r="B701" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C701" s="1" t="s">
-        <v>635</v>
+        <v>634</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" t="s">
+        <v>628</v>
+      </c>
+      <c r="B702" t="s">
         <v>629</v>
       </c>
-      <c r="B702" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C702" s="1" t="s">
-        <v>636</v>
+        <v>635</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" t="s">
+        <v>628</v>
+      </c>
+      <c r="B703" t="s">
         <v>629</v>
       </c>
-      <c r="B703" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C703" s="1" t="s">
-        <v>637</v>
+        <v>13</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" t="s">
+        <v>636</v>
+      </c>
+      <c r="B704" t="s">
+        <v>637</v>
+      </c>
+      <c r="C704" s="1" t="s">
         <v>638</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="B705" t="s">
+        <v>637</v>
+      </c>
+      <c r="C705" s="1" t="s">
         <v>639</v>
-      </c>
-[...1 lines deleted...]
-        <v>566</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="B706" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="C706" s="1" t="s">
-        <v>13</v>
+        <v>640</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="B707" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="C707" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="B708" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="C708" s="1" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="B709" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="C709" s="1" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="B710" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="C710" s="1" t="s">
-        <v>643</v>
+        <v>581</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="B711" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="C711" s="1" t="s">
-        <v>644</v>
+        <v>12</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="B712" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="C712" s="1" t="s">
-        <v>645</v>
+        <v>13</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" t="s">
+        <v>644</v>
+      </c>
+      <c r="B713" t="s">
+        <v>645</v>
+      </c>
+      <c r="C713" s="1" t="s">
         <v>646</v>
-      </c>
-[...4 lines deleted...]
-        <v>566</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" t="s">
-        <v>646</v>
+        <v>644</v>
       </c>
       <c r="B714" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
       <c r="C714" s="1" t="s">
-        <v>648</v>
+        <v>13</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" t="s">
-        <v>646</v>
+        <v>644</v>
       </c>
       <c r="B715" t="s">
+        <v>645</v>
+      </c>
+      <c r="C715" s="1" t="s">
         <v>647</v>
-      </c>
-[...1 lines deleted...]
-        <v>649</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" t="s">
-        <v>646</v>
+        <v>644</v>
       </c>
       <c r="B716" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
       <c r="C716" s="1" t="s">
-        <v>650</v>
+        <v>581</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" t="s">
-        <v>646</v>
+        <v>644</v>
       </c>
       <c r="B717" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
       <c r="C717" s="1" t="s">
-        <v>651</v>
+        <v>648</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" t="s">
-        <v>646</v>
+        <v>644</v>
       </c>
       <c r="B718" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
       <c r="C718" s="1" t="s">
-        <v>652</v>
+        <v>649</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" t="s">
-        <v>646</v>
+        <v>644</v>
       </c>
       <c r="B719" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
       <c r="C719" s="1" t="s">
-        <v>653</v>
+        <v>650</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" t="s">
-        <v>646</v>
+        <v>644</v>
       </c>
       <c r="B720" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
       <c r="C720" s="1" t="s">
-        <v>13</v>
+        <v>651</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" t="s">
-        <v>646</v>
+        <v>644</v>
       </c>
       <c r="B721" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
       <c r="C721" s="1" t="s">
-        <v>12</v>
+        <v>652</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" t="s">
+        <v>653</v>
+      </c>
+      <c r="B722" t="s">
         <v>654</v>
       </c>
-      <c r="B722" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C722" s="1" t="s">
-        <v>656</v>
+        <v>12</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" t="s">
+        <v>653</v>
+      </c>
+      <c r="B723" t="s">
         <v>654</v>
       </c>
-      <c r="B723" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C723" s="1" t="s">
-        <v>566</v>
+        <v>581</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" t="s">
+        <v>653</v>
+      </c>
+      <c r="B724" t="s">
         <v>654</v>
       </c>
-      <c r="B724" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C724" s="1" t="s">
-        <v>657</v>
+        <v>13</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" t="s">
+        <v>653</v>
+      </c>
+      <c r="B725" t="s">
         <v>654</v>
       </c>
-      <c r="B725" t="s">
+      <c r="C725" s="1" t="s">
         <v>655</v>
-      </c>
-[...1 lines deleted...]
-        <v>658</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" t="s">
+        <v>653</v>
+      </c>
+      <c r="B726" t="s">
         <v>654</v>
       </c>
-      <c r="B726" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C726" s="1" t="s">
-        <v>659</v>
+        <v>656</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" t="s">
+        <v>653</v>
+      </c>
+      <c r="B727" t="s">
         <v>654</v>
       </c>
-      <c r="B727" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C727" s="1" t="s">
-        <v>660</v>
+        <v>657</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" t="s">
+        <v>653</v>
+      </c>
+      <c r="B728" t="s">
         <v>654</v>
       </c>
-      <c r="B728" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C728" s="1" t="s">
-        <v>661</v>
+        <v>658</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" t="s">
+        <v>653</v>
+      </c>
+      <c r="B729" t="s">
         <v>654</v>
       </c>
-      <c r="B729" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C729" s="1" t="s">
-        <v>13</v>
+        <v>659</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" t="s">
+        <v>653</v>
+      </c>
+      <c r="B730" t="s">
         <v>654</v>
       </c>
-      <c r="B730" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C730" s="1" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="731" spans="1:3">
+      <c r="A731" t="s">
+        <v>661</v>
+      </c>
+      <c r="B731" t="s">
+        <v>662</v>
+      </c>
+      <c r="C731" s="1" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="732" spans="1:3">
+      <c r="A732" t="s">
+        <v>661</v>
+      </c>
+      <c r="B732" t="s">
+        <v>662</v>
+      </c>
+      <c r="C732" s="1" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="733" spans="1:3">
+      <c r="A733" t="s">
+        <v>661</v>
+      </c>
+      <c r="B733" t="s">
+        <v>662</v>
+      </c>
+      <c r="C733" s="1" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="734" spans="1:3">
+      <c r="A734" t="s">
+        <v>661</v>
+      </c>
+      <c r="B734" t="s">
+        <v>662</v>
+      </c>
+      <c r="C734" s="1" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="735" spans="1:3">
+      <c r="A735" t="s">
+        <v>661</v>
+      </c>
+      <c r="B735" t="s">
+        <v>662</v>
+      </c>
+      <c r="C735" s="1" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="736" spans="1:3">
+      <c r="A736" t="s">
+        <v>661</v>
+      </c>
+      <c r="B736" t="s">
+        <v>662</v>
+      </c>
+      <c r="C736" s="1" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="737" spans="1:3">
+      <c r="A737" t="s">
+        <v>661</v>
+      </c>
+      <c r="B737" t="s">
+        <v>662</v>
+      </c>
+      <c r="C737" s="1" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="738" spans="1:3">
+      <c r="A738" t="s">
+        <v>661</v>
+      </c>
+      <c r="B738" t="s">
+        <v>662</v>
+      </c>
+      <c r="C738" s="1" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="739" spans="1:3">
+      <c r="A739" t="s">
+        <v>661</v>
+      </c>
+      <c r="B739" t="s">
+        <v>662</v>
+      </c>
+      <c r="C739" s="1" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="740" spans="1:3">
+      <c r="A740" t="s">
+        <v>669</v>
+      </c>
+      <c r="B740" t="s">
+        <v>670</v>
+      </c>
+      <c r="C740" s="1" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="741" spans="1:3">
+      <c r="A741" t="s">
+        <v>669</v>
+      </c>
+      <c r="B741" t="s">
+        <v>670</v>
+      </c>
+      <c r="C741" s="1" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="742" spans="1:3">
+      <c r="A742" t="s">
+        <v>669</v>
+      </c>
+      <c r="B742" t="s">
+        <v>670</v>
+      </c>
+      <c r="C742" s="1" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="743" spans="1:3">
+      <c r="A743" t="s">
+        <v>669</v>
+      </c>
+      <c r="B743" t="s">
+        <v>670</v>
+      </c>
+      <c r="C743" s="1" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="744" spans="1:3">
+      <c r="A744" t="s">
+        <v>669</v>
+      </c>
+      <c r="B744" t="s">
+        <v>670</v>
+      </c>
+      <c r="C744" s="1" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="745" spans="1:3">
+      <c r="A745" t="s">
+        <v>669</v>
+      </c>
+      <c r="B745" t="s">
+        <v>670</v>
+      </c>
+      <c r="C745" s="1" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="746" spans="1:3">
+      <c r="A746" t="s">
+        <v>669</v>
+      </c>
+      <c r="B746" t="s">
+        <v>670</v>
+      </c>
+      <c r="C746" s="1" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="747" spans="1:3">
+      <c r="A747" t="s">
+        <v>669</v>
+      </c>
+      <c r="B747" t="s">
+        <v>670</v>
+      </c>
+      <c r="C747" s="1" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="748" spans="1:3">
+      <c r="A748" t="s">
+        <v>669</v>
+      </c>
+      <c r="B748" t="s">
+        <v>670</v>
+      </c>
+      <c r="C748" s="1" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
@@ -11123,50 +11366,68 @@
     <hyperlink ref="C706" r:id="rId_hyperlink_705"/>
     <hyperlink ref="C707" r:id="rId_hyperlink_706"/>
     <hyperlink ref="C708" r:id="rId_hyperlink_707"/>
     <hyperlink ref="C709" r:id="rId_hyperlink_708"/>
     <hyperlink ref="C710" r:id="rId_hyperlink_709"/>
     <hyperlink ref="C711" r:id="rId_hyperlink_710"/>
     <hyperlink ref="C712" r:id="rId_hyperlink_711"/>
     <hyperlink ref="C713" r:id="rId_hyperlink_712"/>
     <hyperlink ref="C714" r:id="rId_hyperlink_713"/>
     <hyperlink ref="C715" r:id="rId_hyperlink_714"/>
     <hyperlink ref="C716" r:id="rId_hyperlink_715"/>
     <hyperlink ref="C717" r:id="rId_hyperlink_716"/>
     <hyperlink ref="C718" r:id="rId_hyperlink_717"/>
     <hyperlink ref="C719" r:id="rId_hyperlink_718"/>
     <hyperlink ref="C720" r:id="rId_hyperlink_719"/>
     <hyperlink ref="C721" r:id="rId_hyperlink_720"/>
     <hyperlink ref="C722" r:id="rId_hyperlink_721"/>
     <hyperlink ref="C723" r:id="rId_hyperlink_722"/>
     <hyperlink ref="C724" r:id="rId_hyperlink_723"/>
     <hyperlink ref="C725" r:id="rId_hyperlink_724"/>
     <hyperlink ref="C726" r:id="rId_hyperlink_725"/>
     <hyperlink ref="C727" r:id="rId_hyperlink_726"/>
     <hyperlink ref="C728" r:id="rId_hyperlink_727"/>
     <hyperlink ref="C729" r:id="rId_hyperlink_728"/>
     <hyperlink ref="C730" r:id="rId_hyperlink_729"/>
+    <hyperlink ref="C731" r:id="rId_hyperlink_730"/>
+    <hyperlink ref="C732" r:id="rId_hyperlink_731"/>
+    <hyperlink ref="C733" r:id="rId_hyperlink_732"/>
+    <hyperlink ref="C734" r:id="rId_hyperlink_733"/>
+    <hyperlink ref="C735" r:id="rId_hyperlink_734"/>
+    <hyperlink ref="C736" r:id="rId_hyperlink_735"/>
+    <hyperlink ref="C737" r:id="rId_hyperlink_736"/>
+    <hyperlink ref="C738" r:id="rId_hyperlink_737"/>
+    <hyperlink ref="C739" r:id="rId_hyperlink_738"/>
+    <hyperlink ref="C740" r:id="rId_hyperlink_739"/>
+    <hyperlink ref="C741" r:id="rId_hyperlink_740"/>
+    <hyperlink ref="C742" r:id="rId_hyperlink_741"/>
+    <hyperlink ref="C743" r:id="rId_hyperlink_742"/>
+    <hyperlink ref="C744" r:id="rId_hyperlink_743"/>
+    <hyperlink ref="C745" r:id="rId_hyperlink_744"/>
+    <hyperlink ref="C746" r:id="rId_hyperlink_745"/>
+    <hyperlink ref="C747" r:id="rId_hyperlink_746"/>
+    <hyperlink ref="C748" r:id="rId_hyperlink_747"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>