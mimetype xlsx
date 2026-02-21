--- v1 (2025-12-13)
+++ v2 (2026-02-21)
@@ -12,92 +12,143 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="677">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="694">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
+    <t>Janeiro de 2026</t>
+  </si>
+  <si>
+    <t>31/01/2026</t>
+  </si>
+  <si>
+    <t>Tributos Arrecadados 01 2026 Lei 9755 de 1998</t>
+  </si>
+  <si>
+    <t>Orçamento 2026</t>
+  </si>
+  <si>
+    <t>Bal Orç 01 2026 Lei 9755 de 1998</t>
+  </si>
+  <si>
+    <t>Demon Rec Desp 01 2026 Lei 9755 de 1998</t>
+  </si>
+  <si>
+    <t>Compras 01 2026 Lei 9755 de 1998</t>
+  </si>
+  <si>
+    <t>Execução Orç 01 2026 Lei 9755 de 1998</t>
+  </si>
+  <si>
+    <t>Repasses 01 2026 Lei 9755 de 1998</t>
+  </si>
+  <si>
+    <t>CONTRATOS E SEUS ADITIVOS</t>
+  </si>
+  <si>
+    <t>PUBLICAÇÃO DOS EDITAIS e AVISOS</t>
+  </si>
+  <si>
+    <t>Dezembro 2025</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>Tributos Arrecadados 12 2025 Lei 9755 de 1998</t>
+  </si>
+  <si>
+    <t>Orçamento 2025</t>
+  </si>
+  <si>
+    <t>Execução Orç 12 2025 Lei 9755 de 1998</t>
+  </si>
+  <si>
+    <t>Bal Orç 12 2025 Lei 9755 de 1998</t>
+  </si>
+  <si>
+    <t>Demon Rec Desp 12 2025 Lei 9755 de 1998</t>
+  </si>
+  <si>
+    <t>Repasses 12 2025 Lei 9755 de 1998</t>
+  </si>
+  <si>
+    <t>Compras 12 2025 Lei 9755 de 1998</t>
+  </si>
+  <si>
     <t>Novembro 2025</t>
   </si>
   <si>
     <t>30/11/2025</t>
   </si>
   <si>
     <t>Tributos Arrecadados 11 2025 Lei 9755 de 1998</t>
   </si>
   <si>
-    <t>Orçamento 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Execução Orç 11 2025 Lei 9755 de 1998</t>
   </si>
   <si>
     <t>Bal Orç 11 2025 Lei 9755 de 1998</t>
   </si>
   <si>
     <t>Demon Rec Desp 11 2025 Lei 9755 de 1998</t>
   </si>
   <si>
     <t>Repasses 11 2025 Lei 9755 de 1998</t>
   </si>
   <si>
     <t>Compras 11 2025 Lei 9755 de 1998</t>
-  </si>
-[...4 lines deleted...]
-    <t>PUBLICAÇÃO DOS EDITAIS e AVISOS</t>
   </si>
   <si>
     <t>Outubro 2025</t>
   </si>
   <si>
     <t>31/10/2025</t>
   </si>
   <si>
     <t>Execução Orç 10 2025 Lei 9755 de 1998</t>
   </si>
   <si>
     <t>Bal Orç 10 2025 Lei 9755 de 1998</t>
   </si>
   <si>
     <t>Demon Rec Desp 09 2025 Lei 9755 de 1998</t>
   </si>
   <si>
     <t>Repasses 10 2025 Lei 9755 de 1998</t>
   </si>
   <si>
     <t>Tributos Arrecadados 10 2025 Lei 9755 de 1998</t>
   </si>
   <si>
     <t>Compras 10 2025 Lei 9755 de 1998</t>
   </si>
@@ -2390,62 +2441,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/699892/images/original/Tributos Arrecadados 11 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/699894/images/original/Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/699895/images/original/Execu&#231;&#227;o Or&#231;  11 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/699896/images/original/Bal Or&#231;  11 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/699897/images/original/Demon Rec Desp  11  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/699898/images/original/Repasses 11 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/699899/images/original/Compras  11 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/699900/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/699901/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/678754/images/original/Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/678755/images/original/Execu&#231;&#227;o Or&#231;  10 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/678756/images/original/Bal Or&#231;  10 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/678757/images/original/Demon Rec Desp  09  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/678758/images/original/Repasses 10 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/678753/images/original/Tributos Arrecadados 10 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/678759/images/original/Compras  10 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/678760/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/678761/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661639/images/original/Tributos Arrecadados 09 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661641/images/original/Execu&#231;&#227;o Or&#231;  09 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661642/images/original/Bal Or&#231;  09 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661643/images/original/Demon Rec Desp  09  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661644/images/original/Repasses 09 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661645/images/original/Compras  09 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661647/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661648/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/678752/images/original/Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638613/images/original/Tributos Arrecadados 08 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638617/images/original/Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638618/images/original/Execu&#231;&#227;o Or&#231;  08 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638619/images/original/Bal Or&#231;  08 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638620/images/original/Demon Rec Desp  08  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638621/images/original/Repasses 08 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638623/images/original/Compras  08 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638624/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638625/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626372/images/original/Tributos Arrecadados 07 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626373/images/original/Execu&#231;&#227;o Or&#231;  07 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626374/images/original/Bal Or&#231;  07 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626375/images/original/Demon Rec Desp  07  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626376/images/original/Repasses 07 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626377/images/original/Compras  07 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626378/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626379/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626380/images/original/Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607452/images/original/Tributos Arrecadados 06 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607453/images/original/Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607454/images/original/Execu&#231;&#227;o Or&#231;  06 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607456/images/original/Bal Or&#231;  06 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607457/images/original/Demon Rec Desp  06  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607458/images/original/Repasses 06 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607459/images/original/Compras  06 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607460/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607461/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588878/images/original/Bal Or&#231;  05  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588869/images/original/Tributos Arrecadados 05 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588870/images/original/Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588872/images/original/Execu&#231;&#227;o Or&#231;  05  2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588879/images/original/Demon Rec Desp  05  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588880/images/original/Repasses 05 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588881/images/original/Compras  05 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588882/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588883/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561061/images/original/Execu&#231;&#227;o Or&#231;  04  2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561062/images/original/Bal Or&#231;  04  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561058/images/original/Tributos Arrecadados 04 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561063/images/original/Demon Rec Desp  04  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561059/images/original/Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561064/images/original/Repasses 04 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561065/images/original/Compras  04 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561066/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561067/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549923/images/original/Tributos Arrecadados 03 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549924/images/original/Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549926/images/original/Execu&#231;&#227;o Or&#231;  03  2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549927/images/original/Bal Or&#231;  03  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549929/images/original/Demon Rec Desp  03  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549930/images/original/Repasses 03 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549931/images/original/Compras  03 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549932/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549933/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529776/images/original/Tributos Arrecadados 02 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529777/images/original/Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529778/images/original/Execu&#231;&#227;o Or&#231;  02  2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529779/images/original/Bal Or&#231;  02  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529780/images/original/Demon Rec Desp  02  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529781/images/original/Repasses 02 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529782/images/original/Compras  02 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529783/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529784/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521858/images/original/Tributos Arrecadados 01 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521859/images/original/Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521860/images/original/Execu&#231;&#227;o Or&#231;  01  2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521861/images/original/Bal Or&#231;  01  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521862/images/original/Demon Rec Desp  01  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521863/images/original/Repasses 01 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521864/images/original/Compras  01 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521865/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521866/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514263/images/original/Tributos Arrecadados 12 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514264/images/original/Execu&#231;&#227;o Or&#231;  12  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514265/images/original/Bal Or&#231;  12 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514266/images/original/Demon Rec Desp  12  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514267/images/original/Repasses 12 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514268/images/original/Compras  12 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514269/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514270/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514271/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504533/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504534/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504526/images/original/Tributos Arrecadados 11 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504527/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504528/images/original/Execu&#231;&#227;o Or&#231;  11  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504529/images/original/Bal Or&#231;  11 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504530/images/original/Demon Rec Desp  11  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504531/images/original/Repasses 11 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504532/images/original/Compras  11 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496272/images/original/Tributos Arrecadados 10 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496274/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496275/images/original/Execu&#231;&#227;o Or&#231;  10  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496276/images/original/Bal Or&#231;  10 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496277/images/original/Demon Rec Desp  10  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496278/images/original/Repasses 10 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496279/images/original/Compras  10 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496280/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496281/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488763/images/original/Tributos Arrecadados 09 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488764/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488765/images/original/Execu&#231;&#227;o Or&#231;  09  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488766/images/original/Bal Or&#231;  09 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488767/images/original/Demon Rec Desp  09  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488768/images/original/Repasses 09 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488769/images/original/Compras  09 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488770/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488771/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483568/images/original/Demon Bal Or&#231; 4&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483569/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483570/images/original/Execu&#231;&#227;o Or&#231;  08  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483572/images/original/Bal Or&#231;  08 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483573/images/original/Demon Rec Desp  08  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483574/images/original/Repasses 08 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483575/images/original/Compras  08 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483576/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483577/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473284/images/original/Tributos Arrecadados 07 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473286/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473287/images/original/Execu&#231;&#227;o Or&#231;  07  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473288/images/original/Bal Or&#231;  07 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473289/images/original/Demon Rec Desp  07  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473290/images/original/Repasses 07 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473291/images/original/Compras  07 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473292/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473293/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466117/images/original/Repasses 06 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466111/images/original/Tributos Arrecadados 06 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466112/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466113/images/original/Execu&#231;&#227;o Or&#231;  06  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466114/images/original/Bal Or&#231;  06 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466115/images/original/Demon Rec Desp  06  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466118/images/original/Compras  06 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466120/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466121/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454786/images/original/Tributos Arrecadados 05 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454787/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454788/images/original/Execu&#231;&#227;o Or&#231;  05  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454789/images/original/Bal Or&#231;  05 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454790/images/original/Demon Rec Desp  05  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454791/images/original/Repasses 05 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454792/images/original/Compras  05 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454793/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454794/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447505/images/original/Tributos Arrecadados 04 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447506/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447507/images/original/Execu&#231;&#227;o Or&#231;  04  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447508/images/original/Bal Or&#231;  04 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447509/images/original/Demon Rec Desp  04  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447510/images/original/Repasses 04 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447511/images/original/Compras  04 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447512/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447513/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415701/images/original/Tributos Arrecadados 03 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415703/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415704/images/original/Execu&#231;&#227;o Or&#231;  03  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415705/images/original/Bal Or&#231;  03 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415706/images/original/Demon Rec Desp  03  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415707/images/original/Repasses 03 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415708/images/original/Compras  03 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415709/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415710/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408222/images/original/Demon Rec Desp  02  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408223/images/original/Repasses 02 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408218/images/original/Tributos Arrecadados 02 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408219/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408220/images/original/Execu&#231;&#227;o Or&#231;  02  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408221/images/original/Bal Or&#231;  02 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408224/images/original/Compras  02 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408225/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408226/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400371/images/original/Execu&#231;&#227;o Or&#231;  01  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400372/images/original/Bal Or&#231;  01 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400373/images/original/Demon Rec Desp  01  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400374/images/original/Repasses 01 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400369/images/original/Tributos Arrecadados 01 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400370/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400375/images/original/Compras  12 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400376/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400377/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389736/images/original/Tributos Arrecadados 12 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389737/images/original/Execu&#231;&#227;o Or&#231;  12  2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389738/images/original/Bal Or&#231;  12 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389739/images/original/Demon Rec Desp  12  2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389740/images/original/Repasses 12 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389742/images/original/Compras  12 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389743/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389744/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389745/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380191/images/original/Tributos Arrecadados 11 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380193/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380194/images/original/Execu&#231;&#227;o Or&#231;  11  2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380195/images/original/Bal Or&#231;  11 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380196/images/original/Demon Rec Desp  11  2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380197/images/original/Repasses 11 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380198/images/original/Compras  11 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380199/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380200/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364142/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364136/images/original/Execu&#231;&#227;o Or&#231;  10  2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364134/images/original/Tributos Arrecadados 10 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364135/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364138/images/original/Bal Or&#231;  10 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364139/images/original/Demon Rec Desp  10  2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364140/images/original/Repasses 10 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364141/images/original/Compras  10 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364143/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343355/images/original/Bal Or&#231;  09 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343353/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343352/images/original/Tributos Arrecadados 09 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343354/images/original/Execu&#231;&#227;o Or&#231;  09 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343356/images/original/Demon Rec Desp  09  2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343357/images/original/Repasses 09 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343358/images/original/Compras  09 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343359/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343360/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322755/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322754/images/original/Tributos Arrecadados 08 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322756/images/original/Execu&#231;&#227;o Or&#231;  08 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322758/images/original/Bal Or&#231;  08 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322759/images/original/Demon Rec Desp  08  2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322760/images/original/Repasses 08 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322761/images/original/Compras  06 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322762/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322763/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314404/images/original/Bal Or&#231;  07 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314405/images/original/Demon Rec Desp  07  2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314406/images/original/Repasses 07 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314401/images/original/Tributos Arrecadados 07 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314402/images/original/Execu&#231;&#227;o Or&#231;  07  2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314403/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314407/images/original/Compras  06 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314408/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314409/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306370/images/original/Demon Rec Desp  06  2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306366/images/original/Tributos Arrecadados 06 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306367/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306368/images/original/Execu&#231;&#227;o Or&#231;  06 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306369/images/original/Bal Or&#231;  06 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306371/images/original/Repasses 06 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306372/images/original/Compras  06 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306374/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306375/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302121/images/original/Tributos Arrecadados 05 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302123/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302124/images/original/Execu&#231;&#227;o Or&#231;  05 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302126/images/original/Bal Or&#231;  05 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302127/images/original/Demon Rec Desp  05  2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302129/images/original/Repasses 05 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302131/images/original/Compras  05 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302132/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302134/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292285/images/original/Tributos Arrecadados 04 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292286/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292287/images/original/Execu&#231;&#227;o Or&#231;  04  2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292288/images/original/Bal Or&#231;  04 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292289/images/original/Demon Rec Desp  04 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292290/images/original/Repasses 04 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292291/images/original/Compras  04 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292292/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292293/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286493/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286483/images/original/Tributos Arrecadados 03 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286486/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286487/images/original/Execu&#231;&#227;o Or&#231;  03  2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286488/images/original/Bal Or&#231;  03 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286489/images/original/Demon Rec Desp  03 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286490/images/original/Repasses 03 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286491/images/original/Compras  03 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286492/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279016/images/original/Tributos Arrecadados 02 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279018/images/original/Execu&#231;&#227;o Or&#231;  02  2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279017/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279019/images/original/Bal Or&#231;  02 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279020/images/original/Demon Rec Desp  02 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279021/images/original/Repasses 02 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279022/images/original/Compras  02 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279023/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279024/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273122/images/original/Tributos Arrecadados 01 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273123/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273124/images/original/Execu&#231;&#227;o Or&#231;  01  2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273125/images/original/Bal Or&#231;  01 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273126/images/original/Demon Rec Desp  01 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273128/images/original/Repasses 01 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273129/images/original/Compras  01 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273130/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273131/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263421/images/original/Tributos Arrecadados 12 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263422/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263423/images/original/Execu&#231;&#227;o Or&#231;  12  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263424/images/original/Bal Or&#231;  12 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263425/images/original/Demon Rec Desp  12 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263426/images/original/Repasses 12  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263427/images/original/Compras  12 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263428/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263429/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252379/images/original/Tributos Arrecadados 11 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252380/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252381/images/original/Execu&#231;&#227;o Or&#231;  11  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252382/images/original/Bal Or&#231;  11 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252383/images/original/Demon Rec Desp  11 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252384/images/original/Repasses 11 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252385/images/original/Compras  11 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252386/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252387/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247210/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247211/images/original/Execu&#231;&#227;o Or&#231;  10  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247212/images/original/Bal Or&#231;  10 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247213/images/original/Demon Rec Desp  10 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247216/images/original/Repasses 10 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247217/images/original/Compras  10 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247218/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247209/images/original/Tributos Arrecadados 10 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247219/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239786/images/original/Bal Or&#231;  09  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239783/images/original/Tributos Arrecadados 09 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239784/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239785/images/original/Execu&#231;&#227;o Or&#231;  09  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239788/images/original/Demon Rec Desp  09 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239789/images/original/Repasses 09 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239790/images/original/Compras  09 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239791/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239792/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221447/images/original/Tributos Arrecadados 08 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221448/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221449/images/original/Execu&#231;&#227;o Or&#231;  08  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221450/images/original/Bal Or&#231;  08  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221451/images/original/Demon Rec Desp  08 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221452/images/original/Repasses 08 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221453/images/original/Compras  08 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221454/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221455/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215745/images/original/Tributos Arrecadados 07 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215746/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215747/images/original/Execu&#231;&#227;o Or&#231;  07  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215748/images/original/Bal Or&#231;  07  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215749/images/original/Demon Rec Desp  07 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215750/images/original/Repasses 07 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215751/images/original/Compras  07  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215752/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215753/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209947/images/original/Tributos Arrecadados 06 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209948/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209949/images/original/Execu&#231;&#227;o Or&#231;  06  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209950/images/original/Bal Or&#231;  06  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209951/images/original/Demon Rec Desp  06 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209952/images/original/Repasses 06 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209953/images/original/Compras  06  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209954/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209955/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205198/images/original/Bal Or&#231;  05  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205194/images/original/Tributos Arrecadados 05 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205195/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205196/images/original/Execu&#231;&#227;o Or&#231;  05  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205203/images/original/Demon Rec Desp  05  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205204/images/original/Repasses 05 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205205/images/original/Compras  05  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205206/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205208/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200904/images/original/Tributos Arrecadados 04 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200905/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200906/images/original/Execu&#231;&#227;o Or&#231;  04  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200907/images/original/Bal Or&#231;  04  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200908/images/original/Demon Rec Desp  04  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200909/images/original/Repasses 04 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200910/images/original/Compras  04 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200911/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200912/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/194509/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/194493/images/original/Tributos Arrecadados 03 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/194495/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/194498/images/original/Execu&#231;&#227;o Or&#231;  03  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/194501/images/original/Bal Or&#231;  03  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/194503/images/original/Demon Rec Desp  03  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/194504/images/original/Repasses 03 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/194506/images/original/Compras  03 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/194507/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180638/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180635/images/original/Tributos Arrecadados 02 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180645/images/original/Bal Or&#231;  02  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180647/images/original/Demon Rec Desp  02  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180648/images/original/Repasses 02 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180649/images/original/Compras  02 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180643/images/original/Execu&#231;&#227;o Or&#231;  02  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180650/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180652/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178268/images/original/Tributos Arrecadados 01 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178269/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178270/images/original/Execu&#231;&#227;o Or&#231;  01 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178274/images/original/Bal Or&#231;  01 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178275/images/original/Demon Rec Desp  01 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178279/images/original/Repasses 01 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178281/images/original/Compras  01 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178282/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178283/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174071/images/original/Tributos Arrecadados 12 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174072/images/original/Bal Or&#231;  12 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174073/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174074/images/original/Execu&#231;&#227;o Or&#231;  12 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174075/images/original/Demon Rec Desp  12 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174079/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174077/images/original/Repasses 12 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174078/images/original/Compras  12 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174080/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170728/images/original/Tributos Arrecadados 11 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170730/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170731/images/original/Execu&#231;&#227;o Or&#231;  11 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170732/images/original/Bal Or&#231;  11 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170733/images/original/Demon Rec Desp  11 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170735/images/original/Repasses 11 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170736/images/original/Compras  11 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170737/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170738/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164828/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164827/images/original/Tributos Arrecadados 10 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164829/images/original/Execu&#231;&#227;o Or&#231;  10 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164830/images/original/Bal Or&#231;  10 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164835/images/original/Demon Rec Desp  10 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164836/images/original/Repasses 10 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164837/images/original/Compras  10 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164838/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164839/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160417/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160418/images/original/Execu&#231;&#227;o Or&#231;  09 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160416/images/original/Tributos Arrecadados 09 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160419/images/original/Bal Or&#231;  09 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160420/images/original/Demon Rec Desp  09 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160421/images/original/Repasses 09 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160423/images/original/Compras  09 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160425/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160426/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153083/images/original/Bal Or&#231;  08 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153080/images/original/Tributos Arrecadados 08 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153081/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153082/images/original/Execu&#231;&#227;o Or&#231;  08 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153084/images/original/Demon Rec Desp  08 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153085/images/original/Repasses 08 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153086/images/original/Compras  08 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153087/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153088/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149263/images/original/Tributos Arrecadados 07 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149264/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149265/images/original/Execu&#231;&#227;o Or&#231;  07 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149266/images/original/Bal Or&#231;  07 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149267/images/original/Demon Rec Desp  07 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149268/images/original/Repasses 07 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149269/images/original/Compras  07 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149270/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149271/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145064/images/original/Tributos Arrecadados 06 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145065/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145066/images/original/Execu&#231;&#227;o Or&#231;  06 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145067/images/original/Bal Or&#231;  06 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145068/images/original/Demon Rec Desp  06 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145069/images/original/Repasses 06 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145070/images/original/Compras  06 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145071/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145072/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141744/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141745/images/original/Execu&#231;&#227;o Or&#231;  05 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141746/images/original/Bal Or&#231;  05 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141747/images/original/Demon Rec Desp  05 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141742/images/original/Tributos Arrecadados 05 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141748/images/original/Repasses 05 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141749/images/original/Compras  05 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141750/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141752/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137973/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137974/images/original/Execu&#231;&#227;o Or&#231;  04 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137975/images/original/Bal Or&#231;  04 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137972/images/original/Tributos Arrecadados 04 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137976/images/original/Demon Rec Desp  04 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137977/images/original/Repasses 04 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137978/images/original/Compras  04 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137979/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137980/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134904/images/original/Repasses 03 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134905/images/original/Compras  03 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134899/images/original/Tributos Arrecadados 03 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134900/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134901/images/original/Execu&#231;&#227;o Or&#231;  03 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134902/images/original/Bal Or&#231;  03 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134903/images/original/Demon Rec Desp  03 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134906/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134907/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132470/images/original/Repasses 02 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132465/images/original/Tributos Arrecadados 02 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132466/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132467/images/original/Execu&#231;&#227;o Or&#231;  02 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132468/images/original/Bal Or&#231;  02 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132469/images/original/Demon Rec Desp  02 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132471/images/original/Compras  02 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132472/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132473/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130732/images/original/Compras  01 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130733/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130734/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130726/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130727/images/original/Tributos Arrecadados 01 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130728/images/original/Execu&#231;&#227;o Or&#231;  01 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130729/images/original/Bal Or&#231;  01 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130730/images/original/Demon Rec Desp  01 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130731/images/original/Repasses 01 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128430/images/original/Tributos Arrecadados 12 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128431/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128432/images/original/Execu&#231;&#227;o Or&#231;  12 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128433/images/original/Bal Or&#231;  12 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128434/images/original/Demon Rec Desp  12 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128435/images/original/Repasses  12 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128436/images/original/Compras  12  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128437/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128438/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126711/images/original/Tributos Arrecadados 11 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126712/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126713/images/original/Execu&#231;&#227;o Or&#231;  11 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126714/images/original/Bal Or&#231;  11 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126715/images/original/Demon Rec Desp  11 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126716/images/original/Repasses  11 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126717/images/original/Compras  11  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126718/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126719/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124393/images/original/Tributos Arrecadados 10 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124394/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124395/images/original/Execu&#231;&#227;o Or&#231;  10 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124396/images/original/Bal Or&#231;  10 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124397/images/original/Demon Rec Desp  10 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124398/images/original/Repasses  10 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124399/images/original/Compras  10  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124400/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124401/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122493/images/original/Execu&#231;&#227;o Or&#231;  09 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122494/images/original/Bal Or&#231;  09 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122495/images/original/Demon Rec Desp  09 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122490/images/original/Tributos Arrecadados 09 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122491/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122496/images/original/Repasses  09 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122497/images/original/Compras  09  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122498/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122499/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119585/images/original/Execu&#231;&#227;o Or&#231;  08 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119586/images/original/Bal Or&#231;  08  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119583/images/original/Tributos Arrecadados 08 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119584/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119587/images/original/Demon Rec Desp  08 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119588/images/original/Repasses  08 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119589/images/original/Compras  08  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119590/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119591/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115379/images/original/Tributos Arrecadados 07 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115380/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115381/images/original/Execu&#231;&#227;o Or&#231;  07 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115382/images/original/Bal Or&#231;  07  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115383/images/original/Demon Rec Desp  07 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115384/images/original/Repasses  07 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115385/images/original/Compras  07  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115386/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115387/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109782/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109780/images/original/Compras  06  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109781/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109774/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109773/images/original/Tributos Arrecadados 06 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109775/images/original/Execu&#231;&#227;o Or&#231;  06 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109776/images/original/Bal Or&#231;  06  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109778/images/original/Demon Rec Desp  06 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109779/images/original/Repasses  06 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92686/images/original/Tributos Arrecadados 05 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92687/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92688/images/original/Execu&#231;&#227;o Or&#231;  05 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92689/images/original/Bal Or&#231;  05 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92690/images/original/Demon Rec Desp  05 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92691/images/original/Repasses  05 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92692/images/original/Compras  05  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92693/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92694/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80459/images/original/Demon Rec Desp  04 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80454/images/original/Tributos Arrecadados 04 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80455/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80456/images/original/Execu&#231;&#227;o Or&#231;  04 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80457/images/original/Bal Or&#231;  04  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80460/images/original/Repasses  04 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80461/images/original/Compras  04  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80462/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80463/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75421/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75422/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75423/images/original/Compras  03 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75424/images/original/Repasses  03 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75425/images/original/Demon Rec Desp  03 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75426/images/original/Bal Or&#231;  03  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75427/images/original/Execu&#231;&#227;o Or&#231;  03 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75428/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75429/images/original/Tributos Arrecadados 03 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73191/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73190/images/original/Tributos Arrecadados 02 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73192/images/original/Execu&#231;&#227;o Or&#231;  02 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73193/images/original/Bal Or&#231;  02  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73194/images/original/Demon Rec Desp  02 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73195/images/original/Repasses  02 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73196/images/original/Compras  02 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73197/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73198/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72074/images/original/Tributos Arrecadados 01 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72075/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72076/images/original/Execu&#231;&#227;o Or&#231;  01 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72077/images/original/Bal Or&#231;  01 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72078/images/original/Demon Rec Desp  01 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72079/images/original/Repasses 01 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72080/images/original/Compras  01 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72081/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72082/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68031/images/original/Tributos Arrecadados 12 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68032/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68033/images/original/Execu&#231;&#227;o dos Or&#231;amentos 12 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68034/images/original/Balan&#231;o Or&#231;ament&#225;rio 12 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68035/images/original/Demon Rec Desp 12 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68036/images/original/Repasses 12 2019 Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68037/images/original/Compras 12 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68038/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68039/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62598/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62590/images/original/Tributos Arrecadados 11 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62591/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62592/images/original/Execu&#231;&#227;o dos Or&#231;amentos 11 2019 Lei 9755  1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62593/images/original/Balan&#231;o Or&#231;ament&#225;rio 11 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62594/images/original/Demon Rec Desp 11 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62596/images/original/Repasses 11 2019 Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62597/images/original/Compras 11 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62599/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60011/images/original/Tributos Arrecadados 10 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60012/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60013/images/original/Execu&#231;&#227;o dos Or&#231;amentos 10 2019 Lei 9755  1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60014/images/original/Balan&#231;o Or&#231;ament&#225;rio 10 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60015/images/original/Demon Rec Desp 10 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60016/images/original/Repasses 10 2019 Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60017/images/original/Compras 10 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60018/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60019/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/57333/images/original/Tributos Arrecadados 09 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/57334/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/57336/images/original/Execu&#231;&#227;o dos Or&#231;amentos 09 2019 Lei 9755  1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/57337/images/original/Balan&#231;o Or&#231;ament&#225;rio 09 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/57338/images/original/Demon Rec Desp 09 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/57339/images/original/Repasses 09 2019 Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/57340/images/original/Compras 09 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/57342/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/57343/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51724/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51723/images/original/Tributos Arrecadados 08 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51725/images/original/Execu&#231;&#227;o dos Or&#231;amentos 08 2019 Lei 9755  1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51727/images/original/Balan&#231;o Or&#231;ament&#225;rio 08 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51728/images/original/Demon Rec Desp 08 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51729/images/original/Repasses 08 2019 Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51731/images/original/Compras 08 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51732/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51733/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48586/images/original/Tributos Arrecadados 07 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48587/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48588/images/original/Execu&#231;&#227;o dos Or&#231;amentos 07 2019 Lei 9755  1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48589/images/original/Balan&#231;o Or&#231;ament&#225;rio 07 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48590/images/original/Demon Rec Desp 07 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48591/images/original/Repasses 07 2019 Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48592/images/original/Compras 07 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48593/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48594/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44373/images/original/Tributos Arrecadados 06 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44374/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44378/images/original/Repasses 06 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44379/images/original/Compras 06 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44380/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44375/images/original/Execu&#231;&#227;o dos Or&#231;amentos 06 2019 Lei 9755  1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44376/images/original/Balan&#231;o Or&#231;ament&#225;rio 06 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44377/images/original/Demon Rec Desp 06 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44381/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41652/images/original/Tributos Arrecadados 05 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41653/images/original/Execu&#231;&#227;o dos Or&#231;amentos 05 2019 Lei 9755  1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41654/images/original/Balan&#231;o Or&#231;ament&#225;rio 05 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41655/images/original/Demon Rec Desp 05 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41656/images/original/Repasses 05 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41657/images/original/Compras 05 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41658/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41659/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41660/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38093/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38094/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38095/images/original/Tributos Arrecadados 04 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38096/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38097/images/original/Execu&#231;&#227;o dos Or&#231;amentos 04 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38098/images/original/Balan&#231;o Or&#231;ament&#225;rio 04 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38099/images/original/Demon Rec Desp 04 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38101/images/original/Compras 04 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38100/images/original/Repasses 04 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35412/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35413/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35415/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35416/images/original/Tributos Arrecadados 03 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35417/images/original/Execu&#231;&#227;o dos Or&#231;amentos 03 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35418/images/original/Balan&#231;o Or&#231;ament&#225;rio 03 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35419/images/original/Demon Rec Desp 03 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35420/images/original/Recursos Repassados  03 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35421/images/original/Compras 03 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19025/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19024/images/original/Tributos Arrecadados 02 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19026/images/original/Execu&#231;&#227;o dos Or&#231;amentos 02 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19027/images/original/Balan&#231;o Or&#231;ament&#225;rio 02 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19028/images/original/Demon Rec Desp 02 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19029/images/original/Recursos Repassados Transf. Uni&#227;o Coeficientes de rateio 02 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19030/images/original/Compras 02 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19045/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19048/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19004/images/original/Tributos Arrecadados 01 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19005/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19006/images/original/Execu&#231;&#227;o dos Or&#231;amentos 01 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19007/images/original/Balan&#231;o Or&#231;ament&#225;rio 01 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19008/images/original/Demon Rec Desp 01 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19009/images/original/Recursos Repassados Transf. Uni&#227;o Coeficientes de rateio 01 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19010/images/original/Compras 01 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19044/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19047/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/728191/images/original/Tributos Arrecadados 01 2026  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/728196/images/original/Or&#231;amento 2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/728197/images/original/Bal Or&#231;  01 2026  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/728198/images/original/Demon Rec Desp  01  2026  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/728199/images/original/Compras  01 2026  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/728200/images/original/Execu&#231;&#227;o Or&#231;  01 2026  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/728201/images/original/Repasses 01 2026  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/728203/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/728204/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/719434/images/original/Tributos Arrecadados 12 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/719435/images/original/Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/719436/images/original/Execu&#231;&#227;o Or&#231;  12 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/719438/images/original/Bal Or&#231;  12 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/719439/images/original/Demon Rec Desp  12  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/719441/images/original/Repasses 12 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/719442/images/original/Compras  12 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/719444/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/719445/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/699892/images/original/Tributos Arrecadados 11 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/699894/images/original/Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/699895/images/original/Execu&#231;&#227;o Or&#231;  11 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/699896/images/original/Bal Or&#231;  11 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/699897/images/original/Demon Rec Desp  11  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/699898/images/original/Repasses 11 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/699899/images/original/Compras  11 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/699900/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/699901/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/678754/images/original/Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/678755/images/original/Execu&#231;&#227;o Or&#231;  10 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/678756/images/original/Bal Or&#231;  10 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/678757/images/original/Demon Rec Desp  09  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/678758/images/original/Repasses 10 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/678753/images/original/Tributos Arrecadados 10 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/678759/images/original/Compras  10 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/678760/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/678761/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661639/images/original/Tributos Arrecadados 09 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661641/images/original/Execu&#231;&#227;o Or&#231;  09 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661642/images/original/Bal Or&#231;  09 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661643/images/original/Demon Rec Desp  09  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661644/images/original/Repasses 09 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661645/images/original/Compras  09 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661647/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661648/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/678752/images/original/Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638613/images/original/Tributos Arrecadados 08 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638617/images/original/Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638618/images/original/Execu&#231;&#227;o Or&#231;  08 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638619/images/original/Bal Or&#231;  08 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638620/images/original/Demon Rec Desp  08  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638621/images/original/Repasses 08 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638623/images/original/Compras  08 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638624/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638625/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626372/images/original/Tributos Arrecadados 07 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626373/images/original/Execu&#231;&#227;o Or&#231;  07 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626374/images/original/Bal Or&#231;  07 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626375/images/original/Demon Rec Desp  07  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626376/images/original/Repasses 07 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626377/images/original/Compras  07 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626378/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626379/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626380/images/original/Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607452/images/original/Tributos Arrecadados 06 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607453/images/original/Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607454/images/original/Execu&#231;&#227;o Or&#231;  06 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607456/images/original/Bal Or&#231;  06 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607457/images/original/Demon Rec Desp  06  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607458/images/original/Repasses 06 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607459/images/original/Compras  06 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607460/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607461/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588878/images/original/Bal Or&#231;  05  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588869/images/original/Tributos Arrecadados 05 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588870/images/original/Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588872/images/original/Execu&#231;&#227;o Or&#231;  05  2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588879/images/original/Demon Rec Desp  05  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588880/images/original/Repasses 05 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588881/images/original/Compras  05 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588882/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588883/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561061/images/original/Execu&#231;&#227;o Or&#231;  04  2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561062/images/original/Bal Or&#231;  04  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561058/images/original/Tributos Arrecadados 04 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561063/images/original/Demon Rec Desp  04  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561059/images/original/Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561064/images/original/Repasses 04 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561065/images/original/Compras  04 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561066/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561067/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549923/images/original/Tributos Arrecadados 03 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549924/images/original/Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549926/images/original/Execu&#231;&#227;o Or&#231;  03  2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549927/images/original/Bal Or&#231;  03  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549929/images/original/Demon Rec Desp  03  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549930/images/original/Repasses 03 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549931/images/original/Compras  03 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549932/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549933/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529776/images/original/Tributos Arrecadados 02 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529777/images/original/Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529778/images/original/Execu&#231;&#227;o Or&#231;  02  2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529779/images/original/Bal Or&#231;  02  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529780/images/original/Demon Rec Desp  02  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529781/images/original/Repasses 02 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529782/images/original/Compras  02 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529783/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529784/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521858/images/original/Tributos Arrecadados 01 2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521859/images/original/Or&#231;amento 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521860/images/original/Execu&#231;&#227;o Or&#231;  01  2025 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521861/images/original/Bal Or&#231;  01  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521862/images/original/Demon Rec Desp  01  2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521863/images/original/Repasses 01 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521864/images/original/Compras  01 2025  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521865/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521866/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514263/images/original/Tributos Arrecadados 12 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514264/images/original/Execu&#231;&#227;o Or&#231;  12  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514265/images/original/Bal Or&#231;  12 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514266/images/original/Demon Rec Desp  12  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514267/images/original/Repasses 12 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514268/images/original/Compras  12 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514269/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514270/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514271/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504533/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504534/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504526/images/original/Tributos Arrecadados 11 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504527/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504528/images/original/Execu&#231;&#227;o Or&#231;  11  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504529/images/original/Bal Or&#231;  11 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504530/images/original/Demon Rec Desp  11  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504531/images/original/Repasses 11 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504532/images/original/Compras  11 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496272/images/original/Tributos Arrecadados 10 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496274/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496275/images/original/Execu&#231;&#227;o Or&#231;  10  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496276/images/original/Bal Or&#231;  10 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496277/images/original/Demon Rec Desp  10  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496278/images/original/Repasses 10 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496279/images/original/Compras  10 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496280/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496281/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488763/images/original/Tributos Arrecadados 09 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488764/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488765/images/original/Execu&#231;&#227;o Or&#231;  09  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488766/images/original/Bal Or&#231;  09 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488767/images/original/Demon Rec Desp  09  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488768/images/original/Repasses 09 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488769/images/original/Compras  09 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488770/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488771/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483568/images/original/Demon Bal Or&#231; 4&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483569/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483570/images/original/Execu&#231;&#227;o Or&#231;  08  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483572/images/original/Bal Or&#231;  08 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483573/images/original/Demon Rec Desp  08  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483574/images/original/Repasses 08 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483575/images/original/Compras  08 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483576/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483577/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473284/images/original/Tributos Arrecadados 07 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473286/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473287/images/original/Execu&#231;&#227;o Or&#231;  07  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473288/images/original/Bal Or&#231;  07 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473289/images/original/Demon Rec Desp  07  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473290/images/original/Repasses 07 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473291/images/original/Compras  07 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473292/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473293/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466117/images/original/Repasses 06 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466111/images/original/Tributos Arrecadados 06 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466112/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466113/images/original/Execu&#231;&#227;o Or&#231;  06  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466114/images/original/Bal Or&#231;  06 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466115/images/original/Demon Rec Desp  06  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466118/images/original/Compras  06 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466120/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466121/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454786/images/original/Tributos Arrecadados 05 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454787/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454788/images/original/Execu&#231;&#227;o Or&#231;  05  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454789/images/original/Bal Or&#231;  05 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454790/images/original/Demon Rec Desp  05  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454791/images/original/Repasses 05 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454792/images/original/Compras  05 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454793/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454794/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447505/images/original/Tributos Arrecadados 04 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447506/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447507/images/original/Execu&#231;&#227;o Or&#231;  04  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447508/images/original/Bal Or&#231;  04 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447509/images/original/Demon Rec Desp  04  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447510/images/original/Repasses 04 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447511/images/original/Compras  04 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447512/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447513/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415701/images/original/Tributos Arrecadados 03 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415703/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415704/images/original/Execu&#231;&#227;o Or&#231;  03  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415705/images/original/Bal Or&#231;  03 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415706/images/original/Demon Rec Desp  03  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415707/images/original/Repasses 03 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415708/images/original/Compras  03 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415709/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415710/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408222/images/original/Demon Rec Desp  02  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408223/images/original/Repasses 02 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408218/images/original/Tributos Arrecadados 02 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408219/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408220/images/original/Execu&#231;&#227;o Or&#231;  02  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408221/images/original/Bal Or&#231;  02 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408224/images/original/Compras  02 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408225/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408226/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400371/images/original/Execu&#231;&#227;o Or&#231;  01  2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400372/images/original/Bal Or&#231;  01 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400373/images/original/Demon Rec Desp  01  2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400374/images/original/Repasses 01 2024  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400369/images/original/Tributos Arrecadados 01 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400370/images/original/Or&#231;amento 2024 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400375/images/original/Compras  12 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400376/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400377/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389736/images/original/Tributos Arrecadados 12 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389737/images/original/Execu&#231;&#227;o Or&#231;  12  2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389738/images/original/Bal Or&#231;  12 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389739/images/original/Demon Rec Desp  12  2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389740/images/original/Repasses 12 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389742/images/original/Compras  12 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389743/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389744/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389745/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380191/images/original/Tributos Arrecadados 11 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380193/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380194/images/original/Execu&#231;&#227;o Or&#231;  11  2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380195/images/original/Bal Or&#231;  11 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380196/images/original/Demon Rec Desp  11  2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380197/images/original/Repasses 11 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380198/images/original/Compras  11 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380199/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380200/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364142/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364136/images/original/Execu&#231;&#227;o Or&#231;  10  2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364134/images/original/Tributos Arrecadados 10 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364135/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364138/images/original/Bal Or&#231;  10 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364139/images/original/Demon Rec Desp  10  2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364140/images/original/Repasses 10 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364141/images/original/Compras  10 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364143/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343355/images/original/Bal Or&#231;  09 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343353/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343352/images/original/Tributos Arrecadados 09 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343354/images/original/Execu&#231;&#227;o Or&#231;  09 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343356/images/original/Demon Rec Desp  09  2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343357/images/original/Repasses 09 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343358/images/original/Compras  09 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343359/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343360/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322755/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322754/images/original/Tributos Arrecadados 08 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322756/images/original/Execu&#231;&#227;o Or&#231;  08 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322758/images/original/Bal Or&#231;  08 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322759/images/original/Demon Rec Desp  08  2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322760/images/original/Repasses 08 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322761/images/original/Compras  06 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322762/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322763/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314404/images/original/Bal Or&#231;  07 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314405/images/original/Demon Rec Desp  07  2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314406/images/original/Repasses 07 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314401/images/original/Tributos Arrecadados 07 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314402/images/original/Execu&#231;&#227;o Or&#231;  07  2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314403/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314407/images/original/Compras  06 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314408/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314409/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306370/images/original/Demon Rec Desp  06  2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306366/images/original/Tributos Arrecadados 06 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306367/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306368/images/original/Execu&#231;&#227;o Or&#231;  06 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306369/images/original/Bal Or&#231;  06 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306371/images/original/Repasses 06 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306372/images/original/Compras  06 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306374/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306375/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302121/images/original/Tributos Arrecadados 05 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302123/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302124/images/original/Execu&#231;&#227;o Or&#231;  05 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302126/images/original/Bal Or&#231;  05 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302127/images/original/Demon Rec Desp  05  2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302129/images/original/Repasses 05 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302131/images/original/Compras  05 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302132/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302134/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292285/images/original/Tributos Arrecadados 04 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292286/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292287/images/original/Execu&#231;&#227;o Or&#231;  04  2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292288/images/original/Bal Or&#231;  04 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292289/images/original/Demon Rec Desp  04 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292290/images/original/Repasses 04 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292291/images/original/Compras  04 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292292/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292293/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286493/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286483/images/original/Tributos Arrecadados 03 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286486/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286487/images/original/Execu&#231;&#227;o Or&#231;  03  2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286488/images/original/Bal Or&#231;  03 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286489/images/original/Demon Rec Desp  03 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286490/images/original/Repasses 03 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286491/images/original/Compras  03 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286492/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279016/images/original/Tributos Arrecadados 02 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279018/images/original/Execu&#231;&#227;o Or&#231;  02  2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279017/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279019/images/original/Bal Or&#231;  02 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279020/images/original/Demon Rec Desp  02 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279021/images/original/Repasses 02 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279022/images/original/Compras  02 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279023/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279024/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273122/images/original/Tributos Arrecadados 01 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273123/images/original/Or&#231;amento 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273124/images/original/Execu&#231;&#227;o Or&#231;  01  2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273125/images/original/Bal Or&#231;  01 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273126/images/original/Demon Rec Desp  01 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273128/images/original/Repasses 01 2023  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273129/images/original/Compras  01 2023 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273130/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273131/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263421/images/original/Tributos Arrecadados 12 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263422/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263423/images/original/Execu&#231;&#227;o Or&#231;  12  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263424/images/original/Bal Or&#231;  12 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263425/images/original/Demon Rec Desp  12 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263426/images/original/Repasses 12  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263427/images/original/Compras  12 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263428/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263429/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252379/images/original/Tributos Arrecadados 11 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252380/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252381/images/original/Execu&#231;&#227;o Or&#231;  11  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252382/images/original/Bal Or&#231;  11 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252383/images/original/Demon Rec Desp  11 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252384/images/original/Repasses 11 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252385/images/original/Compras  11 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252386/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252387/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247210/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247211/images/original/Execu&#231;&#227;o Or&#231;  10  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247212/images/original/Bal Or&#231;  10 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247213/images/original/Demon Rec Desp  10 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247216/images/original/Repasses 10 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247217/images/original/Compras  10 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247218/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247209/images/original/Tributos Arrecadados 10 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247219/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239786/images/original/Bal Or&#231;  09  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239783/images/original/Tributos Arrecadados 09 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239784/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239785/images/original/Execu&#231;&#227;o Or&#231;  09  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239788/images/original/Demon Rec Desp  09 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239789/images/original/Repasses 09 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239790/images/original/Compras  09 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239791/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239792/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221447/images/original/Tributos Arrecadados 08 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221448/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221449/images/original/Execu&#231;&#227;o Or&#231;  08  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221450/images/original/Bal Or&#231;  08  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221451/images/original/Demon Rec Desp  08 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221452/images/original/Repasses 08 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221453/images/original/Compras  08 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221454/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221455/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215745/images/original/Tributos Arrecadados 07 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215746/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215747/images/original/Execu&#231;&#227;o Or&#231;  07  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215748/images/original/Bal Or&#231;  07  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215749/images/original/Demon Rec Desp  07 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215750/images/original/Repasses 07 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215751/images/original/Compras  07  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215752/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215753/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209947/images/original/Tributos Arrecadados 06 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209948/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209949/images/original/Execu&#231;&#227;o Or&#231;  06  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209950/images/original/Bal Or&#231;  06  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209951/images/original/Demon Rec Desp  06 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209952/images/original/Repasses 06 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209953/images/original/Compras  06  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209954/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209955/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205198/images/original/Bal Or&#231;  05  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205194/images/original/Tributos Arrecadados 05 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205195/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205196/images/original/Execu&#231;&#227;o Or&#231;  05  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205203/images/original/Demon Rec Desp  05  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205204/images/original/Repasses 05 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205205/images/original/Compras  05  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205206/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205208/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200904/images/original/Tributos Arrecadados 04 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200905/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200906/images/original/Execu&#231;&#227;o Or&#231;  04  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200907/images/original/Bal Or&#231;  04  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200908/images/original/Demon Rec Desp  04  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200909/images/original/Repasses 04 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200910/images/original/Compras  04 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200911/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200912/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/194509/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/194493/images/original/Tributos Arrecadados 03 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/194495/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/194498/images/original/Execu&#231;&#227;o Or&#231;  03  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/194501/images/original/Bal Or&#231;  03  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/194503/images/original/Demon Rec Desp  03  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/194504/images/original/Repasses 03 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/194506/images/original/Compras  03 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/194507/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180638/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180635/images/original/Tributos Arrecadados 02 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180645/images/original/Bal Or&#231;  02  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180647/images/original/Demon Rec Desp  02  2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180648/images/original/Repasses 02 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180649/images/original/Compras  02 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180643/images/original/Execu&#231;&#227;o Or&#231;  02  2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180650/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180652/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178268/images/original/Tributos Arrecadados 01 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178269/images/original/Or&#231;amento 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178270/images/original/Execu&#231;&#227;o Or&#231;  01 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178274/images/original/Bal Or&#231;  01 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178275/images/original/Demon Rec Desp  01 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178279/images/original/Repasses 01 2022  Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178281/images/original/Compras  01 2022 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178282/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178283/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174071/images/original/Tributos Arrecadados 12 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174072/images/original/Bal Or&#231;  12 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174073/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174074/images/original/Execu&#231;&#227;o Or&#231;  12 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174075/images/original/Demon Rec Desp  12 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174079/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174077/images/original/Repasses 12 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174078/images/original/Compras  12 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174080/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170728/images/original/Tributos Arrecadados 11 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170730/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170731/images/original/Execu&#231;&#227;o Or&#231;  11 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170732/images/original/Bal Or&#231;  11 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170733/images/original/Demon Rec Desp  11 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170735/images/original/Repasses 11 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170736/images/original/Compras  11 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170737/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170738/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164828/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164827/images/original/Tributos Arrecadados 10 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164829/images/original/Execu&#231;&#227;o Or&#231;  10 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164830/images/original/Bal Or&#231;  10 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164835/images/original/Demon Rec Desp  10 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164836/images/original/Repasses 10 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164837/images/original/Compras  10 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164838/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164839/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160417/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160418/images/original/Execu&#231;&#227;o Or&#231;  09 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160416/images/original/Tributos Arrecadados 09 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160419/images/original/Bal Or&#231;  09 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160420/images/original/Demon Rec Desp  09 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160421/images/original/Repasses 09 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160423/images/original/Compras  09 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160425/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160426/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153083/images/original/Bal Or&#231;  08 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153080/images/original/Tributos Arrecadados 08 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153081/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153082/images/original/Execu&#231;&#227;o Or&#231;  08 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153084/images/original/Demon Rec Desp  08 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153085/images/original/Repasses 08 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153086/images/original/Compras  08 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153087/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153088/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149263/images/original/Tributos Arrecadados 07 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149264/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149265/images/original/Execu&#231;&#227;o Or&#231;  07 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149266/images/original/Bal Or&#231;  07 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149267/images/original/Demon Rec Desp  07 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149268/images/original/Repasses 07 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149269/images/original/Compras  07 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149270/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149271/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145064/images/original/Tributos Arrecadados 06 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145065/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145066/images/original/Execu&#231;&#227;o Or&#231;  06 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145067/images/original/Bal Or&#231;  06 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145068/images/original/Demon Rec Desp  06 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145069/images/original/Repasses 06 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145070/images/original/Compras  06 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145071/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145072/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141744/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141745/images/original/Execu&#231;&#227;o Or&#231;  05 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141746/images/original/Bal Or&#231;  05 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141747/images/original/Demon Rec Desp  05 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141742/images/original/Tributos Arrecadados 05 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141748/images/original/Repasses 05 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141749/images/original/Compras  05 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141750/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141752/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137973/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137974/images/original/Execu&#231;&#227;o Or&#231;  04 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137975/images/original/Bal Or&#231;  04 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137972/images/original/Tributos Arrecadados 04 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137976/images/original/Demon Rec Desp  04 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137977/images/original/Repasses 04 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137978/images/original/Compras  04 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137979/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137980/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134904/images/original/Repasses 03 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134905/images/original/Compras  03 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134899/images/original/Tributos Arrecadados 03 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134900/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134901/images/original/Execu&#231;&#227;o Or&#231;  03 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134902/images/original/Bal Or&#231;  03 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134903/images/original/Demon Rec Desp  03 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134906/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134907/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132470/images/original/Repasses 02 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132465/images/original/Tributos Arrecadados 02 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132466/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132467/images/original/Execu&#231;&#227;o Or&#231;  02 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132468/images/original/Bal Or&#231;  02 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132469/images/original/Demon Rec Desp  02 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132471/images/original/Compras  02 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132472/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132473/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130732/images/original/Compras  01 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130733/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130734/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130726/images/original/Or&#231;amento 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130727/images/original/Tributos Arrecadados 01 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130728/images/original/Execu&#231;&#227;o Or&#231;  01 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130729/images/original/Bal Or&#231;  01 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130730/images/original/Demon Rec Desp  01 2021 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130731/images/original/Repasses 01 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128430/images/original/Tributos Arrecadados 12 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128431/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128432/images/original/Execu&#231;&#227;o Or&#231;  12 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128433/images/original/Bal Or&#231;  12 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128434/images/original/Demon Rec Desp  12 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128435/images/original/Repasses  12 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128436/images/original/Compras  12  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128437/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128438/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126711/images/original/Tributos Arrecadados 11 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126712/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126713/images/original/Execu&#231;&#227;o Or&#231;  11 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126714/images/original/Bal Or&#231;  11 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126715/images/original/Demon Rec Desp  11 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126716/images/original/Repasses  11 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126717/images/original/Compras  11  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126718/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126719/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124393/images/original/Tributos Arrecadados 10 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124394/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124395/images/original/Execu&#231;&#227;o Or&#231;  10 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124396/images/original/Bal Or&#231;  10 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124397/images/original/Demon Rec Desp  10 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124398/images/original/Repasses  10 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124399/images/original/Compras  10  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124400/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124401/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122493/images/original/Execu&#231;&#227;o Or&#231;  09 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122494/images/original/Bal Or&#231;  09 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122495/images/original/Demon Rec Desp  09 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122490/images/original/Tributos Arrecadados 09 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122491/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122496/images/original/Repasses  09 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122497/images/original/Compras  09  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122498/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122499/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119585/images/original/Execu&#231;&#227;o Or&#231;  08 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119586/images/original/Bal Or&#231;  08  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119583/images/original/Tributos Arrecadados 08 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119584/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119587/images/original/Demon Rec Desp  08 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119588/images/original/Repasses  08 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119589/images/original/Compras  08  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119590/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119591/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115379/images/original/Tributos Arrecadados 07 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115380/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115381/images/original/Execu&#231;&#227;o Or&#231;  07 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115382/images/original/Bal Or&#231;  07  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115383/images/original/Demon Rec Desp  07 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115384/images/original/Repasses  07 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115385/images/original/Compras  07  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115386/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115387/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109782/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109780/images/original/Compras  06  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109781/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109774/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109773/images/original/Tributos Arrecadados 06 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109775/images/original/Execu&#231;&#227;o Or&#231;  06 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109776/images/original/Bal Or&#231;  06  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109778/images/original/Demon Rec Desp  06 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109779/images/original/Repasses  06 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92686/images/original/Tributos Arrecadados 05 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92687/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92688/images/original/Execu&#231;&#227;o Or&#231;  05 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92689/images/original/Bal Or&#231;  05 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92690/images/original/Demon Rec Desp  05 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92691/images/original/Repasses  05 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92692/images/original/Compras  05  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92693/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92694/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80459/images/original/Demon Rec Desp  04 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80454/images/original/Tributos Arrecadados 04 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80455/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80456/images/original/Execu&#231;&#227;o Or&#231;  04 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80457/images/original/Bal Or&#231;  04  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80460/images/original/Repasses  04 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80461/images/original/Compras  04  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80462/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80463/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75421/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75422/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75423/images/original/Compras  03 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75424/images/original/Repasses  03 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75425/images/original/Demon Rec Desp  03 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75426/images/original/Bal Or&#231;  03  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75427/images/original/Execu&#231;&#227;o Or&#231;  03 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75428/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75429/images/original/Tributos Arrecadados 03 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73191/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73190/images/original/Tributos Arrecadados 02 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73192/images/original/Execu&#231;&#227;o Or&#231;  02 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73193/images/original/Bal Or&#231;  02  2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73194/images/original/Demon Rec Desp  02 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73195/images/original/Repasses  02 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73196/images/original/Compras  02 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73197/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73198/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72074/images/original/Tributos Arrecadados 01 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72075/images/original/Or&#231;amento 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72076/images/original/Execu&#231;&#227;o Or&#231;  01 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72077/images/original/Bal Or&#231;  01 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72078/images/original/Demon Rec Desp  01 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72079/images/original/Repasses 01 2020  Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72080/images/original/Compras  01 2020 Lei 9755 de 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72081/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72082/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68031/images/original/Tributos Arrecadados 12 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68032/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68033/images/original/Execu&#231;&#227;o dos Or&#231;amentos 12 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68034/images/original/Balan&#231;o Or&#231;ament&#225;rio 12 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68035/images/original/Demon Rec Desp 12 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68036/images/original/Repasses 12 2019 Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68037/images/original/Compras 12 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68038/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68039/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62598/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62590/images/original/Tributos Arrecadados 11 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62591/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62592/images/original/Execu&#231;&#227;o dos Or&#231;amentos 11 2019 Lei 9755  1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62593/images/original/Balan&#231;o Or&#231;ament&#225;rio 11 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62594/images/original/Demon Rec Desp 11 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62596/images/original/Repasses 11 2019 Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62597/images/original/Compras 11 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62599/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60011/images/original/Tributos Arrecadados 10 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60012/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60013/images/original/Execu&#231;&#227;o dos Or&#231;amentos 10 2019 Lei 9755  1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60014/images/original/Balan&#231;o Or&#231;ament&#225;rio 10 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60015/images/original/Demon Rec Desp 10 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60016/images/original/Repasses 10 2019 Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60017/images/original/Compras 10 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60018/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60019/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/57333/images/original/Tributos Arrecadados 09 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/57334/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/57336/images/original/Execu&#231;&#227;o dos Or&#231;amentos 09 2019 Lei 9755  1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/57337/images/original/Balan&#231;o Or&#231;ament&#225;rio 09 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/57338/images/original/Demon Rec Desp 09 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/57339/images/original/Repasses 09 2019 Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/57340/images/original/Compras 09 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/57342/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/57343/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51724/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51723/images/original/Tributos Arrecadados 08 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51725/images/original/Execu&#231;&#227;o dos Or&#231;amentos 08 2019 Lei 9755  1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51727/images/original/Balan&#231;o Or&#231;ament&#225;rio 08 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51728/images/original/Demon Rec Desp 08 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51729/images/original/Repasses 08 2019 Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51731/images/original/Compras 08 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51732/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51733/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48586/images/original/Tributos Arrecadados 07 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48587/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48588/images/original/Execu&#231;&#227;o dos Or&#231;amentos 07 2019 Lei 9755  1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48589/images/original/Balan&#231;o Or&#231;ament&#225;rio 07 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48590/images/original/Demon Rec Desp 07 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48591/images/original/Repasses 07 2019 Lei 9452 1997.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48592/images/original/Compras 07 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48593/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48594/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44373/images/original/Tributos Arrecadados 06 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44374/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44378/images/original/Repasses 06 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44379/images/original/Compras 06 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44380/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44375/images/original/Execu&#231;&#227;o dos Or&#231;amentos 06 2019 Lei 9755  1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44376/images/original/Balan&#231;o Or&#231;ament&#225;rio 06 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44377/images/original/Demon Rec Desp 06 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44381/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41652/images/original/Tributos Arrecadados 05 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41653/images/original/Execu&#231;&#227;o dos Or&#231;amentos 05 2019 Lei 9755  1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41654/images/original/Balan&#231;o Or&#231;ament&#225;rio 05 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41655/images/original/Demon Rec Desp 05 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41656/images/original/Repasses 05 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41657/images/original/Compras 05 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41658/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41659/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41660/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38093/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38094/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38095/images/original/Tributos Arrecadados 04 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38096/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38097/images/original/Execu&#231;&#227;o dos Or&#231;amentos 04 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38098/images/original/Balan&#231;o Or&#231;ament&#225;rio 04 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38099/images/original/Demon Rec Desp 04 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38101/images/original/Compras 04 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38100/images/original/Repasses 04 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35412/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35413/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35415/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35416/images/original/Tributos Arrecadados 03 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35417/images/original/Execu&#231;&#227;o dos Or&#231;amentos 03 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35418/images/original/Balan&#231;o Or&#231;ament&#225;rio 03 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35419/images/original/Demon Rec Desp 03 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35420/images/original/Recursos Repassados  03 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35421/images/original/Compras 03 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19025/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19024/images/original/Tributos Arrecadados 02 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19026/images/original/Execu&#231;&#227;o dos Or&#231;amentos 02 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19027/images/original/Balan&#231;o Or&#231;ament&#225;rio 02 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19028/images/original/Demon Rec Desp 02 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19029/images/original/Recursos Repassados Transf. Uni&#227;o Coeficientes de rateio 02 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19030/images/original/Compras 02 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19045/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19048/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19004/images/original/Tributos Arrecadados 01 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19005/images/original/Or&#231;amento 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19006/images/original/Execu&#231;&#227;o dos Or&#231;amentos 01 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19007/images/original/Balan&#231;o Or&#231;ament&#225;rio 01 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19008/images/original/Demon Rec Desp 01 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19009/images/original/Recursos Repassados Transf. Uni&#227;o Coeficientes de rateio 01 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19010/images/original/Compras 01 2019 Lei 9755 1998.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19044/images/original/PUBLICA&#199;&#195;O DOS EDITAIS  e  AVISOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/19047/images/original/CONTRATOS E SEUS ADITIVOS.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C748"/>
+  <dimension ref="A1:C766"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C748" sqref="C748"/>
+      <selection activeCell="C766" sqref="C766"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
@@ -2524,3527 +2575,3527 @@
         <v>4</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
         <v>3</v>
       </c>
       <c r="B10" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
         <v>14</v>
       </c>
       <c r="B11" t="s">
         <v>15</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
         <v>14</v>
       </c>
       <c r="B12" t="s">
         <v>15</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
         <v>14</v>
       </c>
       <c r="B13" t="s">
         <v>15</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
         <v>14</v>
       </c>
       <c r="B14" t="s">
         <v>15</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>15</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
         <v>14</v>
       </c>
       <c r="B16" t="s">
         <v>15</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
         <v>14</v>
       </c>
       <c r="B17" t="s">
         <v>15</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
         <v>14</v>
       </c>
       <c r="B18" t="s">
         <v>15</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
         <v>14</v>
       </c>
       <c r="B19" t="s">
         <v>15</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B20" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B21" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B22" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B23" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B25" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B26" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B27" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B28" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B29" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B30" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>6</v>
+        <v>33</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B31" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B33" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B34" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B35" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B36" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B37" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B38" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B39" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B41" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B42" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B43" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B44" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B45" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B46" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B48" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B49" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B50" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B51" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B52" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B53" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B54" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B55" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B56" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B57" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B58" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>6</v>
+        <v>58</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B59" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B60" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B61" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B62" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>60</v>
+        <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B63" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B64" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B65" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B66" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>64</v>
+        <v>17</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B67" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B68" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B69" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>6</v>
+        <v>67</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B70" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B71" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B72" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B73" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B74" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B75" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>6</v>
+        <v>73</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B76" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>72</v>
+        <v>17</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B77" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B78" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B79" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B80" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B81" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B82" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B83" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B84" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>6</v>
+        <v>81</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B85" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B86" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B87" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>82</v>
+        <v>17</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B88" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B89" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B90" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B91" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B92" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B93" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B94" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B95" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B96" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B97" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B98" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B99" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B100" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B101" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B102" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>96</v>
+        <v>17</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B103" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B104" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B105" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B106" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B107" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>12</v>
+        <v>101</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B108" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B109" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>101</v>
+        <v>13</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
         <v>102</v>
       </c>
       <c r="B110" t="s">
         <v>103</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>12</v>
+        <v>104</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" t="s">
         <v>102</v>
       </c>
       <c r="B111" t="s">
         <v>103</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="s">
         <v>102</v>
       </c>
       <c r="B112" t="s">
         <v>103</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="s">
         <v>102</v>
       </c>
       <c r="B113" t="s">
         <v>103</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="s">
         <v>102</v>
       </c>
       <c r="B114" t="s">
         <v>103</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" t="s">
         <v>102</v>
       </c>
       <c r="B115" t="s">
         <v>103</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" t="s">
         <v>102</v>
       </c>
       <c r="B116" t="s">
         <v>103</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
         <v>102</v>
       </c>
       <c r="B117" t="s">
         <v>103</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>108</v>
+        <v>12</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
         <v>102</v>
       </c>
       <c r="B118" t="s">
         <v>103</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>109</v>
+        <v>13</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
         <v>110</v>
       </c>
       <c r="B119" t="s">
         <v>111</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" t="s">
         <v>110</v>
       </c>
       <c r="B120" t="s">
         <v>111</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>101</v>
+        <v>113</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
         <v>110</v>
       </c>
       <c r="B121" t="s">
         <v>111</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
         <v>110</v>
       </c>
       <c r="B122" t="s">
         <v>111</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
         <v>110</v>
       </c>
       <c r="B123" t="s">
         <v>111</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="s">
         <v>110</v>
       </c>
       <c r="B124" t="s">
         <v>111</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" t="s">
         <v>110</v>
       </c>
       <c r="B125" t="s">
         <v>111</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>117</v>
+        <v>12</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" t="s">
         <v>110</v>
       </c>
       <c r="B126" t="s">
         <v>111</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" t="s">
         <v>110</v>
       </c>
       <c r="B127" t="s">
         <v>111</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>13</v>
+        <v>118</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B128" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>120</v>
+        <v>12</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B129" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>101</v>
+        <v>13</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B130" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" t="s">
+        <v>119</v>
+      </c>
+      <c r="B131" t="s">
+        <v>120</v>
+      </c>
+      <c r="C131" s="1" t="s">
         <v>118</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B132" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B133" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B134" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B135" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>12</v>
+        <v>125</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B136" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>13</v>
+        <v>126</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B137" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B138" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>101</v>
+        <v>118</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B139" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B140" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B141" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B142" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B143" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B144" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B145" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B146" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B147" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>101</v>
+        <v>118</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B148" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B149" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B150" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B151" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B152" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B153" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C153" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B154" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C154" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B155" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B156" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>145</v>
+        <v>118</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B157" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>101</v>
+        <v>146</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B158" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B159" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B160" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B161" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B162" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C162" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B163" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B164" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B165" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>101</v>
+        <v>118</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B166" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B167" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B168" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B169" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B170" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B171" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B172" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C172" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B173" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B174" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>101</v>
+        <v>162</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B175" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>161</v>
+        <v>118</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B176" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B177" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B178" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B179" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B180" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C180" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B181" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C181" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B182" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B183" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>101</v>
+        <v>118</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B184" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B185" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B186" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B187" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B188" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B189" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C189" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B190" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C190" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B191" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B192" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>177</v>
+        <v>118</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B193" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C193" s="1" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B194" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>101</v>
+        <v>179</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B195" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B196" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B197" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B198" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C198" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B199" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C199" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B200" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B201" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>185</v>
+        <v>118</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B202" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C202" s="1" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B203" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C203" s="1" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B204" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C204" s="1" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B205" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>101</v>
+        <v>189</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B206" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B207" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C207" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B208" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C208" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B209" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B210" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B211" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B212" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>195</v>
+        <v>118</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B213" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C213" s="1" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B214" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>189</v>
+        <v>197</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B215" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>12</v>
+        <v>198</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B216" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B217" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>197</v>
+        <v>13</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B218" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B219" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B220" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B221" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B222" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B223" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>204</v>
+        <v>118</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B224" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B225" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C225" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B226" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C226" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B227" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>12</v>
+        <v>209</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B228" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B229" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B230" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>197</v>
+        <v>212</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B231" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" t="s">
+        <v>207</v>
+      </c>
+      <c r="B232" t="s">
+        <v>208</v>
+      </c>
+      <c r="C232" s="1" t="s">
         <v>206</v>
-      </c>
-[...4 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B233" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>212</v>
+        <v>12</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B234" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>213</v>
+        <v>13</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B235" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>13</v>
+        <v>214</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B236" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" t="s">
+        <v>215</v>
+      </c>
+      <c r="B237" t="s">
+        <v>216</v>
+      </c>
+      <c r="C237" s="1" t="s">
         <v>214</v>
-      </c>
-[...4 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B238" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B239" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B240" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B241" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B242" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B243" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C243" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B244" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C244" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B245" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>197</v>
+        <v>12</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B246" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B247" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B248" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>226</v>
+        <v>214</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B249" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C249" s="1" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B250" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C250" s="1" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B251" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C251" s="1" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B252" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>12</v>
+        <v>230</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B253" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C253" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B254" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B255" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B256" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C256" s="1" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B257" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C257" s="1" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B258" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C258" s="1" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B259" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>197</v>
+        <v>237</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B260" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>229</v>
+        <v>238</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B261" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C261" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B262" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C262" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B263" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>239</v>
+        <v>214</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B264" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B265" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>197</v>
+        <v>242</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B266" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B267" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B268" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B269" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>229</v>
+        <v>246</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B270" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C270" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B271" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>244</v>
+        <v>13</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="B272" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="B273" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="B274" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="B275" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="B276" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="B277" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>252</v>
+        <v>214</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="B278" t="s">
+        <v>248</v>
+      </c>
+      <c r="C278" s="1" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="B279" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="C279" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="B280" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="C280" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" t="s">
         <v>254</v>
       </c>
       <c r="B281" t="s">
         <v>255</v>
       </c>
       <c r="C281" s="1" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" t="s">
         <v>254</v>
       </c>
       <c r="B282" t="s">
         <v>255</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>197</v>
+        <v>257</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" t="s">
         <v>254</v>
       </c>
       <c r="B283" t="s">
         <v>255</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>257</v>
+        <v>214</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" t="s">
         <v>254</v>
       </c>
       <c r="B284" t="s">
         <v>255</v>
       </c>
       <c r="C284" s="1" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" t="s">
         <v>254</v>
       </c>
       <c r="B285" t="s">
         <v>255</v>
       </c>
       <c r="C285" s="1" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" t="s">
         <v>254</v>
       </c>
       <c r="B286" t="s">
         <v>255</v>
       </c>
       <c r="C286" s="1" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" t="s">
         <v>254</v>
       </c>
       <c r="B287" t="s">
         <v>255</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>261</v>
+        <v>246</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" t="s">
         <v>254</v>
       </c>
       <c r="B288" t="s">
         <v>255</v>
       </c>
       <c r="C288" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" t="s">
         <v>254</v>
       </c>
       <c r="B289" t="s">
         <v>255</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>13</v>
+        <v>261</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" t="s">
         <v>262</v>
       </c>
       <c r="B290" t="s">
         <v>263</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>13</v>
+        <v>264</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" t="s">
         <v>262</v>
       </c>
       <c r="B291" t="s">
         <v>263</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" t="s">
         <v>262</v>
       </c>
       <c r="B292" t="s">
         <v>263</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>197</v>
+        <v>266</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" t="s">
         <v>262</v>
       </c>
       <c r="B293" t="s">
         <v>263</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" t="s">
         <v>262</v>
       </c>
       <c r="B294" t="s">
         <v>263</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" t="s">
         <v>262</v>
       </c>
       <c r="B295" t="s">
         <v>263</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" t="s">
         <v>262</v>
       </c>
       <c r="B296" t="s">
         <v>263</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" t="s">
         <v>262</v>
       </c>
       <c r="B297" t="s">
         <v>263</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>269</v>
+        <v>12</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" t="s">
         <v>262</v>
       </c>
       <c r="B298" t="s">
         <v>263</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B299" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B300" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>273</v>
+        <v>214</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B301" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>197</v>
+        <v>274</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B302" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B303" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B304" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B305" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B306" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C306" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B307" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C307" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B308" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>280</v>
+        <v>13</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B309" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>197</v>
+        <v>281</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B310" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>281</v>
+        <v>214</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B311" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C311" s="1" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B312" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C312" s="1" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B313" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C313" s="1" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B314" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C314" s="1" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B315" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>12</v>
+        <v>286</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B316" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B317" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B318" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B319" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>290</v>
+        <v>214</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B320" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C320" s="1" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B321" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C321" s="1" t="s">
         <v>292</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B322" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C322" s="1" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B323" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C323" s="1" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B324" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C324" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B325" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C325" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" t="s">
         <v>295</v>
       </c>
       <c r="B326" t="s">
         <v>296</v>
       </c>
       <c r="C326" s="1" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" t="s">
         <v>295</v>
       </c>
       <c r="B327" t="s">
         <v>296</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>289</v>
+        <v>214</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" t="s">
         <v>295</v>
       </c>
       <c r="B328" t="s">
         <v>296</v>
       </c>
       <c r="C328" s="1" t="s">
         <v>298</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" t="s">
         <v>295</v>
       </c>
       <c r="B329" t="s">
         <v>296</v>
       </c>
       <c r="C329" s="1" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="330" spans="1:3">
@@ -6088,4593 +6139,4791 @@
         <v>296</v>
       </c>
       <c r="C333" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" t="s">
         <v>295</v>
       </c>
       <c r="B334" t="s">
         <v>296</v>
       </c>
       <c r="C334" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" t="s">
         <v>303</v>
       </c>
       <c r="B335" t="s">
         <v>304</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>289</v>
+        <v>305</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" t="s">
         <v>303</v>
       </c>
       <c r="B336" t="s">
         <v>304</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" t="s">
         <v>303</v>
       </c>
       <c r="B337" t="s">
         <v>304</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" t="s">
         <v>303</v>
       </c>
       <c r="B338" t="s">
         <v>304</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" t="s">
         <v>303</v>
       </c>
       <c r="B339" t="s">
         <v>304</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" t="s">
         <v>303</v>
       </c>
       <c r="B340" t="s">
         <v>304</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" t="s">
         <v>303</v>
       </c>
       <c r="B341" t="s">
         <v>304</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>12</v>
+        <v>311</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" t="s">
         <v>303</v>
       </c>
       <c r="B342" t="s">
         <v>304</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>310</v>
+        <v>12</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" t="s">
         <v>303</v>
       </c>
       <c r="B343" t="s">
         <v>304</v>
       </c>
       <c r="C343" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B344" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B345" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>314</v>
+        <v>306</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B346" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>289</v>
+        <v>315</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B347" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B348" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B349" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B350" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B351" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C351" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B352" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C352" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B353" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>321</v>
+        <v>306</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B354" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>289</v>
+        <v>322</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B355" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B356" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B357" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B358" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B359" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>326</v>
+        <v>12</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B360" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>12</v>
+        <v>327</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B361" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C361" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B362" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B363" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>289</v>
+        <v>331</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B364" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>330</v>
+        <v>306</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B365" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B366" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B367" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B368" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B369" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C369" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B370" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C370" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B371" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B372" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>289</v>
+        <v>306</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B373" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B374" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B375" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B376" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B377" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B378" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C378" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B379" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C379" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B380" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B381" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>346</v>
+        <v>306</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B382" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>289</v>
+        <v>347</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B383" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B384" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B385" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B386" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B387" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C387" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B388" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C388" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B389" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B390" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>289</v>
+        <v>306</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B391" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B392" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B393" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B394" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B395" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B396" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C396" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B397" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C397" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B398" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>13</v>
+        <v>362</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B399" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B400" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>289</v>
+        <v>306</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B401" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B402" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B403" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B404" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B405" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>366</v>
+        <v>12</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B406" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B407" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>289</v>
+        <v>370</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B408" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>369</v>
+        <v>306</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B409" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B410" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B411" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B412" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B413" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B414" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C414" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B415" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C415" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B416" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>377</v>
+        <v>13</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B417" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>289</v>
+        <v>378</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B418" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>378</v>
+        <v>306</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B419" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C419" s="1" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B420" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C420" s="1" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B421" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C421" s="1" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B422" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C422" s="1" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B423" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C423" s="1" t="s">
-        <v>12</v>
+        <v>383</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B424" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C424" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B425" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C425" s="1" t="s">
-        <v>385</v>
+        <v>306</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B426" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C426" s="1" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B427" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C427" s="1" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B428" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C428" s="1" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B429" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C429" s="1" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B430" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C430" s="1" t="s">
         <v>390</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B431" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C431" s="1" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B432" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C432" s="1" t="s">
-        <v>392</v>
+        <v>12</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B433" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C433" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" t="s">
+        <v>392</v>
+      </c>
+      <c r="B434" t="s">
         <v>393</v>
       </c>
-      <c r="B434" t="s">
+      <c r="C434" s="1" t="s">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" t="s">
+        <v>392</v>
+      </c>
+      <c r="B435" t="s">
         <v>393</v>
       </c>
-      <c r="B435" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C435" s="1" t="s">
-        <v>387</v>
+        <v>306</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" t="s">
+        <v>392</v>
+      </c>
+      <c r="B436" t="s">
         <v>393</v>
       </c>
-      <c r="B436" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C436" s="1" t="s">
-        <v>396</v>
+        <v>395</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" t="s">
+        <v>392</v>
+      </c>
+      <c r="B437" t="s">
         <v>393</v>
       </c>
-      <c r="B437" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C437" s="1" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" t="s">
+        <v>392</v>
+      </c>
+      <c r="B438" t="s">
         <v>393</v>
       </c>
-      <c r="B438" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C438" s="1" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" t="s">
+        <v>392</v>
+      </c>
+      <c r="B439" t="s">
         <v>393</v>
       </c>
-      <c r="B439" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C439" s="1" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" t="s">
+        <v>392</v>
+      </c>
+      <c r="B440" t="s">
         <v>393</v>
       </c>
-      <c r="B440" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C440" s="1" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" t="s">
+        <v>392</v>
+      </c>
+      <c r="B441" t="s">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>394</v>
       </c>
       <c r="C441" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" t="s">
+        <v>392</v>
+      </c>
+      <c r="B442" t="s">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>394</v>
       </c>
       <c r="C442" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" t="s">
+        <v>400</v>
+      </c>
+      <c r="B443" t="s">
         <v>401</v>
       </c>
-      <c r="B443" t="s">
+      <c r="C443" s="1" t="s">
         <v>402</v>
-      </c>
-[...1 lines deleted...]
-        <v>387</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" t="s">
+        <v>400</v>
+      </c>
+      <c r="B444" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
       <c r="C444" s="1" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" t="s">
+        <v>400</v>
+      </c>
+      <c r="B445" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
       <c r="C445" s="1" t="s">
         <v>404</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" t="s">
+        <v>400</v>
+      </c>
+      <c r="B446" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
       <c r="C446" s="1" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" t="s">
+        <v>400</v>
+      </c>
+      <c r="B447" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
       <c r="C447" s="1" t="s">
         <v>406</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" t="s">
+        <v>400</v>
+      </c>
+      <c r="B448" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
       <c r="C448" s="1" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" t="s">
+        <v>400</v>
+      </c>
+      <c r="B449" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
       <c r="C449" s="1" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" t="s">
+        <v>400</v>
+      </c>
+      <c r="B450" t="s">
         <v>401</v>
       </c>
-      <c r="B450" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C450" s="1" t="s">
-        <v>12</v>
+        <v>409</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" t="s">
+        <v>400</v>
+      </c>
+      <c r="B451" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
       <c r="C451" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B452" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C452" s="1" t="s">
-        <v>387</v>
+        <v>412</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B453" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C453" s="1" t="s">
-        <v>411</v>
+        <v>404</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B454" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C454" s="1" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B455" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C455" s="1" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B456" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C456" s="1" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B457" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C457" s="1" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B458" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C458" s="1" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B459" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C459" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B460" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C460" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B461" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C461" s="1" t="s">
-        <v>419</v>
+        <v>404</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B462" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C462" s="1" t="s">
         <v>420</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B463" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C463" s="1" t="s">
-        <v>387</v>
+        <v>421</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B464" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C464" s="1" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B465" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C465" s="1" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B466" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C466" s="1" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B467" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C467" s="1" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B468" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C468" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B469" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C469" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B470" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C470" s="1" t="s">
-        <v>427</v>
+        <v>404</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B471" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C471" s="1" t="s">
-        <v>387</v>
+        <v>428</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B472" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C472" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B473" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C473" s="1" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B474" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C474" s="1" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B475" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C475" s="1" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B476" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C476" s="1" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B477" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C477" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B478" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C478" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B479" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C479" s="1" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B480" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C480" s="1" t="s">
-        <v>387</v>
+        <v>437</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B481" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C481" s="1" t="s">
-        <v>436</v>
+        <v>404</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B482" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C482" s="1" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B483" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C483" s="1" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B484" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C484" s="1" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B485" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C485" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B486" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C486" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B487" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C487" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="B488" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="C488" s="1" t="s">
-        <v>387</v>
+        <v>444</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="B489" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="C489" s="1" t="s">
-        <v>443</v>
+        <v>404</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="B490" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="C490" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="B491" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="C491" s="1" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="B492" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="C492" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="B493" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="C493" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="B494" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="C494" s="1" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="B495" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="C495" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="B496" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="C496" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B497" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C497" s="1" t="s">
-        <v>387</v>
+        <v>452</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B498" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C498" s="1" t="s">
-        <v>451</v>
+        <v>404</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B499" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C499" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B500" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C500" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B501" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C501" s="1" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B502" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C502" s="1" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B503" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C503" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B504" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C504" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B505" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C505" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="B506" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C506" s="1" t="s">
-        <v>459</v>
+        <v>404</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="B507" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C507" s="1" t="s">
         <v>460</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="B508" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C508" s="1" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="B509" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C509" s="1" t="s">
-        <v>387</v>
+        <v>462</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="B510" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C510" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="B511" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C511" s="1" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="B512" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C512" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="B513" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C513" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="B514" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C514" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="B515" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="C515" s="1" t="s">
-        <v>467</v>
+        <v>404</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="B516" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="C516" s="1" t="s">
         <v>468</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="B517" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="C517" s="1" t="s">
-        <v>387</v>
+        <v>469</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="B518" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="C518" s="1" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="B519" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="C519" s="1" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="B520" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="C520" s="1" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="B521" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="C521" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="B522" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="C522" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="B523" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="C523" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B524" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C524" s="1" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B525" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C525" s="1" t="s">
-        <v>12</v>
+        <v>477</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B526" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C526" s="1" t="s">
-        <v>13</v>
+        <v>478</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B527" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C527" s="1" t="s">
-        <v>387</v>
+        <v>404</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B528" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C528" s="1" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B529" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C529" s="1" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B530" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C530" s="1" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B531" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C531" s="1" t="s">
-        <v>479</v>
+        <v>12</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B532" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C532" s="1" t="s">
-        <v>480</v>
+        <v>13</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="B533" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C533" s="1" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="B534" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C534" s="1" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="B535" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C535" s="1" t="s">
-        <v>485</v>
+        <v>404</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="B536" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C536" s="1" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="B537" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C537" s="1" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="B538" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C538" s="1" t="s">
         <v>488</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="B539" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C539" s="1" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="B540" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C540" s="1" t="s">
-        <v>390</v>
+        <v>12</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="B541" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C541" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" t="s">
         <v>490</v>
       </c>
       <c r="B542" t="s">
         <v>491</v>
       </c>
       <c r="C542" s="1" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" t="s">
         <v>490</v>
       </c>
       <c r="B543" t="s">
         <v>491</v>
       </c>
       <c r="C543" s="1" t="s">
-        <v>484</v>
+        <v>12</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" t="s">
         <v>490</v>
       </c>
       <c r="B544" t="s">
         <v>491</v>
       </c>
       <c r="C544" s="1" t="s">
-        <v>493</v>
+        <v>13</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" t="s">
         <v>490</v>
       </c>
       <c r="B545" t="s">
         <v>491</v>
       </c>
       <c r="C545" s="1" t="s">
-        <v>494</v>
+        <v>404</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" t="s">
         <v>490</v>
       </c>
       <c r="B546" t="s">
         <v>491</v>
       </c>
       <c r="C546" s="1" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" t="s">
         <v>490</v>
       </c>
       <c r="B547" t="s">
         <v>491</v>
       </c>
       <c r="C547" s="1" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" t="s">
         <v>490</v>
       </c>
       <c r="B548" t="s">
         <v>491</v>
       </c>
       <c r="C548" s="1" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" t="s">
         <v>490</v>
       </c>
       <c r="B549" t="s">
         <v>491</v>
       </c>
       <c r="C549" s="1" t="s">
-        <v>12</v>
+        <v>496</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" t="s">
         <v>490</v>
       </c>
       <c r="B550" t="s">
         <v>491</v>
       </c>
       <c r="C550" s="1" t="s">
-        <v>13</v>
+        <v>497</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" t="s">
         <v>498</v>
       </c>
       <c r="B551" t="s">
         <v>499</v>
       </c>
       <c r="C551" s="1" t="s">
         <v>500</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" t="s">
         <v>498</v>
       </c>
       <c r="B552" t="s">
         <v>499</v>
       </c>
       <c r="C552" s="1" t="s">
-        <v>484</v>
+        <v>501</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" t="s">
         <v>498</v>
       </c>
       <c r="B553" t="s">
         <v>499</v>
       </c>
       <c r="C553" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" t="s">
         <v>498</v>
       </c>
       <c r="B554" t="s">
         <v>499</v>
       </c>
       <c r="C554" s="1" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" t="s">
         <v>498</v>
       </c>
       <c r="B555" t="s">
         <v>499</v>
       </c>
       <c r="C555" s="1" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" t="s">
         <v>498</v>
       </c>
       <c r="B556" t="s">
         <v>499</v>
       </c>
       <c r="C556" s="1" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" t="s">
         <v>498</v>
       </c>
       <c r="B557" t="s">
         <v>499</v>
       </c>
       <c r="C557" s="1" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" t="s">
         <v>498</v>
       </c>
       <c r="B558" t="s">
         <v>499</v>
       </c>
       <c r="C558" s="1" t="s">
-        <v>12</v>
+        <v>407</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" t="s">
         <v>498</v>
       </c>
       <c r="B559" t="s">
         <v>499</v>
       </c>
       <c r="C559" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="B560" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="C560" s="1" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="B561" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="C561" s="1" t="s">
-        <v>509</v>
+        <v>501</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="B562" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="C562" s="1" t="s">
         <v>510</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="B563" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="C563" s="1" t="s">
         <v>511</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="B564" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="C564" s="1" t="s">
-        <v>484</v>
+        <v>512</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="B565" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="C565" s="1" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="B566" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="C566" s="1" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="B567" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="C567" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="B568" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="C568" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="B569" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="C569" s="1" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="B570" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="C570" s="1" t="s">
-        <v>517</v>
+        <v>501</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="B571" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="C571" s="1" t="s">
         <v>518</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="B572" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="C572" s="1" t="s">
-        <v>484</v>
+        <v>519</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="B573" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="C573" s="1" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="B574" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="C574" s="1" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="B575" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="C575" s="1" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="B576" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="C576" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="B577" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="C577" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="B578" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="C578" s="1" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="B579" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="C579" s="1" t="s">
-        <v>484</v>
+        <v>526</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="B580" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="C580" s="1" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="B581" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="C581" s="1" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="B582" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="C582" s="1" t="s">
-        <v>527</v>
+        <v>501</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="B583" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="C583" s="1" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="B584" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="C584" s="1" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="B585" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="C585" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="B586" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="C586" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="B587" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C587" s="1" t="s">
-        <v>13</v>
+        <v>533</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="B588" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C588" s="1" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="B589" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C589" s="1" t="s">
-        <v>12</v>
+        <v>535</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="B590" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C590" s="1" t="s">
-        <v>484</v>
+        <v>501</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="B591" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C591" s="1" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="B592" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C592" s="1" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="B593" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C593" s="1" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="B594" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C594" s="1" t="s">
-        <v>536</v>
+        <v>12</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="B595" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C595" s="1" t="s">
-        <v>537</v>
+        <v>13</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="B596" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="C596" s="1" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="B597" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="C597" s="1" t="s">
-        <v>484</v>
+        <v>501</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="B598" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="C598" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="B599" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="C599" s="1" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="B600" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="C600" s="1" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="B601" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="C601" s="1" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="B602" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="C602" s="1" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="B603" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="C603" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="B604" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="C604" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="B605" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="C605" s="1" t="s">
-        <v>548</v>
+        <v>13</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="B606" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="C606" s="1" t="s">
         <v>549</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="B607" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="C607" s="1" t="s">
-        <v>484</v>
+        <v>12</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="B608" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="C608" s="1" t="s">
-        <v>550</v>
+        <v>501</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="B609" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="C609" s="1" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="B610" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="C610" s="1" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="B611" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="C611" s="1" t="s">
-        <v>553</v>
+        <v>552</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="B612" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="C612" s="1" t="s">
-        <v>13</v>
+        <v>553</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="B613" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="C613" s="1" t="s">
-        <v>12</v>
+        <v>554</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="B614" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="C614" s="1" t="s">
-        <v>13</v>
+        <v>557</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="B615" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="C615" s="1" t="s">
-        <v>12</v>
+        <v>501</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="B616" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="C616" s="1" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="B617" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="C617" s="1" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="B618" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="C618" s="1" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="B619" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="C619" s="1" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="B620" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="C620" s="1" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="B621" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="C621" s="1" t="s">
-        <v>484</v>
+        <v>12</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="B622" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="C622" s="1" t="s">
-        <v>561</v>
+        <v>13</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="B623" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="C623" s="1" t="s">
-        <v>484</v>
+        <v>565</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="B624" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="C624" s="1" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="B625" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="C625" s="1" t="s">
-        <v>565</v>
+        <v>501</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="B626" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="C626" s="1" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="B627" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="C627" s="1" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="B628" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="C628" s="1" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="B629" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="C629" s="1" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="B630" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="C630" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="B631" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="C631" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="B632" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="C632" s="1" t="s">
-        <v>572</v>
+        <v>13</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="B633" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="C633" s="1" t="s">
-        <v>484</v>
+        <v>12</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="B634" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="C634" s="1" t="s">
         <v>573</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="B635" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="C635" s="1" t="s">
         <v>574</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="B636" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="C636" s="1" t="s">
         <v>575</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="B637" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="C637" s="1" t="s">
         <v>576</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="B638" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="C638" s="1" t="s">
         <v>577</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="B639" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="C639" s="1" t="s">
-        <v>12</v>
+        <v>501</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="B640" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="C640" s="1" t="s">
-        <v>13</v>
+        <v>578</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B641" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="C641" s="1" t="s">
-        <v>580</v>
+        <v>501</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B642" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="C642" s="1" t="s">
         <v>581</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B643" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="C643" s="1" t="s">
         <v>582</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B644" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="C644" s="1" t="s">
         <v>583</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B645" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="C645" s="1" t="s">
         <v>584</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B646" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="C646" s="1" t="s">
         <v>585</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B647" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="C647" s="1" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B648" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="C648" s="1" t="s">
-        <v>587</v>
+        <v>12</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B649" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="C649" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" t="s">
+        <v>587</v>
+      </c>
+      <c r="B650" t="s">
         <v>588</v>
       </c>
-      <c r="B650" t="s">
+      <c r="C650" s="1" t="s">
         <v>589</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" t="s">
+        <v>587</v>
+      </c>
+      <c r="B651" t="s">
         <v>588</v>
       </c>
-      <c r="B651" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C651" s="1" t="s">
-        <v>590</v>
+        <v>501</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" t="s">
+        <v>587</v>
+      </c>
+      <c r="B652" t="s">
         <v>588</v>
       </c>
-      <c r="B652" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C652" s="1" t="s">
-        <v>581</v>
+        <v>590</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" t="s">
+        <v>587</v>
+      </c>
+      <c r="B653" t="s">
         <v>588</v>
-      </c>
-[...1 lines deleted...]
-        <v>589</v>
       </c>
       <c r="C653" s="1" t="s">
         <v>591</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" t="s">
+        <v>587</v>
+      </c>
+      <c r="B654" t="s">
         <v>588</v>
-      </c>
-[...1 lines deleted...]
-        <v>589</v>
       </c>
       <c r="C654" s="1" t="s">
         <v>592</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" t="s">
+        <v>587</v>
+      </c>
+      <c r="B655" t="s">
         <v>588</v>
-      </c>
-[...1 lines deleted...]
-        <v>589</v>
       </c>
       <c r="C655" s="1" t="s">
         <v>593</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" t="s">
+        <v>587</v>
+      </c>
+      <c r="B656" t="s">
         <v>588</v>
-      </c>
-[...1 lines deleted...]
-        <v>589</v>
       </c>
       <c r="C656" s="1" t="s">
         <v>594</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" t="s">
+        <v>587</v>
+      </c>
+      <c r="B657" t="s">
         <v>588</v>
       </c>
-      <c r="B657" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C657" s="1" t="s">
-        <v>595</v>
+        <v>12</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" t="s">
+        <v>587</v>
+      </c>
+      <c r="B658" t="s">
         <v>588</v>
-      </c>
-[...1 lines deleted...]
-        <v>589</v>
       </c>
       <c r="C658" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" t="s">
+        <v>595</v>
+      </c>
+      <c r="B659" t="s">
         <v>596</v>
       </c>
-      <c r="B659" t="s">
+      <c r="C659" s="1" t="s">
         <v>597</v>
-      </c>
-[...1 lines deleted...]
-        <v>598</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" t="s">
+        <v>595</v>
+      </c>
+      <c r="B660" t="s">
         <v>596</v>
       </c>
-      <c r="B660" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C660" s="1" t="s">
-        <v>581</v>
+        <v>598</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" t="s">
+        <v>595</v>
+      </c>
+      <c r="B661" t="s">
         <v>596</v>
-      </c>
-[...1 lines deleted...]
-        <v>597</v>
       </c>
       <c r="C661" s="1" t="s">
         <v>599</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" t="s">
+        <v>595</v>
+      </c>
+      <c r="B662" t="s">
         <v>596</v>
-      </c>
-[...1 lines deleted...]
-        <v>597</v>
       </c>
       <c r="C662" s="1" t="s">
         <v>600</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" t="s">
+        <v>595</v>
+      </c>
+      <c r="B663" t="s">
         <v>596</v>
-      </c>
-[...1 lines deleted...]
-        <v>597</v>
       </c>
       <c r="C663" s="1" t="s">
         <v>601</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" t="s">
+        <v>595</v>
+      </c>
+      <c r="B664" t="s">
         <v>596</v>
-      </c>
-[...1 lines deleted...]
-        <v>597</v>
       </c>
       <c r="C664" s="1" t="s">
         <v>602</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" t="s">
+        <v>595</v>
+      </c>
+      <c r="B665" t="s">
         <v>596</v>
-      </c>
-[...1 lines deleted...]
-        <v>597</v>
       </c>
       <c r="C665" s="1" t="s">
         <v>603</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" t="s">
+        <v>595</v>
+      </c>
+      <c r="B666" t="s">
         <v>596</v>
       </c>
-      <c r="B666" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C666" s="1" t="s">
-        <v>12</v>
+        <v>604</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" t="s">
+        <v>595</v>
+      </c>
+      <c r="B667" t="s">
         <v>596</v>
-      </c>
-[...1 lines deleted...]
-        <v>597</v>
       </c>
       <c r="C667" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="B668" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="C668" s="1" t="s">
-        <v>606</v>
+        <v>12</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="B669" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="C669" s="1" t="s">
-        <v>581</v>
+        <v>607</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="B670" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="C670" s="1" t="s">
-        <v>607</v>
+        <v>598</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="B671" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="C671" s="1" t="s">
         <v>608</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="B672" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="C672" s="1" t="s">
         <v>609</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="B673" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="C673" s="1" t="s">
         <v>610</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="B674" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="C674" s="1" t="s">
         <v>611</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="B675" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="C675" s="1" t="s">
-        <v>12</v>
+        <v>612</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="B676" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="C676" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="B677" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="C677" s="1" t="s">
-        <v>581</v>
+        <v>615</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="B678" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="C678" s="1" t="s">
-        <v>614</v>
+        <v>598</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="B679" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="C679" s="1" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="B680" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="C680" s="1" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="B681" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="C681" s="1" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="B682" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="C682" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="B683" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="C683" s="1" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="B684" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="C684" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="B685" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="C685" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="B686" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="C686" s="1" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="B687" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="C687" s="1" t="s">
-        <v>581</v>
+        <v>598</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="B688" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="C688" s="1" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="B689" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="C689" s="1" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="B690" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="C690" s="1" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="B691" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="C691" s="1" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="B692" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="C692" s="1" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="B693" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="C693" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="B694" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="C694" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="B695" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="C695" s="1" t="s">
-        <v>630</v>
+        <v>598</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="B696" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="C696" s="1" t="s">
-        <v>581</v>
+        <v>631</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="B697" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="C697" s="1" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="B698" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="C698" s="1" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="B699" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="C699" s="1" t="s">
-        <v>12</v>
+        <v>634</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="B700" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="C700" s="1" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="B701" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="C701" s="1" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="B702" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="C702" s="1" t="s">
-        <v>635</v>
+        <v>12</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="B703" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="C703" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="B704" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="C704" s="1" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="B705" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="C705" s="1" t="s">
-        <v>639</v>
+        <v>598</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="B706" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="C706" s="1" t="s">
         <v>640</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="B707" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="C707" s="1" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="B708" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="C708" s="1" t="s">
         <v>642</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="B709" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="C709" s="1" t="s">
         <v>643</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="B710" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="C710" s="1" t="s">
-        <v>581</v>
+        <v>644</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="B711" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="C711" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="B712" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="C712" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="B713" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C713" s="1" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="B714" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C714" s="1" t="s">
-        <v>13</v>
+        <v>598</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="B715" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C715" s="1" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="B716" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C716" s="1" t="s">
-        <v>581</v>
+        <v>649</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="B717" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C717" s="1" t="s">
-        <v>648</v>
+        <v>12</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="B718" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C718" s="1" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="B719" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C719" s="1" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="B720" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C720" s="1" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="B721" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C721" s="1" t="s">
-        <v>652</v>
+        <v>13</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" t="s">
         <v>653</v>
       </c>
       <c r="B722" t="s">
         <v>654</v>
       </c>
       <c r="C722" s="1" t="s">
-        <v>12</v>
+        <v>655</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" t="s">
         <v>653</v>
       </c>
       <c r="B723" t="s">
         <v>654</v>
       </c>
       <c r="C723" s="1" t="s">
-        <v>581</v>
+        <v>656</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" t="s">
         <v>653</v>
       </c>
       <c r="B724" t="s">
         <v>654</v>
       </c>
       <c r="C724" s="1" t="s">
-        <v>13</v>
+        <v>657</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" t="s">
         <v>653</v>
       </c>
       <c r="B725" t="s">
         <v>654</v>
       </c>
       <c r="C725" s="1" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" t="s">
         <v>653</v>
       </c>
       <c r="B726" t="s">
         <v>654</v>
       </c>
       <c r="C726" s="1" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" t="s">
         <v>653</v>
       </c>
       <c r="B727" t="s">
         <v>654</v>
       </c>
       <c r="C727" s="1" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" t="s">
         <v>653</v>
       </c>
       <c r="B728" t="s">
         <v>654</v>
       </c>
       <c r="C728" s="1" t="s">
-        <v>658</v>
+        <v>598</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" t="s">
         <v>653</v>
       </c>
       <c r="B729" t="s">
         <v>654</v>
       </c>
       <c r="C729" s="1" t="s">
-        <v>659</v>
+        <v>12</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" t="s">
         <v>653</v>
       </c>
       <c r="B730" t="s">
         <v>654</v>
       </c>
       <c r="C730" s="1" t="s">
-        <v>660</v>
+        <v>13</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" t="s">
         <v>661</v>
       </c>
       <c r="B731" t="s">
         <v>662</v>
       </c>
       <c r="C731" s="1" t="s">
-        <v>581</v>
+        <v>663</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" t="s">
         <v>661</v>
       </c>
       <c r="B732" t="s">
         <v>662</v>
       </c>
       <c r="C732" s="1" t="s">
-        <v>663</v>
+        <v>13</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" t="s">
         <v>661</v>
       </c>
       <c r="B733" t="s">
         <v>662</v>
       </c>
       <c r="C733" s="1" t="s">
         <v>664</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" t="s">
         <v>661</v>
       </c>
       <c r="B734" t="s">
         <v>662</v>
       </c>
       <c r="C734" s="1" t="s">
-        <v>665</v>
+        <v>598</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" t="s">
         <v>661</v>
       </c>
       <c r="B735" t="s">
         <v>662</v>
       </c>
       <c r="C735" s="1" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" t="s">
         <v>661</v>
       </c>
       <c r="B736" t="s">
         <v>662</v>
       </c>
       <c r="C736" s="1" t="s">
-        <v>667</v>
+        <v>666</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" t="s">
         <v>661</v>
       </c>
       <c r="B737" t="s">
         <v>662</v>
       </c>
       <c r="C737" s="1" t="s">
-        <v>668</v>
+        <v>667</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" t="s">
         <v>661</v>
       </c>
       <c r="B738" t="s">
         <v>662</v>
       </c>
       <c r="C738" s="1" t="s">
-        <v>13</v>
+        <v>668</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" t="s">
         <v>661</v>
       </c>
       <c r="B739" t="s">
         <v>662</v>
       </c>
       <c r="C739" s="1" t="s">
-        <v>12</v>
+        <v>669</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="B740" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="C740" s="1" t="s">
-        <v>671</v>
+        <v>12</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="B741" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="C741" s="1" t="s">
-        <v>581</v>
+        <v>598</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="B742" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="C742" s="1" t="s">
-        <v>672</v>
+        <v>13</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="B743" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="C743" s="1" t="s">
-        <v>673</v>
+        <v>672</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="B744" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="C744" s="1" t="s">
-        <v>674</v>
+        <v>673</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="B745" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="C745" s="1" t="s">
-        <v>675</v>
+        <v>674</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="B746" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="C746" s="1" t="s">
-        <v>676</v>
+        <v>675</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="B747" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="C747" s="1" t="s">
-        <v>13</v>
+        <v>676</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="B748" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="C748" s="1" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="749" spans="1:3">
+      <c r="A749" t="s">
+        <v>678</v>
+      </c>
+      <c r="B749" t="s">
+        <v>679</v>
+      </c>
+      <c r="C749" s="1" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="750" spans="1:3">
+      <c r="A750" t="s">
+        <v>678</v>
+      </c>
+      <c r="B750" t="s">
+        <v>679</v>
+      </c>
+      <c r="C750" s="1" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="751" spans="1:3">
+      <c r="A751" t="s">
+        <v>678</v>
+      </c>
+      <c r="B751" t="s">
+        <v>679</v>
+      </c>
+      <c r="C751" s="1" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="752" spans="1:3">
+      <c r="A752" t="s">
+        <v>678</v>
+      </c>
+      <c r="B752" t="s">
+        <v>679</v>
+      </c>
+      <c r="C752" s="1" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="753" spans="1:3">
+      <c r="A753" t="s">
+        <v>678</v>
+      </c>
+      <c r="B753" t="s">
+        <v>679</v>
+      </c>
+      <c r="C753" s="1" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="754" spans="1:3">
+      <c r="A754" t="s">
+        <v>678</v>
+      </c>
+      <c r="B754" t="s">
+        <v>679</v>
+      </c>
+      <c r="C754" s="1" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="755" spans="1:3">
+      <c r="A755" t="s">
+        <v>678</v>
+      </c>
+      <c r="B755" t="s">
+        <v>679</v>
+      </c>
+      <c r="C755" s="1" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="756" spans="1:3">
+      <c r="A756" t="s">
+        <v>678</v>
+      </c>
+      <c r="B756" t="s">
+        <v>679</v>
+      </c>
+      <c r="C756" s="1" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="757" spans="1:3">
+      <c r="A757" t="s">
+        <v>678</v>
+      </c>
+      <c r="B757" t="s">
+        <v>679</v>
+      </c>
+      <c r="C757" s="1" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="758" spans="1:3">
+      <c r="A758" t="s">
+        <v>686</v>
+      </c>
+      <c r="B758" t="s">
+        <v>687</v>
+      </c>
+      <c r="C758" s="1" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="759" spans="1:3">
+      <c r="A759" t="s">
+        <v>686</v>
+      </c>
+      <c r="B759" t="s">
+        <v>687</v>
+      </c>
+      <c r="C759" s="1" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="760" spans="1:3">
+      <c r="A760" t="s">
+        <v>686</v>
+      </c>
+      <c r="B760" t="s">
+        <v>687</v>
+      </c>
+      <c r="C760" s="1" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="761" spans="1:3">
+      <c r="A761" t="s">
+        <v>686</v>
+      </c>
+      <c r="B761" t="s">
+        <v>687</v>
+      </c>
+      <c r="C761" s="1" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="762" spans="1:3">
+      <c r="A762" t="s">
+        <v>686</v>
+      </c>
+      <c r="B762" t="s">
+        <v>687</v>
+      </c>
+      <c r="C762" s="1" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="763" spans="1:3">
+      <c r="A763" t="s">
+        <v>686</v>
+      </c>
+      <c r="B763" t="s">
+        <v>687</v>
+      </c>
+      <c r="C763" s="1" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="764" spans="1:3">
+      <c r="A764" t="s">
+        <v>686</v>
+      </c>
+      <c r="B764" t="s">
+        <v>687</v>
+      </c>
+      <c r="C764" s="1" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="765" spans="1:3">
+      <c r="A765" t="s">
+        <v>686</v>
+      </c>
+      <c r="B765" t="s">
+        <v>687</v>
+      </c>
+      <c r="C765" s="1" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="766" spans="1:3">
+      <c r="A766" t="s">
+        <v>686</v>
+      </c>
+      <c r="B766" t="s">
+        <v>687</v>
+      </c>
+      <c r="C766" s="1" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
@@ -11384,50 +11633,68 @@
     <hyperlink ref="C724" r:id="rId_hyperlink_723"/>
     <hyperlink ref="C725" r:id="rId_hyperlink_724"/>
     <hyperlink ref="C726" r:id="rId_hyperlink_725"/>
     <hyperlink ref="C727" r:id="rId_hyperlink_726"/>
     <hyperlink ref="C728" r:id="rId_hyperlink_727"/>
     <hyperlink ref="C729" r:id="rId_hyperlink_728"/>
     <hyperlink ref="C730" r:id="rId_hyperlink_729"/>
     <hyperlink ref="C731" r:id="rId_hyperlink_730"/>
     <hyperlink ref="C732" r:id="rId_hyperlink_731"/>
     <hyperlink ref="C733" r:id="rId_hyperlink_732"/>
     <hyperlink ref="C734" r:id="rId_hyperlink_733"/>
     <hyperlink ref="C735" r:id="rId_hyperlink_734"/>
     <hyperlink ref="C736" r:id="rId_hyperlink_735"/>
     <hyperlink ref="C737" r:id="rId_hyperlink_736"/>
     <hyperlink ref="C738" r:id="rId_hyperlink_737"/>
     <hyperlink ref="C739" r:id="rId_hyperlink_738"/>
     <hyperlink ref="C740" r:id="rId_hyperlink_739"/>
     <hyperlink ref="C741" r:id="rId_hyperlink_740"/>
     <hyperlink ref="C742" r:id="rId_hyperlink_741"/>
     <hyperlink ref="C743" r:id="rId_hyperlink_742"/>
     <hyperlink ref="C744" r:id="rId_hyperlink_743"/>
     <hyperlink ref="C745" r:id="rId_hyperlink_744"/>
     <hyperlink ref="C746" r:id="rId_hyperlink_745"/>
     <hyperlink ref="C747" r:id="rId_hyperlink_746"/>
     <hyperlink ref="C748" r:id="rId_hyperlink_747"/>
+    <hyperlink ref="C749" r:id="rId_hyperlink_748"/>
+    <hyperlink ref="C750" r:id="rId_hyperlink_749"/>
+    <hyperlink ref="C751" r:id="rId_hyperlink_750"/>
+    <hyperlink ref="C752" r:id="rId_hyperlink_751"/>
+    <hyperlink ref="C753" r:id="rId_hyperlink_752"/>
+    <hyperlink ref="C754" r:id="rId_hyperlink_753"/>
+    <hyperlink ref="C755" r:id="rId_hyperlink_754"/>
+    <hyperlink ref="C756" r:id="rId_hyperlink_755"/>
+    <hyperlink ref="C757" r:id="rId_hyperlink_756"/>
+    <hyperlink ref="C758" r:id="rId_hyperlink_757"/>
+    <hyperlink ref="C759" r:id="rId_hyperlink_758"/>
+    <hyperlink ref="C760" r:id="rId_hyperlink_759"/>
+    <hyperlink ref="C761" r:id="rId_hyperlink_760"/>
+    <hyperlink ref="C762" r:id="rId_hyperlink_761"/>
+    <hyperlink ref="C763" r:id="rId_hyperlink_762"/>
+    <hyperlink ref="C764" r:id="rId_hyperlink_763"/>
+    <hyperlink ref="C765" r:id="rId_hyperlink_764"/>
+    <hyperlink ref="C766" r:id="rId_hyperlink_765"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>