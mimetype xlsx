--- v0 (2025-10-21)
+++ v1 (2025-12-18)
@@ -12,61 +12,136 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="289">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="290">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
+    <t>CONTRATO Nº 54/2025</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>Contrato 54 - Gerapro - Aquisição de Gerador.pdf</t>
+  </si>
+  <si>
+    <t>CONTRATO N° 51/2025</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO 51 CRISTAL - ASSINADO.pdf</t>
+  </si>
+  <si>
+    <t>CONTRATO N° 52/2025</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>Contrato 52 2025 Pref. Cristal - Construção do CRAS assinado.pdf</t>
+  </si>
+  <si>
+    <t>CONTRATO N° 49/2025</t>
+  </si>
+  <si>
+    <t>Contrato 49 2025 Pavimentação Jaguarão e Travessas assinado.pdf</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 53-2025</t>
+  </si>
+  <si>
+    <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>Contrato_cobertura_container_assinado.pdf</t>
+  </si>
+  <si>
+    <t>CONTRATO N° 50/2025</t>
+  </si>
+  <si>
+    <t>01/12/2025</t>
+  </si>
+  <si>
+    <t>Contrato 50 2025 Reforma Antonio Curi - assinado.pdf</t>
+  </si>
+  <si>
+    <t>CONTRATO N° 48/2025</t>
+  </si>
+  <si>
+    <t>25/11/2025</t>
+  </si>
+  <si>
+    <t>Contrato 48 2025 Reforma Otto Becker assinado.pdf</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº 47/2025</t>
+  </si>
+  <si>
+    <t>12/11/2025</t>
+  </si>
+  <si>
+    <t>CONTRATO MARCOS GUILHERME ok.pdf</t>
+  </si>
+  <si>
+    <t>CONTRATO N° 46/2025</t>
+  </si>
+  <si>
+    <t>Contrato Fiat Strada Secretaria de Obras.pdf</t>
+  </si>
+  <si>
     <t>CONTRATO N° 44/2025</t>
   </si>
   <si>
     <t>13/10/2025</t>
   </si>
   <si>
     <t>Contrato 044 ANA CRISTINA.pdf</t>
   </si>
   <si>
     <t>CONTRATO N° 43/2025</t>
   </si>
   <si>
     <t>19/09/2025</t>
   </si>
   <si>
     <t>CONTRATO PRESTAÇÃO DE SERVIÇÕS Nº 43.2025_PM CRISTAL RS assinado.pdf</t>
   </si>
   <si>
     <t>CONTRATO N° 40/2025</t>
   </si>
   <si>
     <t>25/08/2025</t>
   </si>
   <si>
     <t>Contrato_4022082025_assinado.pdf</t>
@@ -807,122 +882,50 @@
     <t>Contrato 11 - Luiz Felipe Kruger Becker.pdf</t>
   </si>
   <si>
     <t>CONTRATO N° 10/2024</t>
   </si>
   <si>
     <t>Contrato 10 - AB Serviços de guincho.pdf</t>
   </si>
   <si>
     <t>CONTRATO N° 12/2024</t>
   </si>
   <si>
     <t>11/03/2024</t>
   </si>
   <si>
     <t>Contrato 12_2024.pdf</t>
   </si>
   <si>
     <t>CONTRATO N° 09/2024</t>
   </si>
   <si>
     <t>05/03/2024</t>
   </si>
   <si>
     <t>Contrato 09 Cemtec Assinado.pdf</t>
-  </si>
-[...70 lines deleted...]
-    <t>Contrato 03.2024 . Transmissão Praiano.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -1226,51 +1229,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/666366/images/original/Contrato 044 ANA CRISTINA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/652565/images/original/CONTRATO PRESTA&#199;&#195;O DE SERVI&#199;&#213;S N&#186; 43.2025_PM CRISTAL RS assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626999/images/original/Contrato_4022082025_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/627060/images/original/Contrato 4222082025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/627058/images/original/Contrato 4122082025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/618665/images/original/Contrato 39 - MAGNA - Serv exames medicos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/616131/images/original/038.2025. Contrato Valmor Atualizado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/616128/images/original/037.2025. Contrato Onilda Atualizado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/616127/images/original/036.2025. Contrato Eneida Atualizado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/616126/images/original/035.2025. Coop Suinocultores do Ca&#237; Superior Atualizado - Copia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/616120/images/original/034.2025. Coop Terra Livre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/610774/images/original/Contrato 33 Leiloeiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/609028/images/original/Contrato 32 - ONDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/608387/images/original/Contrato 31.2025- Masper assessoria ME.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/605475/images/original/Contrato 29 ASSINADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/605217/images/original/Contrato 26 2025 assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/604820/images/original/Contrato 27 - Casa acolhimento S&#227;o Jorge.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/605558/images/original/Termo de fomento n&#176; 28 2025 assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/591098/images/original/Contrato 025_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588405/images/original/CONTRATO 24 25 CONSIGNET.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588226/images/original/CONTRATO 23 Walkiria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/560184/images/original/Contrato 21 para assinatura.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/559632/images/original/Contrato 22 - JMM Consultoria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/563199/images/original/conv&#234;nio abrigo - assinado (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/552622/images/original/Contrato 20 2025 para assinar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/551516/images/original/Contrato 19_2025_ Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/551476/images/original/-Contrato 18 para assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/548983/images/original/Contrato 17 para assinatura.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/530775/images/original/Contrato 15 para assinar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/530754/images/original/Contrato 14 para assinar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/530676/images/original/Contrato 16 para assinar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/530092/images/original/Contrato 13 para assinar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/528415/images/original/Contrato 12 2025 Gmaes para assinatura.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/528363/images/original/Contrato 11 - AB Servi&#231;os de guincho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/528358/images/original/Contrato 10 - Luiz Felipe Kruger Becker.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/528418/images/original/Contrato 09 - HNSA - Serv exames medicos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/527040/images/original/Contrato 08 - Const Casac - Serv eng perf po&#231;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/525294/images/original/Contrato 07 NILSON DE SOUZA - a nossa vibe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/525290/images/original/Contrato 06 PAULO ROBERTO - Amigos do Sereno.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/520942/images/original/Contrato_05_2025__UNIFIQUE_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/522936/images/original/Contrato 04-2025 - Cooperativa Uniao de Todos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/517182/images/original/Contrato 03-2025  -Unifique.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/517980/images/original/Contrato 02-2025 - Projeart.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512526/images/original/contrato arbitragem Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512527/images/original/A Diploma, doc e declara&#231;&#227;o BOAZ SANTANA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512528/images/original/A Diploma, doc e declara&#231;&#227;o Leonardo Sessin.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512529/images/original/A Jean Pierre diploma, doc e declara&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512530/images/original/A diploma, doc e declara&#231;&#227;o Rafa Pelotas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512531/images/original/A diplona, doc e declara&#231;&#227;o Laerte.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512532/images/original/A Diploma, doc e declara&#231;&#227;o JOVANI GARIGAN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512533/images/original/A Diploma, doc e declara&#231;&#227;o Maico Motta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512534/images/original/A Tiago Pires Lima.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512535/images/original/A Diploma, doc e declara&#231;&#227;o GABRIEL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512536/images/original/A Diploma,doc e declara&#231;&#227;o GILMAR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512537/images/original/A welison carvalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512538/images/original/A Diploma,doc e declara&#231;&#227;o MARCOS CESAR GARCIA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512539/images/original/A Diploma, doc e declara&#231;&#227;o RAFEL ROSA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512540/images/original/A Diploma,doc e declara&#231;&#227;o GEFERSON.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512541/images/original/A diploma, doc e declara&#231;&#227;o Romulo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512542/images/original/A diploma, doc e declara&#231;&#227;o Brechane.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512543/images/original/A Diploma, doc e declara&#231;&#227;o TIAGO FONTOURA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512544/images/original/A Diploma, doc e declara&#231;&#227;o ERICO ANDRADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/511732/images/original/Contrato 49 2024 combust&#237;vel.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/511579/images/original/Contratro Cristal Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/508243/images/original/46_2024_ Contrato Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/507327/images/original/TERMO DE COLABORA&#199;&#195;O 01 - Hospital Vila Nova.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/507094/images/original/Contrato_nB0_47_Alex_Petroman_para_assinatura_assinado cristal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/511591/images/original/Certida&#771;o Drone Mavic.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/506324/images/original/Contrato assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/502558/images/original/Contrato_nB0_44_2024 assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/502407/images/original/Contrato 43 BRPREV assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496572/images/original/Contrato 042 assinado Quadra de areia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496576/images/original/Contrato 041 - reconstru&#231;&#227;o de decks assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/495062/images/original/Contrato 40 Pedro Miranda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/495033/images/original/Contrato 39 Onilda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/495452/images/original/PM Cristal - 0606263-26 - 2&#186; Termo Aditivo - FINISA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/494859/images/original/Contrato 38 Valmor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/494853/images/original/Contrato 37 Eneida.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/494798/images/original/Contrato 36 Cooperativa Suinocultores do Ca&#237; Superior.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/494773/images/original/Contrato 35 Cooperativa Mista da Regi&#227;o Sul.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/494441/images/original/Contrato 34  Cooperativa Terra Livre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/492376/images/original/Contrato 33 VMI assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/485399/images/original/Contrato 32 - para assinatura.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/485304/images/original/Contrato 31_2024 para assinatura.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/487983/images/original/TERMO_DE_CONVENIO_03-2024_assinado etapa 02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/478878/images/original/Contrato 30 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/475839/images/original/Contrato 29_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/471482/images/original/Contrato 028 Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/471481/images/original/Cristal - Contrato 027 - Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/471479/images/original/Contrato 026 - La&#233;rcio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/467825/images/original/Contrato Cristal 25 2024 - Assinados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/465612/images/original/PM Cristal - 0521411-05 - Termo Aditivo - Calamidade RS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/465611/images/original/PM Cristal - 0606263-26 - Termo Aditivo - Calamidade RS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/467680/images/original/Contrato 24_2024 CEMTEC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/459087/images/original/Contrato 23_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/458607/images/original/Contrato 22 Sultec para assinatura.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/457785/images/original/Contrato 21.2024- Masper assessoria ME.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454759/images/original/Contrato 020 Ades&#227;o Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/455895/images/original/TERMO_DE_CONVENIO_29_assinado_assinado (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/477167/images/original/TERMO_ADITIVO_DE_CONVENIO_NBA_01_2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/478215/images/original/TERMO_ADITIVO_DE_CONVENIO_NBA_01_2024_assinado (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454033/images/original/Contrato 19.2024-  Adolfo e enir assessoria ME.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/453299/images/original/Contrato - Arbitragem.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/450135/images/original/Contrato 18 - Projeart assinado dig..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/421740/images/original/Contrato 16 Onilda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/421736/images/original/Contrato 15 Valmor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/421734/images/original/Contrato 14 Eneida.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/421733/images/original/Contrato 13 Pedro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/410585/images/original/Contrato 11 - Luiz Felipe Kruger Becker.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/410580/images/original/Contrato 10 - AB Servi&#231;os de guincho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/409167/images/original/Contrato 12_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/407071/images/original/Contrato 09 Cemtec Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/406790/images/original/Termo de Fomento - APAC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/402238/images/original/Contrato 08 2024 - Cemtec - Reforma Posto de Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/406880/images/original/Aditivo 01 ao Contrato 017-2014 - Luiz Felipe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/406856/images/original/Aditivo 01 ao Contrato 016-2014 - AB SERVI&#199;OS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/392426/images/original/Contrato 07-2024 - Senac RS (2).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/392035/images/original/Contrato 06 2024 - Vetor Automoveis LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/390395/images/original/Contrato 05.2023 P.E_41_2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/390388/images/original/Contrato 04.2024_Hosp.Vila Nova.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389108/images/original/Contrato 03.2024 . Transmiss&#227;o Praiano.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/704060/images/original/Contrato 54 - Gerapro - Aquisi&#231;&#227;o de Gerador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703304/images/original/CONTRATO 51 CRISTAL - ASSINADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/700898/images/original/Contrato 52 2025 Pref. Cristal - Constru&#231;&#227;o do CRAS assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/700222/images/original/Contrato 49 2025 Pavimenta&#231;&#227;o Jaguar&#227;o e Travessas assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703421/images/original/Contrato_cobertura_container_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/697851/images/original/Contrato 50 2025 Reforma Antonio Curi - assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/691779/images/original/Contrato 48 2025 Reforma Otto Becker assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/680874/images/original/CONTRATO MARCOS GUILHERME ok.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/679457/images/original/Contrato Fiat Strada Secretaria de Obras.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/666366/images/original/Contrato 044 ANA CRISTINA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/652565/images/original/CONTRATO PRESTA&#199;&#195;O DE SERVI&#199;&#213;S N&#186; 43.2025_PM CRISTAL RS assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626999/images/original/Contrato_4022082025_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/627060/images/original/Contrato 4222082025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/627058/images/original/Contrato 4122082025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/618665/images/original/Contrato 39 - MAGNA - Serv exames medicos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/616131/images/original/038.2025. Contrato Valmor Atualizado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/616128/images/original/037.2025. Contrato Onilda Atualizado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/616127/images/original/036.2025. Contrato Eneida Atualizado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/616126/images/original/035.2025. Coop Suinocultores do Ca&#237; Superior Atualizado - Copia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/616120/images/original/034.2025. Coop Terra Livre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/610774/images/original/Contrato 33 Leiloeiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/609028/images/original/Contrato 32 - ONDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/608387/images/original/Contrato 31.2025- Masper assessoria ME.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/605475/images/original/Contrato 29 ASSINADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/605217/images/original/Contrato 26 2025 assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/604820/images/original/Contrato 27 - Casa acolhimento S&#227;o Jorge.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/605558/images/original/Termo de fomento n&#176; 28 2025 assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/591098/images/original/Contrato 025_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588405/images/original/CONTRATO 24 25 CONSIGNET.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588226/images/original/CONTRATO 23 Walkiria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/560184/images/original/Contrato 21 para assinatura.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/559632/images/original/Contrato 22 - JMM Consultoria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/563199/images/original/conv&#234;nio abrigo - assinado (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/552622/images/original/Contrato 20 2025 para assinar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/551516/images/original/Contrato 19_2025_ Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/551476/images/original/-Contrato 18 para assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/548983/images/original/Contrato 17 para assinatura.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/530775/images/original/Contrato 15 para assinar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/530754/images/original/Contrato 14 para assinar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/530676/images/original/Contrato 16 para assinar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/530092/images/original/Contrato 13 para assinar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/528415/images/original/Contrato 12 2025 Gmaes para assinatura.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/528363/images/original/Contrato 11 - AB Servi&#231;os de guincho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/528358/images/original/Contrato 10 - Luiz Felipe Kruger Becker.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/528418/images/original/Contrato 09 - HNSA - Serv exames medicos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/527040/images/original/Contrato 08 - Const Casac - Serv eng perf po&#231;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/525294/images/original/Contrato 07 NILSON DE SOUZA - a nossa vibe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/525290/images/original/Contrato 06 PAULO ROBERTO - Amigos do Sereno.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/520942/images/original/Contrato_05_2025__UNIFIQUE_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/522936/images/original/Contrato 04-2025 - Cooperativa Uniao de Todos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/517182/images/original/Contrato 03-2025  -Unifique.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/517980/images/original/Contrato 02-2025 - Projeart.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512526/images/original/contrato arbitragem Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512527/images/original/A Diploma, doc e declara&#231;&#227;o BOAZ SANTANA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512528/images/original/A Diploma, doc e declara&#231;&#227;o Leonardo Sessin.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512529/images/original/A Jean Pierre diploma, doc e declara&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512530/images/original/A diploma, doc e declara&#231;&#227;o Rafa Pelotas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512531/images/original/A diplona, doc e declara&#231;&#227;o Laerte.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512532/images/original/A Diploma, doc e declara&#231;&#227;o JOVANI GARIGAN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512533/images/original/A Diploma, doc e declara&#231;&#227;o Maico Motta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512534/images/original/A Tiago Pires Lima.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512535/images/original/A Diploma, doc e declara&#231;&#227;o GABRIEL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512536/images/original/A Diploma,doc e declara&#231;&#227;o GILMAR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512537/images/original/A welison carvalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512538/images/original/A Diploma,doc e declara&#231;&#227;o MARCOS CESAR GARCIA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512539/images/original/A Diploma, doc e declara&#231;&#227;o RAFEL ROSA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512540/images/original/A Diploma,doc e declara&#231;&#227;o GEFERSON.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512541/images/original/A diploma, doc e declara&#231;&#227;o Romulo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512542/images/original/A diploma, doc e declara&#231;&#227;o Brechane.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512543/images/original/A Diploma, doc e declara&#231;&#227;o TIAGO FONTOURA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512544/images/original/A Diploma, doc e declara&#231;&#227;o ERICO ANDRADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/511732/images/original/Contrato 49 2024 combust&#237;vel.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/511579/images/original/Contratro Cristal Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/508243/images/original/46_2024_ Contrato Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/507327/images/original/TERMO DE COLABORA&#199;&#195;O 01 - Hospital Vila Nova.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/507094/images/original/Contrato_nB0_47_Alex_Petroman_para_assinatura_assinado cristal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/511591/images/original/Certida&#771;o Drone Mavic.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/506324/images/original/Contrato assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/502558/images/original/Contrato_nB0_44_2024 assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/502407/images/original/Contrato 43 BRPREV assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496572/images/original/Contrato 042 assinado Quadra de areia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496576/images/original/Contrato 041 - reconstru&#231;&#227;o de decks assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/495062/images/original/Contrato 40 Pedro Miranda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/495033/images/original/Contrato 39 Onilda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/495452/images/original/PM Cristal - 0606263-26 - 2&#186; Termo Aditivo - FINISA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/494859/images/original/Contrato 38 Valmor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/494853/images/original/Contrato 37 Eneida.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/494798/images/original/Contrato 36 Cooperativa Suinocultores do Ca&#237; Superior.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/494773/images/original/Contrato 35 Cooperativa Mista da Regi&#227;o Sul.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/494441/images/original/Contrato 34  Cooperativa Terra Livre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/492376/images/original/Contrato 33 VMI assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/485399/images/original/Contrato 32 - para assinatura.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/485304/images/original/Contrato 31_2024 para assinatura.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/487983/images/original/TERMO_DE_CONVENIO_03-2024_assinado etapa 02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/478878/images/original/Contrato 30 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/475839/images/original/Contrato 29_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/471482/images/original/Contrato 028 Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/471481/images/original/Cristal - Contrato 027 - Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/471479/images/original/Contrato 026 - La&#233;rcio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/467825/images/original/Contrato Cristal 25 2024 - Assinados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/465612/images/original/PM Cristal - 0521411-05 - Termo Aditivo - Calamidade RS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/465611/images/original/PM Cristal - 0606263-26 - Termo Aditivo - Calamidade RS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/467680/images/original/Contrato 24_2024 CEMTEC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/459087/images/original/Contrato 23_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/458607/images/original/Contrato 22 Sultec para assinatura.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/457785/images/original/Contrato 21.2024- Masper assessoria ME.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454759/images/original/Contrato 020 Ades&#227;o Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/455895/images/original/TERMO_DE_CONVENIO_29_assinado_assinado (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/477167/images/original/TERMO_ADITIVO_DE_CONVENIO_NBA_01_2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/478215/images/original/TERMO_ADITIVO_DE_CONVENIO_NBA_01_2024_assinado (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454033/images/original/Contrato 19.2024-  Adolfo e enir assessoria ME.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/453299/images/original/Contrato - Arbitragem.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/450135/images/original/Contrato 18 - Projeart assinado dig..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/421740/images/original/Contrato 16 Onilda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/421736/images/original/Contrato 15 Valmor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/421734/images/original/Contrato 14 Eneida.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/421733/images/original/Contrato 13 Pedro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/410585/images/original/Contrato 11 - Luiz Felipe Kruger Becker.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/410580/images/original/Contrato 10 - AB Servi&#231;os de guincho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/409167/images/original/Contrato 12_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/407071/images/original/Contrato 09 Cemtec Assinado.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C122"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C122" sqref="C122"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1291,1341 +1294,1341 @@
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
         <v>20</v>
       </c>
       <c r="B8" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
         <v>23</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B10" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B11" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B12" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B13" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B14" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B15" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B16" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B17" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B18" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B19" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B20" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B21" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B22" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B23" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
+        <v>62</v>
+      </c>
+      <c r="B24" t="s">
         <v>60</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B25" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B26" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B27" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
         <v>72</v>
       </c>
       <c r="B28" t="s">
+        <v>68</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
+        <v>74</v>
+      </c>
+      <c r="B29" t="s">
         <v>75</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" s="1" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
+        <v>77</v>
+      </c>
+      <c r="B30" t="s">
         <v>78</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" s="1" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
+        <v>80</v>
+      </c>
+      <c r="B31" t="s">
+        <v>78</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>81</v>
-      </c>
-[...4 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
+        <v>82</v>
+      </c>
+      <c r="B32" t="s">
+        <v>83</v>
+      </c>
+      <c r="C32" s="1" t="s">
         <v>84</v>
-      </c>
-[...4 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
+        <v>85</v>
+      </c>
+      <c r="B33" t="s">
         <v>86</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" s="1" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
+        <v>88</v>
+      </c>
+      <c r="B34" t="s">
         <v>89</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" s="1" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
+        <v>91</v>
+      </c>
+      <c r="B35" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
         <v>94</v>
       </c>
       <c r="B36" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B37" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B38" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B39" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B40" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
+        <v>109</v>
+      </c>
+      <c r="B41" t="s">
         <v>107</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B42" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B43" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B44" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
         <v>119</v>
       </c>
       <c r="B45" t="s">
+        <v>115</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B46" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="B47" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="B48" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>119</v>
+        <v>130</v>
       </c>
       <c r="B49" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>119</v>
+        <v>132</v>
       </c>
       <c r="B50" t="s">
-        <v>120</v>
+        <v>133</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>119</v>
+        <v>135</v>
       </c>
       <c r="B51" t="s">
-        <v>120</v>
+        <v>136</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>127</v>
+        <v>137</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>119</v>
+        <v>138</v>
       </c>
       <c r="B52" t="s">
-        <v>120</v>
+        <v>139</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>128</v>
+        <v>140</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>119</v>
+        <v>141</v>
       </c>
       <c r="B53" t="s">
-        <v>120</v>
+        <v>142</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>129</v>
+        <v>143</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>119</v>
+        <v>144</v>
       </c>
       <c r="B54" t="s">
-        <v>120</v>
+        <v>145</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>130</v>
+        <v>146</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>119</v>
+        <v>144</v>
       </c>
       <c r="B55" t="s">
-        <v>120</v>
+        <v>145</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>131</v>
+        <v>147</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>119</v>
+        <v>144</v>
       </c>
       <c r="B56" t="s">
-        <v>120</v>
+        <v>145</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>132</v>
+        <v>148</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>119</v>
+        <v>144</v>
       </c>
       <c r="B57" t="s">
-        <v>120</v>
+        <v>145</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>133</v>
+        <v>149</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>119</v>
+        <v>144</v>
       </c>
       <c r="B58" t="s">
-        <v>120</v>
+        <v>145</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>134</v>
+        <v>150</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>119</v>
+        <v>144</v>
       </c>
       <c r="B59" t="s">
-        <v>120</v>
+        <v>145</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>135</v>
+        <v>151</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>119</v>
+        <v>144</v>
       </c>
       <c r="B60" t="s">
-        <v>120</v>
+        <v>145</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>136</v>
+        <v>152</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>119</v>
+        <v>144</v>
       </c>
       <c r="B61" t="s">
-        <v>120</v>
+        <v>145</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>137</v>
+        <v>153</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>119</v>
+        <v>144</v>
       </c>
       <c r="B62" t="s">
-        <v>120</v>
+        <v>145</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>119</v>
+        <v>144</v>
       </c>
       <c r="B63" t="s">
-        <v>120</v>
+        <v>145</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>139</v>
+        <v>155</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="B64" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>142</v>
+        <v>156</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B65" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>145</v>
+        <v>157</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="B66" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>148</v>
+        <v>158</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="B67" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>150</v>
+        <v>159</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>151</v>
+        <v>144</v>
       </c>
       <c r="B68" t="s">
-        <v>152</v>
+        <v>145</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>151</v>
+        <v>144</v>
       </c>
       <c r="B69" t="s">
-        <v>152</v>
+        <v>145</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>154</v>
+        <v>161</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>155</v>
+        <v>144</v>
       </c>
       <c r="B70" t="s">
-        <v>152</v>
+        <v>145</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>157</v>
+        <v>144</v>
       </c>
       <c r="B71" t="s">
-        <v>158</v>
+        <v>145</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>160</v>
+        <v>144</v>
       </c>
       <c r="B72" t="s">
-        <v>161</v>
+        <v>145</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B73" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B74" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="B75" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="B76" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="B77" t="s">
-        <v>169</v>
+        <v>177</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B78" t="s">
-        <v>169</v>
+        <v>177</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
+        <v>180</v>
+      </c>
+      <c r="B79" t="s">
         <v>177</v>
       </c>
-      <c r="B79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79" s="1" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="B80" t="s">
-        <v>169</v>
+        <v>183</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="B81" t="s">
-        <v>169</v>
+        <v>186</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="B82" t="s">
-        <v>169</v>
+        <v>189</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="B83" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="B84" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="B85" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
+        <v>198</v>
+      </c>
+      <c r="B86" t="s">
         <v>194</v>
       </c>
-      <c r="B86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86" s="1" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="B87" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B88" t="s">
-        <v>201</v>
+        <v>194</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B89" t="s">
-        <v>204</v>
+        <v>194</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
         <v>206</v>
       </c>
       <c r="B90" t="s">
-        <v>204</v>
+        <v>194</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
         <v>208</v>
       </c>
       <c r="B91" t="s">
-        <v>204</v>
+        <v>194</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
         <v>210</v>
       </c>
       <c r="B92" t="s">
         <v>211</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
         <v>213</v>
       </c>
       <c r="B93" t="s">
         <v>214</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
         <v>216</v>
       </c>
       <c r="B94" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B95" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B96" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B97" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B98" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B99" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
         <v>233</v>
       </c>
       <c r="B100" t="s">
+        <v>229</v>
+      </c>
+      <c r="C100" s="1" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="B101" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="B102" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="B103" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="B104" t="s">
-        <v>234</v>
+        <v>244</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="B105" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="B106" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="B107" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="B108" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
-        <v>252</v>
+        <v>258</v>
       </c>
       <c r="B109" t="s">
-        <v>246</v>
+        <v>259</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>253</v>
+        <v>260</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="B110" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B111" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="s">
+        <v>263</v>
+      </c>
+      <c r="B112" t="s">
         <v>259</v>
       </c>
-      <c r="B112" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C112" s="1" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="B113" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="B114" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="B115" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" t="s">
+        <v>273</v>
+      </c>
+      <c r="B116" t="s">
         <v>271</v>
       </c>
-      <c r="B116" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C116" s="1" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B117" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="B118" t="s">
-        <v>277</v>
+        <v>271</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
         <v>279</v>
       </c>
       <c r="B119" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B120" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
         <v>284</v>
       </c>
       <c r="B121" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B122" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>