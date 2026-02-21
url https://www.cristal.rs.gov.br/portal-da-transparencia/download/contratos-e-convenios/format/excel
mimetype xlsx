--- v1 (2025-12-18)
+++ v2 (2026-02-21)
@@ -12,61 +12,133 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="290">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="291">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
+    <t>CONTRATO N° 04/2026</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>Contrato 04 2026 Calçamento Rua Porto Alegre.pdf</t>
+  </si>
+  <si>
+    <t>CONTRATO N° 03/2026</t>
+  </si>
+  <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
+    <t>Contrato 03 2026 Refrigeradores.pdf</t>
+  </si>
+  <si>
+    <t>CONTRATO Nº. 02/2026</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>Contrato 02 - Casa acolhimento São Jorge.pdf</t>
+  </si>
+  <si>
+    <t>CONTRATO N° 01/2026</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>Contrato 01_2025 para assinatura.pdf</t>
+  </si>
+  <si>
+    <t>CONTRATO N° 59/2025</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>Contrato_nB059_2025_assinado.pdf</t>
+  </si>
+  <si>
+    <t>CONTRATO N° 58/2025</t>
+  </si>
+  <si>
+    <t>Contrato 58 2025 BPF Instituições de Pagamento.pdf</t>
+  </si>
+  <si>
+    <t>CONTRATO N° 56/2025</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>Contrato Arbitragem -56_2025.pdf</t>
+  </si>
+  <si>
+    <t>CONTRATO N° 57/2025</t>
+  </si>
+  <si>
+    <t>Contrato 57 2025 Combustível assinado.pdf</t>
+  </si>
+  <si>
+    <t>CONTRATO N° 55/2025</t>
+  </si>
+  <si>
+    <t>Contrato 55 2025 - Segurança Praiano..pdf</t>
+  </si>
+  <si>
     <t>CONTRATO Nº 54/2025</t>
   </si>
   <si>
     <t>12/12/2025</t>
   </si>
   <si>
     <t>Contrato 54 - Gerapro - Aquisição de Gerador.pdf</t>
   </si>
   <si>
     <t>CONTRATO N° 51/2025</t>
   </si>
   <si>
     <t>11/12/2025</t>
   </si>
   <si>
     <t>CONTRATO 51 CRISTAL - ASSINADO.pdf</t>
   </si>
   <si>
     <t>CONTRATO N° 52/2025</t>
   </si>
   <si>
     <t>05/12/2025</t>
   </si>
   <si>
     <t>Contrato 52 2025 Pref. Cristal - Construção do CRAS assinado.pdf</t>
@@ -813,119 +885,50 @@
     <t>TERMO DE CONVÊNIO Nº 02/2024</t>
   </si>
   <si>
     <t>03/06/2024</t>
   </si>
   <si>
     <t>TERMO_DE_CONVENIO_29_assinado_assinado (1).pdf</t>
   </si>
   <si>
     <t>TERMO_ADITIVO_DE_CONVENIO_NBA_01_2024_assinado.pdf</t>
   </si>
   <si>
     <t>TERMO_ADITIVO_DE_CONVENIO_NBA_01_2024_assinado (1).pdf</t>
   </si>
   <si>
     <t>CONTRATO N° 19/2024</t>
   </si>
   <si>
     <t>Contrato 19.2024- Adolfo e enir assessoria ME.pdf</t>
   </si>
   <si>
     <t>CONTRATO N° 17/2024</t>
   </si>
   <si>
     <t>Contrato - Arbitragem.pdf</t>
-  </si>
-[...67 lines deleted...]
-    <t>Contrato 09 Cemtec Assinado.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -1229,51 +1232,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/704060/images/original/Contrato 54 - Gerapro - Aquisi&#231;&#227;o de Gerador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703304/images/original/CONTRATO 51 CRISTAL - ASSINADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/700898/images/original/Contrato 52 2025 Pref. Cristal - Constru&#231;&#227;o do CRAS assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/700222/images/original/Contrato 49 2025 Pavimenta&#231;&#227;o Jaguar&#227;o e Travessas assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703421/images/original/Contrato_cobertura_container_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/697851/images/original/Contrato 50 2025 Reforma Antonio Curi - assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/691779/images/original/Contrato 48 2025 Reforma Otto Becker assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/680874/images/original/CONTRATO MARCOS GUILHERME ok.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/679457/images/original/Contrato Fiat Strada Secretaria de Obras.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/666366/images/original/Contrato 044 ANA CRISTINA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/652565/images/original/CONTRATO PRESTA&#199;&#195;O DE SERVI&#199;&#213;S N&#186; 43.2025_PM CRISTAL RS assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626999/images/original/Contrato_4022082025_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/627060/images/original/Contrato 4222082025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/627058/images/original/Contrato 4122082025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/618665/images/original/Contrato 39 - MAGNA - Serv exames medicos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/616131/images/original/038.2025. Contrato Valmor Atualizado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/616128/images/original/037.2025. Contrato Onilda Atualizado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/616127/images/original/036.2025. Contrato Eneida Atualizado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/616126/images/original/035.2025. Coop Suinocultores do Ca&#237; Superior Atualizado - Copia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/616120/images/original/034.2025. Coop Terra Livre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/610774/images/original/Contrato 33 Leiloeiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/609028/images/original/Contrato 32 - ONDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/608387/images/original/Contrato 31.2025- Masper assessoria ME.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/605475/images/original/Contrato 29 ASSINADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/605217/images/original/Contrato 26 2025 assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/604820/images/original/Contrato 27 - Casa acolhimento S&#227;o Jorge.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/605558/images/original/Termo de fomento n&#176; 28 2025 assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/591098/images/original/Contrato 025_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588405/images/original/CONTRATO 24 25 CONSIGNET.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588226/images/original/CONTRATO 23 Walkiria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/560184/images/original/Contrato 21 para assinatura.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/559632/images/original/Contrato 22 - JMM Consultoria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/563199/images/original/conv&#234;nio abrigo - assinado (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/552622/images/original/Contrato 20 2025 para assinar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/551516/images/original/Contrato 19_2025_ Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/551476/images/original/-Contrato 18 para assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/548983/images/original/Contrato 17 para assinatura.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/530775/images/original/Contrato 15 para assinar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/530754/images/original/Contrato 14 para assinar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/530676/images/original/Contrato 16 para assinar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/530092/images/original/Contrato 13 para assinar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/528415/images/original/Contrato 12 2025 Gmaes para assinatura.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/528363/images/original/Contrato 11 - AB Servi&#231;os de guincho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/528358/images/original/Contrato 10 - Luiz Felipe Kruger Becker.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/528418/images/original/Contrato 09 - HNSA - Serv exames medicos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/527040/images/original/Contrato 08 - Const Casac - Serv eng perf po&#231;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/525294/images/original/Contrato 07 NILSON DE SOUZA - a nossa vibe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/525290/images/original/Contrato 06 PAULO ROBERTO - Amigos do Sereno.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/520942/images/original/Contrato_05_2025__UNIFIQUE_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/522936/images/original/Contrato 04-2025 - Cooperativa Uniao de Todos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/517182/images/original/Contrato 03-2025  -Unifique.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/517980/images/original/Contrato 02-2025 - Projeart.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512526/images/original/contrato arbitragem Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512527/images/original/A Diploma, doc e declara&#231;&#227;o BOAZ SANTANA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512528/images/original/A Diploma, doc e declara&#231;&#227;o Leonardo Sessin.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512529/images/original/A Jean Pierre diploma, doc e declara&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512530/images/original/A diploma, doc e declara&#231;&#227;o Rafa Pelotas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512531/images/original/A diplona, doc e declara&#231;&#227;o Laerte.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512532/images/original/A Diploma, doc e declara&#231;&#227;o JOVANI GARIGAN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512533/images/original/A Diploma, doc e declara&#231;&#227;o Maico Motta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512534/images/original/A Tiago Pires Lima.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512535/images/original/A Diploma, doc e declara&#231;&#227;o GABRIEL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512536/images/original/A Diploma,doc e declara&#231;&#227;o GILMAR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512537/images/original/A welison carvalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512538/images/original/A Diploma,doc e declara&#231;&#227;o MARCOS CESAR GARCIA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512539/images/original/A Diploma, doc e declara&#231;&#227;o RAFEL ROSA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512540/images/original/A Diploma,doc e declara&#231;&#227;o GEFERSON.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512541/images/original/A diploma, doc e declara&#231;&#227;o Romulo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512542/images/original/A diploma, doc e declara&#231;&#227;o Brechane.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512543/images/original/A Diploma, doc e declara&#231;&#227;o TIAGO FONTOURA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512544/images/original/A Diploma, doc e declara&#231;&#227;o ERICO ANDRADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/511732/images/original/Contrato 49 2024 combust&#237;vel.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/511579/images/original/Contratro Cristal Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/508243/images/original/46_2024_ Contrato Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/507327/images/original/TERMO DE COLABORA&#199;&#195;O 01 - Hospital Vila Nova.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/507094/images/original/Contrato_nB0_47_Alex_Petroman_para_assinatura_assinado cristal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/511591/images/original/Certida&#771;o Drone Mavic.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/506324/images/original/Contrato assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/502558/images/original/Contrato_nB0_44_2024 assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/502407/images/original/Contrato 43 BRPREV assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496572/images/original/Contrato 042 assinado Quadra de areia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496576/images/original/Contrato 041 - reconstru&#231;&#227;o de decks assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/495062/images/original/Contrato 40 Pedro Miranda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/495033/images/original/Contrato 39 Onilda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/495452/images/original/PM Cristal - 0606263-26 - 2&#186; Termo Aditivo - FINISA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/494859/images/original/Contrato 38 Valmor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/494853/images/original/Contrato 37 Eneida.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/494798/images/original/Contrato 36 Cooperativa Suinocultores do Ca&#237; Superior.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/494773/images/original/Contrato 35 Cooperativa Mista da Regi&#227;o Sul.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/494441/images/original/Contrato 34  Cooperativa Terra Livre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/492376/images/original/Contrato 33 VMI assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/485399/images/original/Contrato 32 - para assinatura.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/485304/images/original/Contrato 31_2024 para assinatura.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/487983/images/original/TERMO_DE_CONVENIO_03-2024_assinado etapa 02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/478878/images/original/Contrato 30 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/475839/images/original/Contrato 29_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/471482/images/original/Contrato 028 Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/471481/images/original/Cristal - Contrato 027 - Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/471479/images/original/Contrato 026 - La&#233;rcio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/467825/images/original/Contrato Cristal 25 2024 - Assinados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/465612/images/original/PM Cristal - 0521411-05 - Termo Aditivo - Calamidade RS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/465611/images/original/PM Cristal - 0606263-26 - Termo Aditivo - Calamidade RS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/467680/images/original/Contrato 24_2024 CEMTEC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/459087/images/original/Contrato 23_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/458607/images/original/Contrato 22 Sultec para assinatura.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/457785/images/original/Contrato 21.2024- Masper assessoria ME.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454759/images/original/Contrato 020 Ades&#227;o Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/455895/images/original/TERMO_DE_CONVENIO_29_assinado_assinado (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/477167/images/original/TERMO_ADITIVO_DE_CONVENIO_NBA_01_2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/478215/images/original/TERMO_ADITIVO_DE_CONVENIO_NBA_01_2024_assinado (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454033/images/original/Contrato 19.2024-  Adolfo e enir assessoria ME.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/453299/images/original/Contrato - Arbitragem.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/450135/images/original/Contrato 18 - Projeart assinado dig..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/421740/images/original/Contrato 16 Onilda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/421736/images/original/Contrato 15 Valmor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/421734/images/original/Contrato 14 Eneida.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/421733/images/original/Contrato 13 Pedro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/410585/images/original/Contrato 11 - Luiz Felipe Kruger Becker.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/410580/images/original/Contrato 10 - AB Servi&#231;os de guincho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/409167/images/original/Contrato 12_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/407071/images/original/Contrato 09 Cemtec Assinado.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/730636/images/original/Contrato 04 2026 Cal&#231;amento  Rua Porto Alegre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/728453/images/original/Contrato 03 2026 Refrigeradores.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726942/images/original/Contrato 02 - Casa acolhimento S&#227;o Jorge.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/718567/images/original/Contrato 01_2025 para assinatura.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/711000/images/original/Contrato_nB059_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/710989/images/original/Contrato 58 2025 BPF Institui&#231;&#245;es de Pagamento.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/710998/images/original/Contrato Arbitragem -56_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/710620/images/original/Contrato 57 2025 Combust&#237;vel assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/710406/images/original/Contrato 55 2025 - Seguran&#231;a Praiano..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/704060/images/original/Contrato 54 - Gerapro - Aquisi&#231;&#227;o de Gerador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703304/images/original/CONTRATO 51 CRISTAL - ASSINADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/700898/images/original/Contrato 52 2025 Pref. Cristal - Constru&#231;&#227;o do CRAS assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/700222/images/original/Contrato 49 2025 Pavimenta&#231;&#227;o Jaguar&#227;o e Travessas assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703421/images/original/Contrato_cobertura_container_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/697851/images/original/Contrato 50 2025 Reforma Antonio Curi - assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/691779/images/original/Contrato 48 2025 Reforma Otto Becker assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/680874/images/original/CONTRATO MARCOS GUILHERME ok.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/679457/images/original/Contrato Fiat Strada Secretaria de Obras.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/666366/images/original/Contrato 044 ANA CRISTINA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/652565/images/original/CONTRATO PRESTA&#199;&#195;O DE SERVI&#199;&#213;S N&#186; 43.2025_PM CRISTAL RS assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626999/images/original/Contrato_4022082025_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/627060/images/original/Contrato 4222082025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/627058/images/original/Contrato 4122082025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/618665/images/original/Contrato 39 - MAGNA - Serv exames medicos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/616131/images/original/038.2025. Contrato Valmor Atualizado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/616128/images/original/037.2025. Contrato Onilda Atualizado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/616127/images/original/036.2025. Contrato Eneida Atualizado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/616126/images/original/035.2025. Coop Suinocultores do Ca&#237; Superior Atualizado - Copia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/616120/images/original/034.2025. Coop Terra Livre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/610774/images/original/Contrato 33 Leiloeiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/609028/images/original/Contrato 32 - ONDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/608387/images/original/Contrato 31.2025- Masper assessoria ME.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/605475/images/original/Contrato 29 ASSINADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/605217/images/original/Contrato 26 2025 assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/604820/images/original/Contrato 27 - Casa acolhimento S&#227;o Jorge.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/605558/images/original/Termo de fomento n&#176; 28 2025 assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/591098/images/original/Contrato 025_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588405/images/original/CONTRATO 24 25 CONSIGNET.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588226/images/original/CONTRATO 23 Walkiria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/560184/images/original/Contrato 21 para assinatura.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/559632/images/original/Contrato 22 - JMM Consultoria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/563199/images/original/conv&#234;nio abrigo - assinado (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/552622/images/original/Contrato 20 2025 para assinar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/551516/images/original/Contrato 19_2025_ Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/551476/images/original/-Contrato 18 para assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/548983/images/original/Contrato 17 para assinatura.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/530775/images/original/Contrato 15 para assinar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/530754/images/original/Contrato 14 para assinar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/530676/images/original/Contrato 16 para assinar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/530092/images/original/Contrato 13 para assinar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/528415/images/original/Contrato 12 2025 Gmaes para assinatura.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/528363/images/original/Contrato 11 - AB Servi&#231;os de guincho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/528358/images/original/Contrato 10 - Luiz Felipe Kruger Becker.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/528418/images/original/Contrato 09 - HNSA - Serv exames medicos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/527040/images/original/Contrato 08 - Const Casac - Serv eng perf po&#231;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/525294/images/original/Contrato 07 NILSON DE SOUZA - a nossa vibe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/525290/images/original/Contrato 06 PAULO ROBERTO - Amigos do Sereno.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/520942/images/original/Contrato_05_2025__UNIFIQUE_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/522936/images/original/Contrato 04-2025 - Cooperativa Uniao de Todos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/517182/images/original/Contrato 03-2025  -Unifique.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/517980/images/original/Contrato 02-2025 - Projeart.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512526/images/original/contrato arbitragem Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512527/images/original/A Diploma, doc e declara&#231;&#227;o BOAZ SANTANA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512528/images/original/A Diploma, doc e declara&#231;&#227;o Leonardo Sessin.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512529/images/original/A Jean Pierre diploma, doc e declara&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512530/images/original/A diploma, doc e declara&#231;&#227;o Rafa Pelotas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512531/images/original/A diplona, doc e declara&#231;&#227;o Laerte.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512532/images/original/A Diploma, doc e declara&#231;&#227;o JOVANI GARIGAN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512533/images/original/A Diploma, doc e declara&#231;&#227;o Maico Motta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512534/images/original/A Tiago Pires Lima.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512535/images/original/A Diploma, doc e declara&#231;&#227;o GABRIEL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512536/images/original/A Diploma,doc e declara&#231;&#227;o GILMAR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512537/images/original/A welison carvalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512538/images/original/A Diploma,doc e declara&#231;&#227;o MARCOS CESAR GARCIA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512539/images/original/A Diploma, doc e declara&#231;&#227;o RAFEL ROSA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512540/images/original/A Diploma,doc e declara&#231;&#227;o GEFERSON.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512541/images/original/A diploma, doc e declara&#231;&#227;o Romulo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512542/images/original/A diploma, doc e declara&#231;&#227;o Brechane.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512543/images/original/A Diploma, doc e declara&#231;&#227;o TIAGO FONTOURA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/512544/images/original/A Diploma, doc e declara&#231;&#227;o ERICO ANDRADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/511732/images/original/Contrato 49 2024 combust&#237;vel.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/511579/images/original/Contratro Cristal Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/508243/images/original/46_2024_ Contrato Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/507327/images/original/TERMO DE COLABORA&#199;&#195;O 01 - Hospital Vila Nova.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/507094/images/original/Contrato_nB0_47_Alex_Petroman_para_assinatura_assinado cristal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/511591/images/original/Certida&#771;o Drone Mavic.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/506324/images/original/Contrato assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/502558/images/original/Contrato_nB0_44_2024 assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/502407/images/original/Contrato 43 BRPREV assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496572/images/original/Contrato 042 assinado Quadra de areia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496576/images/original/Contrato 041 - reconstru&#231;&#227;o de decks assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/495062/images/original/Contrato 40 Pedro Miranda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/495033/images/original/Contrato 39 Onilda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/495452/images/original/PM Cristal - 0606263-26 - 2&#186; Termo Aditivo - FINISA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/494859/images/original/Contrato 38 Valmor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/494853/images/original/Contrato 37 Eneida.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/494798/images/original/Contrato 36 Cooperativa Suinocultores do Ca&#237; Superior.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/494773/images/original/Contrato 35 Cooperativa Mista da Regi&#227;o Sul.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/494441/images/original/Contrato 34  Cooperativa Terra Livre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/492376/images/original/Contrato 33 VMI assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/485399/images/original/Contrato 32 - para assinatura.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/485304/images/original/Contrato 31_2024 para assinatura.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/487983/images/original/TERMO_DE_CONVENIO_03-2024_assinado etapa 02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/478878/images/original/Contrato 30 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/475839/images/original/Contrato 29_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/471482/images/original/Contrato 028 Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/471481/images/original/Cristal - Contrato 027 - Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/471479/images/original/Contrato 026 - La&#233;rcio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/467825/images/original/Contrato Cristal 25 2024 - Assinados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/465612/images/original/PM Cristal - 0521411-05 - Termo Aditivo - Calamidade RS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/465611/images/original/PM Cristal - 0606263-26 - Termo Aditivo - Calamidade RS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/467680/images/original/Contrato 24_2024 CEMTEC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/459087/images/original/Contrato 23_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/458607/images/original/Contrato 22 Sultec para assinatura.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/457785/images/original/Contrato 21.2024- Masper assessoria ME.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454759/images/original/Contrato 020 Ades&#227;o Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/455895/images/original/TERMO_DE_CONVENIO_29_assinado_assinado (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/477167/images/original/TERMO_ADITIVO_DE_CONVENIO_NBA_01_2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/478215/images/original/TERMO_ADITIVO_DE_CONVENIO_NBA_01_2024_assinado (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454033/images/original/Contrato 19.2024-  Adolfo e enir assessoria ME.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/453299/images/original/Contrato - Arbitragem.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C122"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C122" sqref="C122"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1294,1129 +1297,1129 @@
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B7" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
         <v>20</v>
       </c>
       <c r="B8" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
         <v>23</v>
       </c>
       <c r="B9" t="s">
+        <v>21</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
+        <v>25</v>
+      </c>
+      <c r="B10" t="s">
+        <v>21</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>26</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
+        <v>27</v>
+      </c>
+      <c r="B11" t="s">
         <v>28</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" s="1" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" t="s">
         <v>31</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" s="1" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
+        <v>33</v>
+      </c>
+      <c r="B13" t="s">
         <v>34</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" s="1" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
+        <v>36</v>
+      </c>
+      <c r="B14" t="s">
+        <v>34</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
+        <v>38</v>
+      </c>
+      <c r="B15" t="s">
+        <v>39</v>
+      </c>
+      <c r="C15" s="1" t="s">
         <v>40</v>
-      </c>
-[...4 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
+        <v>41</v>
+      </c>
+      <c r="B16" t="s">
         <v>42</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" s="1" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
+        <v>44</v>
+      </c>
+      <c r="B17" t="s">
         <v>45</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" s="1" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
+        <v>47</v>
+      </c>
+      <c r="B18" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
         <v>50</v>
       </c>
       <c r="B19" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
         <v>52</v>
       </c>
       <c r="B20" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B21" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B22" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B23" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
+        <v>64</v>
+      </c>
+      <c r="B24" t="s">
         <v>62</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="1" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B25" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B26" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
+        <v>72</v>
+      </c>
+      <c r="B27" t="s">
         <v>70</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" s="1" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B28" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B29" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B30" t="s">
-        <v>78</v>
+        <v>70</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
         <v>80</v>
       </c>
       <c r="B31" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B32" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B33" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
         <v>88</v>
       </c>
       <c r="B34" t="s">
         <v>89</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
         <v>91</v>
       </c>
       <c r="B35" t="s">
         <v>92</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
         <v>94</v>
       </c>
       <c r="B36" t="s">
+        <v>92</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
+        <v>96</v>
+      </c>
+      <c r="B37" t="s">
+        <v>92</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>97</v>
-      </c>
-[...4 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
+        <v>98</v>
+      </c>
+      <c r="B38" t="s">
+        <v>99</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
+        <v>101</v>
+      </c>
+      <c r="B39" t="s">
+        <v>102</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>103</v>
-      </c>
-[...4 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="B40" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="B41" t="s">
         <v>107</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
+        <v>109</v>
+      </c>
+      <c r="B42" t="s">
+        <v>110</v>
+      </c>
+      <c r="C42" s="1" t="s">
         <v>111</v>
-      </c>
-[...4 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
+        <v>112</v>
+      </c>
+      <c r="B43" t="s">
+        <v>113</v>
+      </c>
+      <c r="C43" s="1" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
+        <v>115</v>
+      </c>
+      <c r="B44" t="s">
+        <v>116</v>
+      </c>
+      <c r="C44" s="1" t="s">
         <v>117</v>
-      </c>
-[...4 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
+        <v>118</v>
+      </c>
+      <c r="B45" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
         <v>121</v>
       </c>
       <c r="B46" t="s">
         <v>122</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
         <v>124</v>
       </c>
       <c r="B47" t="s">
         <v>125</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
         <v>127</v>
       </c>
       <c r="B48" t="s">
         <v>128</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
         <v>130</v>
       </c>
       <c r="B49" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B50" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
         <v>135</v>
       </c>
       <c r="B51" t="s">
         <v>136</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
         <v>138</v>
       </c>
       <c r="B52" t="s">
         <v>139</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
         <v>141</v>
       </c>
       <c r="B53" t="s">
+        <v>139</v>
+      </c>
+      <c r="C53" s="1" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
+        <v>143</v>
+      </c>
+      <c r="B54" t="s">
+        <v>139</v>
+      </c>
+      <c r="C54" s="1" t="s">
         <v>144</v>
-      </c>
-[...4 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B55" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="B56" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="B57" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B58" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>144</v>
+        <v>156</v>
       </c>
       <c r="B59" t="s">
-        <v>145</v>
+        <v>157</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>144</v>
+        <v>159</v>
       </c>
       <c r="B60" t="s">
-        <v>145</v>
+        <v>160</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>152</v>
+        <v>161</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>144</v>
+        <v>162</v>
       </c>
       <c r="B61" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>153</v>
+        <v>164</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="B62" t="s">
-        <v>145</v>
+        <v>166</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>154</v>
+        <v>167</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>144</v>
+        <v>168</v>
       </c>
       <c r="B63" t="s">
-        <v>145</v>
+        <v>169</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>155</v>
+        <v>170</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>144</v>
+        <v>168</v>
       </c>
       <c r="B64" t="s">
-        <v>145</v>
+        <v>169</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>156</v>
+        <v>171</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>144</v>
+        <v>168</v>
       </c>
       <c r="B65" t="s">
-        <v>145</v>
+        <v>169</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>157</v>
+        <v>172</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>144</v>
+        <v>168</v>
       </c>
       <c r="B66" t="s">
-        <v>145</v>
+        <v>169</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>158</v>
+        <v>173</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>144</v>
+        <v>168</v>
       </c>
       <c r="B67" t="s">
-        <v>145</v>
+        <v>169</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>159</v>
+        <v>174</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>144</v>
+        <v>168</v>
       </c>
       <c r="B68" t="s">
-        <v>145</v>
+        <v>169</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>144</v>
+        <v>168</v>
       </c>
       <c r="B69" t="s">
-        <v>145</v>
+        <v>169</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>161</v>
+        <v>176</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>144</v>
+        <v>168</v>
       </c>
       <c r="B70" t="s">
-        <v>145</v>
+        <v>169</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>162</v>
+        <v>177</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>144</v>
+        <v>168</v>
       </c>
       <c r="B71" t="s">
-        <v>145</v>
+        <v>169</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>163</v>
+        <v>178</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>144</v>
+        <v>168</v>
       </c>
       <c r="B72" t="s">
-        <v>145</v>
+        <v>169</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>164</v>
+        <v>179</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="B73" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>167</v>
+        <v>180</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
         <v>168</v>
       </c>
       <c r="B74" t="s">
         <v>169</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>170</v>
+        <v>181</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="B75" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>173</v>
+        <v>182</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="B76" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>175</v>
+        <v>183</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>176</v>
+        <v>168</v>
       </c>
       <c r="B77" t="s">
-        <v>177</v>
+        <v>169</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>176</v>
+        <v>168</v>
       </c>
       <c r="B78" t="s">
-        <v>177</v>
+        <v>169</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>180</v>
+        <v>168</v>
       </c>
       <c r="B79" t="s">
-        <v>177</v>
+        <v>169</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>182</v>
+        <v>168</v>
       </c>
       <c r="B80" t="s">
-        <v>183</v>
+        <v>169</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>185</v>
+        <v>168</v>
       </c>
       <c r="B81" t="s">
-        <v>186</v>
+        <v>169</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B82" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B83" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B84" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
+        <v>198</v>
+      </c>
+      <c r="B85" t="s">
         <v>196</v>
       </c>
-      <c r="B85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C85" s="1" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B86" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
         <v>200</v>
       </c>
       <c r="B87" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B88" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B89" t="s">
-        <v>194</v>
+        <v>207</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="B90" t="s">
-        <v>194</v>
+        <v>210</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="B91" t="s">
-        <v>194</v>
+        <v>213</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="B92" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="B93" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B94" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="B95" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B96" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B97" t="s">
-        <v>226</v>
+        <v>218</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
         <v>228</v>
       </c>
       <c r="B98" t="s">
+        <v>218</v>
+      </c>
+      <c r="C98" s="1" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
+        <v>230</v>
+      </c>
+      <c r="B99" t="s">
+        <v>218</v>
+      </c>
+      <c r="C99" s="1" t="s">
         <v>231</v>
-      </c>
-[...4 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
+        <v>232</v>
+      </c>
+      <c r="B100" t="s">
+        <v>218</v>
+      </c>
+      <c r="C100" s="1" t="s">
         <v>233</v>
-      </c>
-[...4 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
+        <v>234</v>
+      </c>
+      <c r="B101" t="s">
         <v>235</v>
       </c>
-      <c r="B101" t="s">
+      <c r="C101" s="1" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
+        <v>237</v>
+      </c>
+      <c r="B102" t="s">
         <v>238</v>
       </c>
-      <c r="B102" t="s">
+      <c r="C102" s="1" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
+        <v>240</v>
+      </c>
+      <c r="B103" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
         <v>243</v>
       </c>
       <c r="B104" t="s">
         <v>244</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
         <v>246</v>
       </c>
       <c r="B105" t="s">
         <v>247</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>248</v>
@@ -2427,208 +2430,208 @@
         <v>249</v>
       </c>
       <c r="B106" t="s">
         <v>250</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
         <v>252</v>
       </c>
       <c r="B107" t="s">
         <v>253</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
         <v>255</v>
       </c>
       <c r="B108" t="s">
+        <v>253</v>
+      </c>
+      <c r="C108" s="1" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
+        <v>257</v>
+      </c>
+      <c r="B109" t="s">
+        <v>253</v>
+      </c>
+      <c r="C109" s="1" t="s">
         <v>258</v>
-      </c>
-[...4 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B110" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="B111" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="s">
+        <v>265</v>
+      </c>
+      <c r="B112" t="s">
         <v>263</v>
       </c>
-      <c r="B112" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C112" s="1" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="B113" t="s">
-        <v>259</v>
+        <v>268</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="B114" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="B115" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="B116" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="B117" t="s">
-        <v>271</v>
+        <v>280</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="B118" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="B119" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" t="s">
         <v>282</v>
       </c>
       <c r="B120" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="B121" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="B122" t="s">
-        <v>288</v>
+        <v>283</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>