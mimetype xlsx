--- v0 (2025-11-06)
+++ v1 (2025-12-21)
@@ -12,695 +12,680 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="215">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="210">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
-    <t>AVISO DE CONTRATAÇÃO DIRETA N° 1.900/2025 - DISPENSA POR LIMITE</t>
-[...632 lines deleted...]
-    <t>344 TR Térmica da água para uso nos veículos da secretari.pdf</t>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.238/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>TR-512- COMPRA MEDICAMENTO NORIPURUM 100MH. 5ML EV.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.237/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-507- Conserto rede elétrica .pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.236/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>TR- Prestação de Serviços de Mão de Obra de Pedreiro para Construção e Manutenção em Vias Públicas, como Bocas de Lobo, Meios-Fios e reparos..pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.235/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-511-2025 veículo JBE-6F92.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.234/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>380 TR peças para roda cargo IQP1C48.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.233/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-510- Compra de Tapazol10mg c 100 comp.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.231/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>465 - Termo de Referência nº 465 - Contratação de serviço conserto pneu ISZ8I47 (1).pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.230/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>TR- Aquisição de Materiais de Pintura pro Balneário Cristal..pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.229/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 357- placas SMOT.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.228/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 356- Sistema de monitoramento.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.227/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR- Contratação de empresa de engenharia.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.225/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>TR-504-2025 veículo JBE-2A67.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.224/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-503-2025 veículo JBE-6F92.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.223/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 355- Aquisição retentor e polia randon.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.222/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-502- 2025- Compra de bóia para cx dagua.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.221/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR- Contratação de empresa de engenharia para a execução (mão de obra).pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.220/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>432 TR peças terminal iveco.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.219/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 354- engate bob cat.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.218/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 353- conserto montana.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.217/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 340- ar condicionado iveco.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.216/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR- Aquisição de Materiais destinados à conclusão.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.215/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR- Prestação de Serviços de Mão-de-Obra para manut.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.214/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR- Serviço de Manutenção da Porta do ICMS..pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.213/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR- Aquisição de Alimentos a serem distribuídos no Evento d.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.212/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR- Aquisição de gêneros alimentícios para a Banda Municipal..pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.211/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR- Instalação Link Internet 700 Mega Download 250 Mega Upload sem Ip Fixo.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.210/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-497-2025 carteiras fisio e placas de ident. central .pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.209/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>Termo de Referência Casa do produtor calhas.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.208/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>427 TR Peças e serviços Mercedez.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.207/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-496- 2025- Conserto de nobreak sala fisio central.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.206/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-500-2025 Dobradiça pivotante.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.205/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 352- Aquisição parafuso e porca vassoura bob.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.204/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 351- Aquisição reparo randon.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.203/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 350- Aquisição peças iveco lixo.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.202/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>Termo de Referência Casa do produtor esquadrias.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.201/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 349 mangueira cabine cargo.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.200/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>TR-494-2025 material ferragem para ESF Central.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.199/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR- Aquisição de Fio de Luz Duplex para ser usado na praia..pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.198/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-501- 2025- Conserto de impressora xerox e lexmark.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.197/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-492-2025 veículo Spin JAT 4G60.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.196/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-493-2025 manutenção IZN-3J35 -.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.195/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR de peças micro.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.194/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 050 SERVIÇO DE CHAPA MICRO.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.193/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>464 - Termo de referência n° 463 - Aquisição de bateria 60AH kombi IEM8G45.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.192/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 227 - tijolos.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.191/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>428 TR peças do veículo KANGOO.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.190/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 346- aquisição filtro bob cat.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.189/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 347- aquisição correia bob cat.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.188/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 348- roda lixa.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.187/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>TR 345- aquisição de areia.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.186/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 344- aquisição de prego.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.185/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 343 - corrente motossera.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.184/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 342 - peças bob cat.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.183/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR CONSERTO PNEU.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.182/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-491-2025 pedido lammel indígenas.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.181/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-489- 2025- Conserto de impressora ESF central.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.180/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-488-2025 veículo SAMU Uti JBJ-3E37.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.179/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>406 TR peças serviços caminhão IQP1C48.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.178/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>410 TR serviço mola volvo.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.177/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-484- colar cervical, aspirador secreção,scal.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.176/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 339- ar condicionado cargo.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.175/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 337 material muroi prefeitura.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.174/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-485-2025 manutenção veículo JBM6E40.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.173/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR- Aquisição de Camisetas Personalizadas Vermelhas (algodão)..pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.172/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-482- Material expediente, pilhas e lâmpadas.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.171/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-499- 2025- Manutenção cadeira odontológica Central e Formosa.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.170/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-498- Lâmpadas para Ubs.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.169/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-495- instalação ar cond. enfermagem esf Central.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.168/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-490- 2025- Compra de papel toalha, saco de lixo e bombons.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.226/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-487- 2025- Conserto de nobreak do servidor da administração.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.166/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-486-2025 manutenção veículo JBM6E40.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.165/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-483-2025 Van JDM-6H26 e micro JBE2A67.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.164/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>402 TR peças parafuso e porca p. case.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.163/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>452 - Termo de Referência nº 452 - Compra de Fita Adesiva Antiderrapa.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.162/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>449 - Termo de Referência 449 - Compra de Quadro Verde Quadriculado.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.161/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>426 TR conserto de pneu JCB JBU0i96.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.160/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>424 TR tacógrafos para os caminhões da SMDRMA.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.159/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.158/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>423 TR dentes da JCB JBU.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.157/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>422 TR abraçadeira cargo 2429.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.156/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>418 TR serviços retro JCB.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.155/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>417 TR peças trator john deere.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.154/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>421 TR câmara para pneu da SEM.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.153/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>420 TR terminal de bateria para os caminhões da SMDRMA.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.152/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>430 TR serviço peças randon 271.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.151/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 131.25 Banheiros praiano.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.150/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>429 TR peças CASE.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.149/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>431 TR peças cargo 2422.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.148/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>408 TR óleo e mangueira 6100J.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.147/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>416 TR peças e serviços IQP1C48.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.146/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>405 TR sulfato de cobre.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.145/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>407 TR vedação acoplador.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.144/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>411 TR peças caçamba iqp1c48.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.143/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>419 TR serviços cargo 2429 QKS 9D00.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.142/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>415 TR sistema Ar CASE.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.141/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>414 TR sistema Ar JCB JBU.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.140/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 130.25 Equipamentos de pintura para a secretaria.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.139/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>409 TR dentes escarificador SEM.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.138/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>463 - Termo de referência.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.137/2025 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>462 - Termo de referência.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -1004,51 +989,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/676348/images/original/359 TR Pasta para notebook.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/676343/images/original/TR 297-  motor b4t.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/676296/images/original/TR 294- cinta tubular.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/676292/images/original/TR 293- aquisi&#231;&#227;o lanterna traseira Cargo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/676287/images/original/TR 296-  amortecedor porta randon.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/676284/images/original/362 TR filtros JCB JBU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/676186/images/original/TR-445-2025 ve&#237;culo FORD KA JAQ0J70.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/676164/images/original/TR 105.25 Tintas para container (interno).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/676076/images/original/N&#176; 44 servi&#231;o de lavagem automotiva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/675473/images/original/TR 108.25 Pilhas microfone.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/675364/images/original/TR-443- 2025- Conserto de nobreak ragtech e servi&#231;o de inst.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/675343/images/original/414 - Termo de refer&#234;ncia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/675211/images/original/TR 107.25 TUBOS METALOM PARA BANNER.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/675203/images/original/TR 106.25 Cal para pintura campo de futebol.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/675148/images/original/Termo de Refer&#234;ncia material inform&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/675115/images/original/TR 292 - lanterna lateral iveco.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/675058/images/original/TR 291 - tampa combustivel cargo .pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/674925/images/original/413 - Termo de refer&#234;ncia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/674878/images/original/412 - Termo de refer&#234;ncia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/674876/images/original/411 - Termo de refer&#234;ncia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/674872/images/original/410 - Termo de Refer&#234;ncia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/674830/images/original/TR 291- tijolos 6 furos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/674821/images/original/TR 289-  bateria palio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/674290/images/original/409 - Termo de Refer&#234;ncia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/674284/images/original/TR-442- salgados e frango curso samu.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/674253/images/original/356 TR pe&#231;as rolo compac..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/674251/images/original/TR- Limpeza, Troca de Almofada de Tinta e Reprograma&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/674250/images/original/TR- Assist&#234;ncia T&#233;cnica rede de Internet para Transmiss&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/674243/images/original/TR- Elabora&#231;&#227;o de laudo de Avalia&#231;&#227;o de Im&#243;vel Urbano.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/674216/images/original/TR- Contrata&#231;&#227;o de empresa para realiza&#231;&#227;o de Interven&#231;&#227;o Art&#237;stica..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/674184/images/original/TR- Conserto de abertura de porta e um cilindro para o Horto..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/674147/images/original/N&#186; 43 TR GENEROS ALIMENTICIOS PARA ATIVIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/674117/images/original/406 - Termo de Refer&#234;ncia n&#186; 406 - Compra de Tecido.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/674115/images/original/TR-439-2025  manuten&#231;&#227;o gol IYP-2C59.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/674077/images/original/TR-441- 2025- Capa de colch&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/674060/images/original/TR- Aquisi&#231;&#227;o de toners.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/673783/images/original/TR-438-2025  veiculo Gol IYP-2C59.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/673782/images/original/TR-436-2025  pedido ch&#225;s farm&#225;cia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/673779/images/original/355 TR lavagem Kangoo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/673775/images/original/354 TR servi&#231;o ca&#231;amba Cargo 2422.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/673742/images/original/407 - Termo de refer&#234;nci.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/673704/images/original/TR 287- aquisi&#231;&#227;o pe&#231;as iveco lanterna traseira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/673700/images/original/TR 285 - aquisi&#231;&#227;o material para ponto de ilumina&#231;&#227;o publica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/673689/images/original/TR 286- filtros iveco.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/673217/images/original/TR-437-2025  manuten&#231;&#227;o IZN-3J35 -.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/672994/images/original/TR-435- 2025- Manuten&#231;&#227;o cadeira odontol&#243;gica e compressor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/672990/images/original/TR 232- cruzeta cargo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/672854/images/original/TR-430- 2025- Aparelho press&#227;o e bra&#231;adeira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/672847/images/original/403 - Termo de Refer&#234;ncia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/672839/images/original/405 - Termo de Refer&#234;ncia n&#186; 405 - Compra de C&#226;meras e Mater.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/672833/images/original/TR 283 - cal hidratado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/672811/images/original/TR 2814- cabo p&#225;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/672787/images/original/404 - Termo de Refer&#234;ncia n&#176; 404 - Compra de bomba d'&#225;gua pa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/672782/images/original/TR- Contrata&#231;&#227;o de empresa para cria&#231;&#227;o e execu&#231;&#227;o de projetos culturais..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/672594/images/original/TR- Servi&#231;os de Manuten&#231;&#227;o, Substitui&#231;&#227;o do Compressor e da Bobina..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/672584/images/original/TR- Contrata&#231;&#227;o de empresa para a realiza&#231;&#227;o de frete..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/672578/images/original/TR- Servi&#231;o de Arbitragem.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/672577/images/original/TR- Servi&#231;o de Seguran&#231;a Desarmada.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/672542/images/original/353 TR bomba e rolamento Cargo 2429.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/672519/images/original/352 TR acoplador retro xcmg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/672505/images/original/TR 104.25 Instrumentos para a banda municipal de Cristal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/672379/images/original/351 TR pe&#231;as arado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/672323/images/original/TR 280- sirene de r&#233; JCB.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/672299/images/original/TR 281 - rolo pintura quebra mola.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/672288/images/original/TR-433-2025 ve&#237;culo Spin JAT 4G60.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/671240/images/original/TR-434-2025 ve&#237;culo ambulancia IYO2F41.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/671101/images/original/Termo de Refer&#234;ncia Tendas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/671032/images/original/399 - Termo de Refer&#234;ncia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/671017/images/original/391 - Termo de Refer&#234;ncia n&#186; 391 - Compra de Livros.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/671000/images/original/346 TR  Suporte de bateria cargo IQP1C48.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/670994/images/original/402 - Termo de Refer&#234;ncia n&#176; 402 - Comp.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/670991/images/original/401- Termo de Refer&#234;ncia n&#186; 401.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/670981/images/original/398- Termo de Refer&#234;ncia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/670978/images/original/TR-432-2025  veiculo Gol IYP-2C59.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/670764/images/original/TR-431-2025  ve&#237;culo JBE-2A67 -.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/670760/images/original/350 TR pino hidr&#225;ulico John Deere 6100.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/670717/images/original/345 TR pe&#231;as e servi&#231;o para o cargo 2429 QKS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/670716/images/original/348 TR Cones e coletes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/670691/images/original/TR 279 - c&#243;pia de chaves.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/670689/images/original/347 TR barrica d&#225;gua mercedes atron.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/670687/images/original/349 TR faixa refletiva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/670673/images/original/TR 278- aquisi&#231;&#227;o epi luvas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/670662/images/original/400 - Termo de Refer&#234;ncia 400 - Franquia para.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/670636/images/original/TR-429-2025 SPIN IVO-9G80.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/670599/images/original/TR-428- 2025- Marmitas para evento outubro rosa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/670372/images/original/TR- Aquisi&#231;&#227;o de Materiais para uso da Secr.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/670353/images/original/TR- Aquisi&#231;&#227;o de Alimentos para consumo Gabinete do Prefeito.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/670280/images/original/TR-427- 2025- F&#211;RMULA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/670186/images/original/397- Termo de Refer&#234;ncia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/669353/images/original/TR 275- conserto pneu iveco.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/669351/images/original/TR 276- pe&#231;as montana sinaleira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/669243/images/original/TR 277- pe&#231;as montana escapamento.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/669241/images/original/TR- Aquisi&#231;&#227;o de Container 40 P&#233;s HC..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/669240/images/original/TR- Realiza&#231;&#227;o de Pe&#231;a Teatral de Natal &#8220;Mensageiros do Noel&#8221;..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/669228/images/original/Termo de Refer&#234;ncia estudo hdrol&#243;gico e topogr&#225;fico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/669187/images/original/N&#176; 41 TR EL&#201;TRICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/669138/images/original/TR 273- aquisi&#231;&#227;o pe&#231;as JCB.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/669068/images/original/TR 271- aquisi&#231;&#227;o pe&#231;as iveco.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/668885/images/original/TR 272- aquisi&#231;&#227;o de areia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/668702/images/original/344 TR T&#233;rmica da &#225;gua para uso nos ve&#237;culos da secretari.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/708107/images/original/TR-512- COMPRA MEDICAMENTO NORIPURUM 100MH. 5ML EV.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/707693/images/original/TR-507- Conserto rede el&#233;trica .pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/707385/images/original/TR- Presta&#231;&#227;o de Servi&#231;os de M&#227;o de Obra de Pedreiro para Constru&#231;&#227;o e Manuten&#231;&#227;o em Vias P&#250;blicas, como Bocas de Lobo, Meios-Fios e reparos..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/707330/images/original/TR-511-2025 ve&#237;culo JBE-6F92.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/707328/images/original/380 TR pe&#231;as para roda cargo IQP1C48.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/707239/images/original/TR-510- Compra de Tapazol10mg c 100 comp.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/706437/images/original/465 - Termo de Refer&#234;ncia n&#186; 465 - Contrata&#231;&#227;o de servi&#231;o conserto pneu ISZ8I47 (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/706234/images/original/TR- Aquisi&#231;&#227;o de Materiais de Pintura pro Balne&#225;rio Cristal..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/705997/images/original/TR 357- placas SMOT.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/705981/images/original/TR 356- Sistema de monitoramento.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/705970/images/original/TR- Contrata&#231;&#227;o de empresa de engenharia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/704555/images/original/TR-504-2025  ve&#237;culo JBE-2A67.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/704503/images/original/TR-503-2025 ve&#237;culo JBE-6F92.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/704502/images/original/TR 355- Aquisi&#231;&#227;o retentor e polia  randon.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/704501/images/original/TR-502- 2025- Compra de b&#243;ia para cx dagua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/705965/images/original/TR- Contrata&#231;&#227;o de empresa de engenharia para a execu&#231;&#227;o (m&#227;o de obra).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/704398/images/original/432 TR pe&#231;as terminal iveco.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/704396/images/original/TR 354- engate bob cat.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/704393/images/original/TR 353- conserto montana.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/704388/images/original/TR 340- ar condicionado iveco.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/704387/images/original/TR- Aquisi&#231;&#227;o de Materiais destinados &#224; conclus&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/704385/images/original/TR- Presta&#231;&#227;o de Servi&#231;os de M&#227;o-de-Obra para manut.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/704379/images/original/TR- Servi&#231;o de Manuten&#231;&#227;o da Porta do ICMS..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/704371/images/original/TR- Aquisi&#231;&#227;o de Alimentos a serem distribu&#237;dos no Evento d.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/704358/images/original/TR- Aquisi&#231;&#227;o de g&#234;neros aliment&#237;cios para a Banda Municipal..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/704350/images/original/TR- Instala&#231;&#227;o Link Internet 700 Mega Download 250 Mega Upload sem Ip Fixo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/704086/images/original/TR-497-2025 carteiras fisio e placas de ident. central .pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/704076/images/original/Termo de Refer&#234;ncia Casa do produtor calhas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/704034/images/original/427 TR Pe&#231;as e servi&#231;os Mercedez.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/704016/images/original/TR-496- 2025- Conserto de nobreak sala fisio central.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703999/images/original/TR-500-2025 Dobradi&#231;a pivotante.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703987/images/original/TR 352- Aquisi&#231;&#227;o parafuso e porca vassoura bob.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703974/images/original/TR 351- Aquisi&#231;&#227;o reparo randon.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703953/images/original/TR 350- Aquisi&#231;&#227;o pe&#231;as iveco lixo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703937/images/original/Termo de Refer&#234;ncia Casa do produtor esquadrias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703914/images/original/TR 349 mangueira cabine cargo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703611/images/original/TR-494-2025 material ferragem para ESF Central.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703598/images/original/TR- Aquisi&#231;&#227;o de Fio de Luz Duplex para ser usado na praia..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703447/images/original/TR-501- 2025- Conserto de impressora xerox e lexmark.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703446/images/original/TR-492-2025 ve&#237;culo Spin JAT 4G60.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703443/images/original/TR-493-2025  manuten&#231;&#227;o IZN-3J35 -.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703433/images/original/TR de pe&#231;as micro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703429/images/original/TR 050 SERVI&#199;O DE CHAPA MICRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703317/images/original/464 - Termo de refer&#234;ncia n&#176; 463 -  Aquisi&#231;&#227;o de bateria 60AH kombi IEM8G45.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703307/images/original/TR 227 - tijolos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703305/images/original/428 TR pe&#231;as do ve&#237;culo KANGOO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703259/images/original/TR 346- aquisi&#231;&#227;o filtro bob cat.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703257/images/original/TR 347- aquisi&#231;&#227;o correia bob cat.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703214/images/original/TR 348- roda lixa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702820/images/original/TR 345- aquisi&#231;&#227;o de areia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702818/images/original/TR 344- aquisi&#231;&#227;o de prego.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702814/images/original/TR 343 - corrente motossera.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702799/images/original/TR 342 - pe&#231;as bob cat.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702796/images/original/TR CONSERTO PNEU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702791/images/original/TR-491-2025 pedido lammel ind&#237;genas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702786/images/original/TR-489- 2025- Conserto de impressora ESF central.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702777/images/original/TR-488-2025  ve&#237;culo SAMU Uti  JBJ-3E37.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702725/images/original/406 TR pe&#231;as servi&#231;os caminh&#227;o IQP1C48.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702707/images/original/410 TR servi&#231;o mola volvo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702702/images/original/TR-484- colar cervical, aspirador secre&#231;&#227;o,scal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702697/images/original/TR 339- ar condicionado cargo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702693/images/original/TR 337 material muroi prefeitura.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702686/images/original/TR-485-2025  manuten&#231;&#227;o ve&#237;culo JBM6E40.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702676/images/original/TR- Aquisi&#231;&#227;o de Camisetas Personalizadas Vermelhas (algod&#227;o)..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702629/images/original/TR-482- Material expediente, pilhas e l&#226;mpadas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702612/images/original/TR-499- 2025- Manuten&#231;&#227;o cadeira odontol&#243;gica Central e Formosa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702609/images/original/TR-498- L&#226;mpadas para Ubs.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702584/images/original/TR-495- instala&#231;&#227;o ar cond. enfermagem esf Central.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702582/images/original/TR-490- 2025- Compra de papel toalha, saco de lixo e bombons.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702581/images/original/TR-487- 2025- Conserto de nobreak do servidor da administra&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702486/images/original/TR-486-2025  manuten&#231;&#227;o ve&#237;culo JBM6E40.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702482/images/original/TR-483-2025 Van JDM-6H26 e micro JBE2A67.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702478/images/original/402 TR pe&#231;as parafuso e porca p. case.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702472/images/original/452 - Termo de Refer&#234;ncia n&#186; 452 - Compra de Fita Adesiva Antiderrapa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702470/images/original/449 - Termo de Refer&#234;ncia 449 - Compra de Quadro Verde Quadriculado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702464/images/original/426 TR conserto de pneu JCB JBU0i96.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702461/images/original/424 TR tac&#243;grafos para os caminh&#245;es da SMDRMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702413/images/original/424 TR tac&#243;grafos para os caminh&#245;es da SMDRMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702410/images/original/423 TR dentes da JCB JBU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702373/images/original/422 TR abra&#231;adeira cargo 2429.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702370/images/original/418 TR servi&#231;os retro JCB.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702344/images/original/417 TR pe&#231;as trator john deere.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702341/images/original/421 TR c&#226;mara para pneu da SEM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702337/images/original/420 TR terminal de bateria para os caminh&#245;es da SMDRMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702154/images/original/430 TR servi&#231;o pe&#231;as randon 271.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702106/images/original/TR 131.25 Banheiros praiano.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/701682/images/original/429 TR pe&#231;as CASE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/701650/images/original/431 TR pe&#231;as cargo 2422.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/701636/images/original/408 TR &#243;leo e mangueira 6100J.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/701632/images/original/416 TR pe&#231;as e servi&#231;os IQP1C48.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/701591/images/original/405 TR sulfato de cobre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/701584/images/original/407 TR veda&#231;&#227;o acoplador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/701561/images/original/411 TR pe&#231;as ca&#231;amba iqp1c48.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/701557/images/original/419 TR servi&#231;os cargo 2429 QKS 9D00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/701556/images/original/415 TR sistema Ar CASE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/701551/images/original/414 TR sistema Ar JCB JBU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/701547/images/original/TR 130.25 Equipamentos de pintura para a secretaria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/701538/images/original/409 TR dentes escarificador SEM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/701532/images/original/463 - Termo de refer&#234;ncia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/701531/images/original/462 - Termo de refer&#234;ncia.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C101"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C101" sqref="C101"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1058,1121 +1043,1121 @@
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>4</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B6" t="s">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B7" t="s">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B8" t="s">
-        <v>4</v>
+        <v>18</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B9" t="s">
-        <v>4</v>
+        <v>21</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>4</v>
+        <v>21</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>30</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>30</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>30</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>30</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B20" t="s">
         <v>30</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B21" t="s">
         <v>30</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B22" t="s">
         <v>30</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>30</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>30</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B25" t="s">
-        <v>53</v>
+        <v>30</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B26" t="s">
-        <v>53</v>
+        <v>30</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B27" t="s">
-        <v>53</v>
+        <v>30</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B28" t="s">
-        <v>53</v>
+        <v>30</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B29" t="s">
-        <v>53</v>
+        <v>30</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B30" t="s">
-        <v>53</v>
+        <v>30</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B31" t="s">
-        <v>53</v>
+        <v>30</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B32" t="s">
-        <v>53</v>
+        <v>30</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B33" t="s">
-        <v>53</v>
+        <v>30</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B34" t="s">
-        <v>53</v>
+        <v>30</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B35" t="s">
-        <v>53</v>
+        <v>30</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B36" t="s">
-        <v>53</v>
+        <v>30</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B37" t="s">
-        <v>53</v>
+        <v>30</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B38" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B39" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B40" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B41" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B42" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B43" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B44" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B45" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B46" t="s">
-        <v>97</v>
+        <v>81</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
         <v>99</v>
       </c>
       <c r="B47" t="s">
-        <v>97</v>
+        <v>81</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
         <v>101</v>
       </c>
       <c r="B48" t="s">
-        <v>97</v>
+        <v>81</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
         <v>103</v>
       </c>
       <c r="B49" t="s">
-        <v>97</v>
+        <v>81</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
         <v>105</v>
       </c>
       <c r="B50" t="s">
-        <v>97</v>
+        <v>81</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
         <v>107</v>
       </c>
       <c r="B51" t="s">
-        <v>97</v>
+        <v>108</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B52" t="s">
-        <v>97</v>
+        <v>108</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B53" t="s">
-        <v>97</v>
+        <v>108</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B54" t="s">
-        <v>97</v>
+        <v>108</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B55" t="s">
-        <v>97</v>
+        <v>108</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B56" t="s">
-        <v>118</v>
+        <v>108</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
         <v>120</v>
       </c>
       <c r="B57" t="s">
-        <v>118</v>
+        <v>108</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
         <v>122</v>
       </c>
       <c r="B58" t="s">
-        <v>118</v>
+        <v>108</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
         <v>124</v>
       </c>
       <c r="B59" t="s">
-        <v>118</v>
+        <v>108</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
         <v>126</v>
       </c>
       <c r="B60" t="s">
-        <v>118</v>
+        <v>108</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
         <v>128</v>
       </c>
       <c r="B61" t="s">
-        <v>118</v>
+        <v>108</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
         <v>130</v>
       </c>
       <c r="B62" t="s">
-        <v>118</v>
+        <v>108</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
         <v>132</v>
       </c>
       <c r="B63" t="s">
-        <v>118</v>
+        <v>108</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
         <v>134</v>
       </c>
       <c r="B64" t="s">
-        <v>118</v>
+        <v>108</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
         <v>136</v>
       </c>
       <c r="B65" t="s">
-        <v>118</v>
+        <v>108</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
         <v>138</v>
       </c>
       <c r="B66" t="s">
-        <v>118</v>
+        <v>108</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
         <v>140</v>
       </c>
       <c r="B67" t="s">
+        <v>108</v>
+      </c>
+      <c r="C67" s="1" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
+        <v>142</v>
+      </c>
+      <c r="B68" t="s">
+        <v>108</v>
+      </c>
+      <c r="C68" s="1" t="s">
         <v>143</v>
-      </c>
-[...4 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
+        <v>144</v>
+      </c>
+      <c r="B69" t="s">
+        <v>108</v>
+      </c>
+      <c r="C69" s="1" t="s">
         <v>145</v>
-      </c>
-[...4 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
+        <v>146</v>
+      </c>
+      <c r="B70" t="s">
+        <v>108</v>
+      </c>
+      <c r="C70" s="1" t="s">
         <v>147</v>
-      </c>
-[...4 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
+        <v>148</v>
+      </c>
+      <c r="B71" t="s">
+        <v>108</v>
+      </c>
+      <c r="C71" s="1" t="s">
         <v>149</v>
-      </c>
-[...4 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
+        <v>150</v>
+      </c>
+      <c r="B72" t="s">
+        <v>108</v>
+      </c>
+      <c r="C72" s="1" t="s">
         <v>151</v>
-      </c>
-[...4 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
+        <v>152</v>
+      </c>
+      <c r="B73" t="s">
+        <v>108</v>
+      </c>
+      <c r="C73" s="1" t="s">
         <v>153</v>
-      </c>
-[...4 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
+        <v>154</v>
+      </c>
+      <c r="B74" t="s">
+        <v>108</v>
+      </c>
+      <c r="C74" s="1" t="s">
         <v>155</v>
-      </c>
-[...4 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
+        <v>156</v>
+      </c>
+      <c r="B75" t="s">
+        <v>108</v>
+      </c>
+      <c r="C75" s="1" t="s">
         <v>157</v>
-      </c>
-[...4 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
+        <v>158</v>
+      </c>
+      <c r="B76" t="s">
+        <v>108</v>
+      </c>
+      <c r="C76" s="1" t="s">
         <v>159</v>
-      </c>
-[...4 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="B77" t="s">
-        <v>160</v>
+        <v>108</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="B78" t="s">
-        <v>160</v>
+        <v>108</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="B79" t="s">
-        <v>160</v>
+        <v>108</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B80" t="s">
-        <v>160</v>
+        <v>108</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="B81" t="s">
-        <v>160</v>
+        <v>108</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="B82" t="s">
-        <v>160</v>
+        <v>108</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="B83" t="s">
-        <v>160</v>
+        <v>108</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="B84" t="s">
-        <v>160</v>
+        <v>108</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="B85" t="s">
-        <v>160</v>
+        <v>108</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="B86" t="s">
-        <v>160</v>
+        <v>178</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="B87" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="B88" t="s">
+        <v>178</v>
+      </c>
+      <c r="C88" s="1" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="B89" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="B90" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="B91" t="s">
-        <v>192</v>
+        <v>178</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="B92" t="s">
-        <v>192</v>
+        <v>178</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="B93" t="s">
-        <v>192</v>
+        <v>178</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="B94" t="s">
-        <v>192</v>
+        <v>178</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="B95" t="s">
-        <v>192</v>
+        <v>178</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="B96" t="s">
-        <v>192</v>
+        <v>178</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="B97" t="s">
-        <v>192</v>
+        <v>178</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="B98" t="s">
-        <v>192</v>
+        <v>178</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="B99" t="s">
-        <v>192</v>
+        <v>178</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="B100" t="s">
-        <v>211</v>
+        <v>178</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="B101" t="s">
-        <v>211</v>
+        <v>178</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>