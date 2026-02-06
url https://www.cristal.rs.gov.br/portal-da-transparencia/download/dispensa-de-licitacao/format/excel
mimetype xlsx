--- v1 (2025-12-21)
+++ v2 (2026-02-06)
@@ -12,680 +12,686 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="210">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="212">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
-    <t>AVISO DE CONTRATAÇÃO DIRETA N° 2.238/2025 - DISPENSA POR LIMITE</t>
-[...617 lines deleted...]
-    <t>462 - Termo de referência.pdf</t>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 195/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
+    <t>TR-011-2025 veículo ambulancia IYO2F41.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 194/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>008 - Termo de Referência - Aquisição de Plafon.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 193/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 034- solenoide bob cat1.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 192/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>017 - Termo de referência - Aquisição de lâmpadas ISW3F52 e ISW3540.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 191/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>39 TR Peças para a motoniveladora SEM.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 190/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 19.2026 - Contratação sonorização rodeio crioulo (1).pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 189/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-050-2026 Filtros veículo JBE-2A67 -.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 188/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>38 TR alimentos para uso na SMDRMA.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 187/2026 - DISPENSA POR JUSTIFICATIVA</t>
+  </si>
+  <si>
+    <t>TR-047-2026 veículo revisão VAN JDM6H26.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 186/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-049-2026- Cópia de chaves.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 181/2026 - INEXIGIBILIDADE - ADESÃO A ATA DE REGISTRO DE PREÇO FNDE</t>
+  </si>
+  <si>
+    <t>Termo de Ratificação.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 185/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-045-2026 receituários brancos e 2 vias (1).pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 184/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>04/02/2026</t>
+  </si>
+  <si>
+    <t>TR 18.2026 - Instalação ponto de rede de internet.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 183/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 030 - Aquisição pistola de ar.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 182/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR - Aquisição de Pneu para o veículo do Gabinete..pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 180/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 17.2026 - Correia A94 mini trator.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 179/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 033- arranque RANDON.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 178/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR Obras - Cooperativa Lixo.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 177/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>37 TR fusivel laminas SMDRMA.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 176/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>TR 031- aquisição de janelas1.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 175/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 026- PATROLA1.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 174/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>30 TR Peças patrola GR1830 BR.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 173/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR - Aquisição de borracha para carimbo 2026.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 172/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>Termo de Referência Casa do produtor madeiras.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 171/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 020- tijolos 6 furos.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 170/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 018 - serviço borracharia1.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 169/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>20 TR conserto peças controle borracharia.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 168/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 022- aquisição de areia media balneário.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 167/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 008 - aquisição cimento.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 166/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>016 - Termo de referência - Contratação de serviço para vistorias veiculares.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 165/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>TR 010- aquisição de material para o cemiterio.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 164/2026 - DISPENSA POR INEXIGIBILIDADE</t>
+  </si>
+  <si>
+    <t>TR 15.26 Show musical balneario.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 163/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>33 TR Tanque para água com tampa rosca.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 162/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 14.26 Hidrometro e poste campo grande.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 161/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>27 TR serviços de borracharia.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 160/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 16.26 Som, luz e palco balneário.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 159/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR- Aquisição de Varal de Luzes e Lâmpada LED..pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 158/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR - Contratação de Serviço de Instalações Elétricas..pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 157/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>36 TR peças anticorrosivo CASE.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 156/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>35 TR serviços solda roçadeira vermelha.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 155/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>34 TR peças parafusos retro.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 154/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>31 TR filtros para a motoniveladora CASE.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 153/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 031- aquisição de placa de licenciamento.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 152/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>007 - Termo de Referência - Aquisição de combustível roçadeiras.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 151/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>015 - Termo de referência - Aquisição de óleo IPA8347.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 150/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>014 - Termo de referência - Aquisição de parafusos ISW3540.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 149/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR - Prestação de Serviços de Elétrica para realização do evento “Carnaval de Cristal”..pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 148/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 005 - Aquisição filtro BOB CAT.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 147/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 028 - aquisição de matajunta1.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 145/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-044-2026 pedido de material para limpeza de veículos (1).pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 144/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 027 capas banco strada.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 143/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>TR 025 tampa caixa de luz.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 142/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 021- tinta de impressora.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 141/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-041-2026 veículo JBE-6F92 -.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 140/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 019 - aquisição porta copos.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 139/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>29 TR peças filtro JBC.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 138/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-037-2026 Conserto computador da farmácia.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 137/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-042-2026 instalação ar cond. sala da enfermagem e esf Central.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 136/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>013 - Termo de referência - Aquisição de coifa alavanca de câmbio ISW3540.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 135/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>012 - Termo de referência - Aquisição de bomba combustível para kombi IEM8G45.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 134/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>006 - Termo de Referência n° 006 - Salgadinhos abertura do ano letivo.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 133/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-036-2026 manutenção gol IYP-2C59.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 132/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-034-2026-Aquisição de material para manutenção na UBS Butiá.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 131/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-032-2026-Aquisição de material para conserto de rede de internet.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 130/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-031-2026 veículo pedido borracharia.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 129/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>07 TR peças rolamento roçadeira.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 128/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>TR - Locação de Gradil Metálico para ser usado no evento “Carnaval de Cristal”..pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 127/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-043-2026 material para oficina arterapia Caes.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 126/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR - Aquisição de Forro Acústico e Porta com Isolamento Acústico Interno – Lã de Rocha..pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 125/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR - Prestação de Serviços de Mão de Obra de Pedreiro..pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 124/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>28 TR peças magueira grade niveladora.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 123/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>26 TR peças e serviços poclain.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 122/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>25 TR serviço pá manual SMDRMA.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 121/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>22 TR suporte IQP1C48.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 120/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>18 TR aneis elastico retro XCMG.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 119/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>17 TR peças camara freio dupla.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 118/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 017- manutenção de impressora.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 117/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>Termo de Referência Gerador.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 116/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-029- 2026- Medicação Sulfato de Amicacina 500mg.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 115/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>24 TR cadeado para a tampa combustível CASE.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 114/2026 - DISPENSA POR INEXIGIBILIDADE</t>
+  </si>
+  <si>
+    <t>TR - Solicitação de pagamento de vaga especial de grau 3 (três) junto á Casa Assistencial de Acolhimento São Jorge LTDA..pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 113/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>23 TR peças argo.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 112/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR - Aquisição de Compressor de Ar Portátil para os eventos esportivos do município..pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 111/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR - Aquisição de materiais para decoração do evento “Carnaval de Cristal”..pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 110/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 13.26 Fitas demarcação quadra.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 109/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>15 TR peças filtro combustivel poclain.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 108/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>21 TR peças roçadeira vermelha.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 107/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-040- 2026 Bomba de água para ubs butiá.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 106/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-028- 2026 Pilhas recarregáveis AA E AAA e carregadores flex Rayovac.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 105/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>011 - Termo de referência - Contratação serviço de mão de obra higienização JBC5G20.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 104/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>009 - Termo de referência - Aquisição de material para manutenção na caixa de marcha IPA8347.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 103/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>16 TR filtro 10M escavadeira Hyundai.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 102/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>14 TR peças farol lampada john deere.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 101/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>09 TR peças e serviço solda roçadeira.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 100/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>19 TR peças e serviços arado.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 99/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>TR-39-2026 veículo Ônix IVO-5J09 manutenção.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 98/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-038-2026 manutenção gol IYP-2C59.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 97/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR - Aquisição de Materiais destinados a atender as necessidades do Balneário Cristal..pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 96/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-016-2026 manutenção IZN-3J35 -.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 95/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-009-2026 manutenção KA JAQ-0J70.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -989,51 +995,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/708107/images/original/TR-512- COMPRA MEDICAMENTO NORIPURUM 100MH. 5ML EV.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/707693/images/original/TR-507- Conserto rede el&#233;trica .pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/707385/images/original/TR- Presta&#231;&#227;o de Servi&#231;os de M&#227;o de Obra de Pedreiro para Constru&#231;&#227;o e Manuten&#231;&#227;o em Vias P&#250;blicas, como Bocas de Lobo, Meios-Fios e reparos..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/707330/images/original/TR-511-2025 ve&#237;culo JBE-6F92.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/707328/images/original/380 TR pe&#231;as para roda cargo IQP1C48.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/707239/images/original/TR-510- Compra de Tapazol10mg c 100 comp.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/706437/images/original/465 - Termo de Refer&#234;ncia n&#186; 465 - Contrata&#231;&#227;o de servi&#231;o conserto pneu ISZ8I47 (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/706234/images/original/TR- Aquisi&#231;&#227;o de Materiais de Pintura pro Balne&#225;rio Cristal..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/705997/images/original/TR 357- placas SMOT.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/705981/images/original/TR 356- Sistema de monitoramento.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/705970/images/original/TR- Contrata&#231;&#227;o de empresa de engenharia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/704555/images/original/TR-504-2025  ve&#237;culo JBE-2A67.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/704503/images/original/TR-503-2025 ve&#237;culo JBE-6F92.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/704502/images/original/TR 355- Aquisi&#231;&#227;o retentor e polia  randon.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/704501/images/original/TR-502- 2025- Compra de b&#243;ia para cx dagua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/705965/images/original/TR- Contrata&#231;&#227;o de empresa de engenharia para a execu&#231;&#227;o (m&#227;o de obra).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/704398/images/original/432 TR pe&#231;as terminal iveco.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/704396/images/original/TR 354- engate bob cat.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/704393/images/original/TR 353- conserto montana.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/704388/images/original/TR 340- ar condicionado iveco.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/704387/images/original/TR- Aquisi&#231;&#227;o de Materiais destinados &#224; conclus&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/704385/images/original/TR- Presta&#231;&#227;o de Servi&#231;os de M&#227;o-de-Obra para manut.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/704379/images/original/TR- Servi&#231;o de Manuten&#231;&#227;o da Porta do ICMS..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/704371/images/original/TR- Aquisi&#231;&#227;o de Alimentos a serem distribu&#237;dos no Evento d.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/704358/images/original/TR- Aquisi&#231;&#227;o de g&#234;neros aliment&#237;cios para a Banda Municipal..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/704350/images/original/TR- Instala&#231;&#227;o Link Internet 700 Mega Download 250 Mega Upload sem Ip Fixo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/704086/images/original/TR-497-2025 carteiras fisio e placas de ident. central .pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/704076/images/original/Termo de Refer&#234;ncia Casa do produtor calhas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/704034/images/original/427 TR Pe&#231;as e servi&#231;os Mercedez.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/704016/images/original/TR-496- 2025- Conserto de nobreak sala fisio central.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703999/images/original/TR-500-2025 Dobradi&#231;a pivotante.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703987/images/original/TR 352- Aquisi&#231;&#227;o parafuso e porca vassoura bob.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703974/images/original/TR 351- Aquisi&#231;&#227;o reparo randon.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703953/images/original/TR 350- Aquisi&#231;&#227;o pe&#231;as iveco lixo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703937/images/original/Termo de Refer&#234;ncia Casa do produtor esquadrias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703914/images/original/TR 349 mangueira cabine cargo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703611/images/original/TR-494-2025 material ferragem para ESF Central.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703598/images/original/TR- Aquisi&#231;&#227;o de Fio de Luz Duplex para ser usado na praia..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703447/images/original/TR-501- 2025- Conserto de impressora xerox e lexmark.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703446/images/original/TR-492-2025 ve&#237;culo Spin JAT 4G60.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703443/images/original/TR-493-2025  manuten&#231;&#227;o IZN-3J35 -.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703433/images/original/TR de pe&#231;as micro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703429/images/original/TR 050 SERVI&#199;O DE CHAPA MICRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703317/images/original/464 - Termo de refer&#234;ncia n&#176; 463 -  Aquisi&#231;&#227;o de bateria 60AH kombi IEM8G45.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703307/images/original/TR 227 - tijolos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703305/images/original/428 TR pe&#231;as do ve&#237;culo KANGOO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703259/images/original/TR 346- aquisi&#231;&#227;o filtro bob cat.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703257/images/original/TR 347- aquisi&#231;&#227;o correia bob cat.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703214/images/original/TR 348- roda lixa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702820/images/original/TR 345- aquisi&#231;&#227;o de areia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702818/images/original/TR 344- aquisi&#231;&#227;o de prego.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702814/images/original/TR 343 - corrente motossera.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702799/images/original/TR 342 - pe&#231;as bob cat.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702796/images/original/TR CONSERTO PNEU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702791/images/original/TR-491-2025 pedido lammel ind&#237;genas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702786/images/original/TR-489- 2025- Conserto de impressora ESF central.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702777/images/original/TR-488-2025  ve&#237;culo SAMU Uti  JBJ-3E37.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702725/images/original/406 TR pe&#231;as servi&#231;os caminh&#227;o IQP1C48.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702707/images/original/410 TR servi&#231;o mola volvo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702702/images/original/TR-484- colar cervical, aspirador secre&#231;&#227;o,scal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702697/images/original/TR 339- ar condicionado cargo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702693/images/original/TR 337 material muroi prefeitura.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702686/images/original/TR-485-2025  manuten&#231;&#227;o ve&#237;culo JBM6E40.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702676/images/original/TR- Aquisi&#231;&#227;o de Camisetas Personalizadas Vermelhas (algod&#227;o)..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702629/images/original/TR-482- Material expediente, pilhas e l&#226;mpadas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702612/images/original/TR-499- 2025- Manuten&#231;&#227;o cadeira odontol&#243;gica Central e Formosa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702609/images/original/TR-498- L&#226;mpadas para Ubs.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702584/images/original/TR-495- instala&#231;&#227;o ar cond. enfermagem esf Central.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702582/images/original/TR-490- 2025- Compra de papel toalha, saco de lixo e bombons.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702581/images/original/TR-487- 2025- Conserto de nobreak do servidor da administra&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702486/images/original/TR-486-2025  manuten&#231;&#227;o ve&#237;culo JBM6E40.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702482/images/original/TR-483-2025 Van JDM-6H26 e micro JBE2A67.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702478/images/original/402 TR pe&#231;as parafuso e porca p. case.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702472/images/original/452 - Termo de Refer&#234;ncia n&#186; 452 - Compra de Fita Adesiva Antiderrapa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702470/images/original/449 - Termo de Refer&#234;ncia 449 - Compra de Quadro Verde Quadriculado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702464/images/original/426 TR conserto de pneu JCB JBU0i96.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702461/images/original/424 TR tac&#243;grafos para os caminh&#245;es da SMDRMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702413/images/original/424 TR tac&#243;grafos para os caminh&#245;es da SMDRMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702410/images/original/423 TR dentes da JCB JBU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702373/images/original/422 TR abra&#231;adeira cargo 2429.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702370/images/original/418 TR servi&#231;os retro JCB.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702344/images/original/417 TR pe&#231;as trator john deere.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702341/images/original/421 TR c&#226;mara para pneu da SEM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702337/images/original/420 TR terminal de bateria para os caminh&#245;es da SMDRMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702154/images/original/430 TR servi&#231;o pe&#231;as randon 271.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/702106/images/original/TR 131.25 Banheiros praiano.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/701682/images/original/429 TR pe&#231;as CASE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/701650/images/original/431 TR pe&#231;as cargo 2422.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/701636/images/original/408 TR &#243;leo e mangueira 6100J.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/701632/images/original/416 TR pe&#231;as e servi&#231;os IQP1C48.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/701591/images/original/405 TR sulfato de cobre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/701584/images/original/407 TR veda&#231;&#227;o acoplador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/701561/images/original/411 TR pe&#231;as ca&#231;amba iqp1c48.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/701557/images/original/419 TR servi&#231;os cargo 2429 QKS 9D00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/701556/images/original/415 TR sistema Ar CASE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/701551/images/original/414 TR sistema Ar JCB JBU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/701547/images/original/TR 130.25 Equipamentos de pintura para a secretaria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/701538/images/original/409 TR dentes escarificador SEM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/701532/images/original/463 - Termo de refer&#234;ncia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/701531/images/original/462 - Termo de refer&#234;ncia.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/728678/images/original/TR-011-2025 ve&#237;culo ambulancia IYO2F41.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/728656/images/original/008 - Termo de Refer&#234;ncia - Aquisi&#231;&#227;o de Plafon.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/728653/images/original/TR 034- solenoide bob cat1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/728622/images/original/017 - Termo de refer&#234;ncia - Aquisi&#231;&#227;o de l&#226;mpadas ISW3F52 e ISW3540.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/728620/images/original/39 TR Pe&#231;as para a motoniveladora SEM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/728474/images/original/TR 19.2026 - Contrata&#231;&#227;o sonoriza&#231;&#227;o rodeio crioulo (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/728438/images/original/TR-050-2026 Filtros ve&#237;culo JBE-2A67 -.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/728432/images/original/38 TR alimentos para uso na SMDRMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/728425/images/original/TR-047-2026 ve&#237;culo revis&#227;o VAN JDM6H26.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/728410/images/original/TR-049-2026- C&#243;pia de chaves.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/728407/images/original/Termo de Ratifica&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/728398/images/original/TR-045-2026 receitu&#225;rios brancos e 2 vias (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/728188/images/original/TR 18.2026 - Instala&#231;&#227;o ponto de rede de internet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/728185/images/original/TR 030 - Aquisi&#231;&#227;o pistola de ar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/728168/images/original/TR - Aquisi&#231;&#227;o de Pneu para o ve&#237;culo do Gabinete..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/727743/images/original/TR 17.2026 - Correia A94 mini trator.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/727740/images/original/TR 033- arranque RANDON.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/727734/images/original/TR Obras - Cooperativa Lixo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/727709/images/original/37 TR fusivel laminas SMDRMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/727414/images/original/TR 031- aquisi&#231;&#227;o de janelas1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/727411/images/original/TR 026- PATROLA1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/727410/images/original/30 TR Pe&#231;as patrola GR1830 BR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/727358/images/original/TR - Aquisi&#231;&#227;o de borracha para carimbo 2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/727322/images/original/Termo de Refer&#234;ncia Casa do produtor madeiras.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/727294/images/original/TR 020- tijolos 6 furos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/727259/images/original/TR 018 - servi&#231;o borracharia1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/727234/images/original/20 TR conserto pe&#231;as controle borracharia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/727224/images/original/TR 022- aquisi&#231;&#227;o de areia media balne&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/727204/images/original/TR 008 - aquisi&#231;&#227;o cimento.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/727203/images/original/016 - Termo de refer&#234;ncia - Contrata&#231;&#227;o de servi&#231;o para vistorias veiculares.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726974/images/original/TR 010- aquisi&#231;&#227;o de material para o cemiterio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726972/images/original/TR 15.26 Show musical balneario.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726957/images/original/33 TR Tanque para &#225;gua com tampa rosca.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726943/images/original/TR 14.26 Hidrometro e poste campo grande.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726941/images/original/27 TR servi&#231;os de borracharia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726939/images/original/TR 16.26 Som, luz e palco balne&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726920/images/original/TR- Aquisi&#231;&#227;o de Varal de Luzes e L&#226;mpada LED..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726900/images/original/TR - Contrata&#231;&#227;o de Servi&#231;o de Instala&#231;&#245;es El&#233;tricas..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726888/images/original/36 TR pe&#231;as anticorrosivo CASE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726861/images/original/35 TR servi&#231;os solda ro&#231;adeira vermelha.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726852/images/original/34 TR pe&#231;as parafusos retro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726851/images/original/31 TR filtros para a motoniveladora CASE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726834/images/original/TR 031- aquisi&#231;&#227;o de placa de licenciamento.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726675/images/original/007 - Termo de Refer&#234;ncia - Aquisi&#231;&#227;o de combust&#237;vel ro&#231;adeiras.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726667/images/original/015 - Termo de refer&#234;ncia - Aquisi&#231;&#227;o de &#243;leo IPA8347.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726664/images/original/014 - Termo de refer&#234;ncia - Aquisi&#231;&#227;o de parafusos ISW3540.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726663/images/original/TR - Presta&#231;&#227;o de Servi&#231;os de El&#233;trica para realiza&#231;&#227;o do evento &#8220;Carnaval de Cristal&#8221;..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726623/images/original/TR 005 - Aquisi&#231;&#227;o filtro BOB CAT.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726552/images/original/TR 028 - aquisi&#231;&#227;o de matajunta1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726514/images/original/TR-044-2026 pedido de material para limpeza de ve&#237;culos (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726504/images/original/TR 027 capas banco strada.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726286/images/original/TR 025 tampa caixa de luz.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726283/images/original/TR 021- tinta de impressora.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726276/images/original/TR-041-2026 ve&#237;culo JBE-6F92 -.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726257/images/original/TR 019 - aquisi&#231;&#227;o porta copos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726253/images/original/29 TR pe&#231;as filtro JBC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726251/images/original/TR-037-2026 Conserto computador da farm&#225;cia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726240/images/original/TR-042-2026 instala&#231;&#227;o ar cond. sala da enfermagem e esf Central.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726226/images/original/013 - Termo de refer&#234;ncia - Aquisi&#231;&#227;o de coifa alavanca de c&#226;mbio ISW3540.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726215/images/original/012 - Termo de refer&#234;ncia - Aquisi&#231;&#227;o de bomba combust&#237;vel para kombi IEM8G45.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726190/images/original/006 - Termo de Refer&#234;ncia n&#176; 006 - Salgadinhos abertura do ano letivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726133/images/original/TR-036-2026 manuten&#231;&#227;o gol IYP-2C59.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726030/images/original/TR-034-2026-Aquisi&#231;&#227;o de material para manuten&#231;&#227;o na UBS Buti&#225;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726005/images/original/TR-032-2026-Aquisi&#231;&#227;o de material para conserto de rede de internet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725970/images/original/TR-031-2026 ve&#237;culo pedido borracharia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725952/images/original/07 TR pe&#231;as rolamento ro&#231;adeira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725783/images/original/TR - Loca&#231;&#227;o de Gradil Met&#225;lico para ser usado no evento &#8220;Carnaval de Cristal&#8221;..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725711/images/original/TR-043-2026 material para oficina arterapia Caes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725710/images/original/TR - Aquisi&#231;&#227;o de Forro Ac&#250;stico e Porta com Isolamento Ac&#250;stico Interno &#8211; L&#227; de Rocha..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725656/images/original/TR - Presta&#231;&#227;o de Servi&#231;os de M&#227;o de Obra de Pedreiro..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725591/images/original/28 TR pe&#231;as magueira grade niveladora.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725570/images/original/26 TR pe&#231;as e servi&#231;os poclain.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725550/images/original/25 TR servi&#231;o p&#225; manual SMDRMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725523/images/original/22 TR suporte IQP1C48.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725521/images/original/18 TR aneis elastico retro XCMG.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725502/images/original/17 TR pe&#231;as camara freio dupla.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725493/images/original/TR 017- manuten&#231;&#227;o de impressora.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725443/images/original/Termo de Refer&#234;ncia Gerador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725251/images/original/TR-029- 2026- Medica&#231;&#227;o Sulfato de Amicacina 500mg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725249/images/original/24 TR cadeado para a tampa combust&#237;vel CASE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725239/images/original/TR - Solicita&#231;&#227;o de pagamento de vaga especial de grau 3 (tr&#234;s) junto &#225; Casa Assistencial de Acolhimento S&#227;o Jorge LTDA..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725236/images/original/23 TR pe&#231;as argo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725225/images/original/TR - Aquisi&#231;&#227;o de Compressor de Ar Port&#225;til para os eventos esportivos do munic&#237;pio..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725214/images/original/TR - Aquisi&#231;&#227;o de materiais para decora&#231;&#227;o do evento &#8220;Carnaval de Cristal&#8221;..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725164/images/original/TR 13.26 Fitas demarca&#231;&#227;o quadra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725141/images/original/15 TR pe&#231;as filtro combustivel poclain.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725116/images/original/21 TR pe&#231;as ro&#231;adeira vermelha.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725091/images/original/TR-040- 2026 Bomba de &#225;gua para ubs buti&#225;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725086/images/original/TR-028- 2026 Pilhas recarreg&#225;veis AA E AAA e carregadores flex Rayovac.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725064/images/original/011 - Termo de refer&#234;ncia - Contrata&#231;&#227;o servi&#231;o de m&#227;o de obra higieniza&#231;&#227;o JBC5G20.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725041/images/original/009 - Termo de refer&#234;ncia - Aquisi&#231;&#227;o de material para manuten&#231;&#227;o na caixa de marcha IPA8347.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725031/images/original/16 TR filtro 10M escavadeira Hyundai.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725029/images/original/14 TR pe&#231;as farol lampada john deere.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725002/images/original/09 TR pe&#231;as e servi&#231;o solda ro&#231;adeira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/724996/images/original/19 TR pe&#231;as e servi&#231;os arado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/724874/images/original/TR-39-2026 ve&#237;culo &#212;nix IVO-5J09 manuten&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/724855/images/original/TR-038-2026 manuten&#231;&#227;o gol IYP-2C59.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/724807/images/original/TR - Aquisi&#231;&#227;o de Materiais destinados a atender as necessidades do Balne&#225;rio Cristal..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/724771/images/original/TR-016-2026 manuten&#231;&#227;o IZN-3J35 -.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/724763/images/original/TR-009-2026 manuten&#231;&#227;o KA JAQ-0J70.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C101"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C101" sqref="C101"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1043,1121 +1049,1121 @@
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>4</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>4</v>
+      </c>
+      <c r="C4" s="1" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
+        <v>12</v>
+      </c>
+      <c r="B6" t="s">
+        <v>4</v>
+      </c>
+      <c r="C6" s="1" t="s">
         <v>13</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
+        <v>14</v>
+      </c>
+      <c r="B7" t="s">
+        <v>4</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" t="s">
+        <v>4</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>17</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="B10" t="s">
+        <v>4</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="B11" t="s">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="B12" t="s">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="B13" t="s">
-        <v>30</v>
+        <v>4</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="B14" t="s">
+        <v>29</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="B15" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="B16" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="B17" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="B18" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="B19" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="B20" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="B21" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B22" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="B23" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B24" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B25" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B26" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B27" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B28" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B29" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B30" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B31" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
+        <v>66</v>
+      </c>
+      <c r="B32" t="s">
+        <v>67</v>
+      </c>
+      <c r="C32" s="1" t="s">
         <v>68</v>
-      </c>
-[...4 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" t="s">
+        <v>67</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" t="s">
+        <v>67</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>72</v>
-      </c>
-[...4 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" t="s">
+        <v>67</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>74</v>
-      </c>
-[...4 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" t="s">
+        <v>67</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>76</v>
-      </c>
-[...4 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" t="s">
+        <v>67</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>78</v>
-      </c>
-[...4 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" t="s">
+        <v>67</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>80</v>
-      </c>
-[...4 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="B39" t="s">
-        <v>81</v>
+        <v>67</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="B40" t="s">
-        <v>81</v>
+        <v>67</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B41" t="s">
-        <v>81</v>
+        <v>67</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B42" t="s">
-        <v>81</v>
+        <v>67</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="B43" t="s">
-        <v>81</v>
+        <v>67</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="B44" t="s">
-        <v>81</v>
+        <v>67</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" t="s">
+        <v>94</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>95</v>
-      </c>
-[...4 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
+        <v>96</v>
+      </c>
+      <c r="B46" t="s">
+        <v>94</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>97</v>
-      </c>
-[...4 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
+        <v>98</v>
+      </c>
+      <c r="B47" t="s">
+        <v>94</v>
+      </c>
+      <c r="C47" s="1" t="s">
         <v>99</v>
-      </c>
-[...4 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
+        <v>100</v>
+      </c>
+      <c r="B48" t="s">
+        <v>94</v>
+      </c>
+      <c r="C48" s="1" t="s">
         <v>101</v>
-      </c>
-[...4 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
+        <v>102</v>
+      </c>
+      <c r="B49" t="s">
+        <v>94</v>
+      </c>
+      <c r="C49" s="1" t="s">
         <v>103</v>
-      </c>
-[...4 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
+        <v>104</v>
+      </c>
+      <c r="B50" t="s">
+        <v>94</v>
+      </c>
+      <c r="C50" s="1" t="s">
         <v>105</v>
-      </c>
-[...4 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
+        <v>106</v>
+      </c>
+      <c r="B51" t="s">
+        <v>94</v>
+      </c>
+      <c r="C51" s="1" t="s">
         <v>107</v>
-      </c>
-[...4 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="B52" t="s">
-        <v>108</v>
+        <v>94</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
+        <v>110</v>
+      </c>
+      <c r="B53" t="s">
+        <v>111</v>
+      </c>
+      <c r="C53" s="1" t="s">
         <v>112</v>
-      </c>
-[...4 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
+        <v>113</v>
+      </c>
+      <c r="B54" t="s">
+        <v>111</v>
+      </c>
+      <c r="C54" s="1" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
+        <v>115</v>
+      </c>
+      <c r="B55" t="s">
+        <v>111</v>
+      </c>
+      <c r="C55" s="1" t="s">
         <v>116</v>
-      </c>
-[...4 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
+        <v>117</v>
+      </c>
+      <c r="B56" t="s">
+        <v>111</v>
+      </c>
+      <c r="C56" s="1" t="s">
         <v>118</v>
-      </c>
-[...4 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
+        <v>119</v>
+      </c>
+      <c r="B57" t="s">
+        <v>111</v>
+      </c>
+      <c r="C57" s="1" t="s">
         <v>120</v>
-      </c>
-[...4 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
+        <v>121</v>
+      </c>
+      <c r="B58" t="s">
+        <v>111</v>
+      </c>
+      <c r="C58" s="1" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
+        <v>123</v>
+      </c>
+      <c r="B59" t="s">
+        <v>111</v>
+      </c>
+      <c r="C59" s="1" t="s">
         <v>124</v>
-      </c>
-[...4 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
+        <v>125</v>
+      </c>
+      <c r="B60" t="s">
+        <v>111</v>
+      </c>
+      <c r="C60" s="1" t="s">
         <v>126</v>
-      </c>
-[...4 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
+        <v>127</v>
+      </c>
+      <c r="B61" t="s">
+        <v>111</v>
+      </c>
+      <c r="C61" s="1" t="s">
         <v>128</v>
-      </c>
-[...4 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
+        <v>129</v>
+      </c>
+      <c r="B62" t="s">
+        <v>111</v>
+      </c>
+      <c r="C62" s="1" t="s">
         <v>130</v>
-      </c>
-[...4 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
+        <v>131</v>
+      </c>
+      <c r="B63" t="s">
+        <v>111</v>
+      </c>
+      <c r="C63" s="1" t="s">
         <v>132</v>
-      </c>
-[...4 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
+        <v>133</v>
+      </c>
+      <c r="B64" t="s">
+        <v>111</v>
+      </c>
+      <c r="C64" s="1" t="s">
         <v>134</v>
-      </c>
-[...4 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
+        <v>135</v>
+      </c>
+      <c r="B65" t="s">
+        <v>111</v>
+      </c>
+      <c r="C65" s="1" t="s">
         <v>136</v>
-      </c>
-[...4 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
+        <v>137</v>
+      </c>
+      <c r="B66" t="s">
+        <v>111</v>
+      </c>
+      <c r="C66" s="1" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
+        <v>139</v>
+      </c>
+      <c r="B67" t="s">
+        <v>111</v>
+      </c>
+      <c r="C67" s="1" t="s">
         <v>140</v>
-      </c>
-[...4 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
+        <v>141</v>
+      </c>
+      <c r="B68" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
         <v>144</v>
       </c>
       <c r="B69" t="s">
-        <v>108</v>
+        <v>142</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
         <v>146</v>
       </c>
       <c r="B70" t="s">
-        <v>108</v>
+        <v>142</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
         <v>148</v>
       </c>
       <c r="B71" t="s">
-        <v>108</v>
+        <v>142</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
         <v>150</v>
       </c>
       <c r="B72" t="s">
-        <v>108</v>
+        <v>142</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
         <v>152</v>
       </c>
       <c r="B73" t="s">
-        <v>108</v>
+        <v>142</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
         <v>154</v>
       </c>
       <c r="B74" t="s">
-        <v>108</v>
+        <v>142</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
         <v>156</v>
       </c>
       <c r="B75" t="s">
-        <v>108</v>
+        <v>142</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
         <v>158</v>
       </c>
       <c r="B76" t="s">
-        <v>108</v>
+        <v>142</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
         <v>160</v>
       </c>
       <c r="B77" t="s">
-        <v>108</v>
+        <v>142</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
         <v>162</v>
       </c>
       <c r="B78" t="s">
-        <v>108</v>
+        <v>142</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
         <v>164</v>
       </c>
       <c r="B79" t="s">
-        <v>108</v>
+        <v>165</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
+        <v>167</v>
+      </c>
+      <c r="B80" t="s">
         <v>165</v>
       </c>
-      <c r="B80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80" s="1" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B81" t="s">
-        <v>108</v>
+        <v>165</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="B82" t="s">
-        <v>108</v>
+        <v>165</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B83" t="s">
-        <v>108</v>
+        <v>165</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B84" t="s">
-        <v>108</v>
+        <v>165</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B85" t="s">
-        <v>108</v>
+        <v>165</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="B86" t="s">
-        <v>178</v>
+        <v>165</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B87" t="s">
-        <v>178</v>
+        <v>165</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B88" t="s">
-        <v>178</v>
+        <v>165</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B89" t="s">
-        <v>178</v>
+        <v>165</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B90" t="s">
-        <v>178</v>
+        <v>165</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B91" t="s">
-        <v>178</v>
+        <v>165</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B92" t="s">
-        <v>178</v>
+        <v>165</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B93" t="s">
-        <v>178</v>
+        <v>165</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B94" t="s">
-        <v>178</v>
+        <v>165</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B95" t="s">
-        <v>178</v>
+        <v>165</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B96" t="s">
-        <v>178</v>
+        <v>165</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B97" t="s">
-        <v>178</v>
+        <v>202</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
+        <v>204</v>
+      </c>
+      <c r="B98" t="s">
         <v>202</v>
       </c>
-      <c r="B98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98" s="1" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B99" t="s">
-        <v>178</v>
+        <v>202</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B100" t="s">
-        <v>178</v>
+        <v>202</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B101" t="s">
-        <v>178</v>
+        <v>202</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>