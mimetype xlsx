--- v2 (2026-02-06)
+++ v3 (2026-03-23)
@@ -12,686 +12,689 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="212">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="213">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
-    <t>AVISO DE CONTRATAÇÃO DIRETA N° 195/2026 - DISPENSA POR LIMITE</t>
-[...623 lines deleted...]
-    <t>TR-009-2026 manutenção KA JAQ-0J70.pdf</t>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 508/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>23/03/2026</t>
+  </si>
+  <si>
+    <t>105 TR peças Argo.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 507/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 50.2026 - Contratação de serviço para manutenção ducato IQW0421.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 506/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 49.2026 - Instalação de pontos de rede de internet.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 505/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 047.2026 - Aquisição de tecidos - Festeja Cristal.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 504/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 46.2026 - Aquisição de material para manutenção ducato IQW0421.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 503/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 089 - chapa de ferro ponte.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 502/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR - Aquisição de Água Mineral Com Gás.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 501/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>20/03/2026</t>
+  </si>
+  <si>
+    <t>TR 045.2026 - Contratação serviço de mão lavagem de toalhas.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 500/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR - Aquisição de material.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 499/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>101 TR lanche viagem expoagro.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 498/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>050 - Termo de Referência nº 050 - Compra Janela Curi.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 497/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>049 - Termo de Referência nº 049 - Compra Vidros Escolas.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 496/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>96 TR peças freio Ranger.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 495/2026 - DISPENSA POR JUSTIFICATIVA</t>
+  </si>
+  <si>
+    <t>95 TR revisão John Deere 5070.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 494/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 083 - ral saibreira.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 493/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 086- baterias PATROLA1.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 492/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 082- Aquisição chave alerta cargo 1317.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 491/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>94 TR câmara de pneu patrola CASE.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 490/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>19/03/2026</t>
+  </si>
+  <si>
+    <t>102 TR cabo de rede.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 489/2026 - DISPENSA POR JUSTIFICATIVA</t>
+  </si>
+  <si>
+    <t>TR- 112 - 2026 revisão 40m km c3.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 488/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-111-2026-Aquisição caixa d'agua Alto Alegre.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 487/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 044.2026 - Contratação serviço de mão de obra prateleiras banda.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 486/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-110- 2026 Almoxa print.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 485/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-108- 2026- Saquinhos.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 484/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-109- 2026- Chás medicinais.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 483/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>058- Termo de referência - Aquisição de silicone spray.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 482/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-094- 2026.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 481/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-105-2026 veículo Ônix IVO-5J09.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 480/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>045 - Termo de Referência nº 045 - Compra de Reboque Gerador.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 479/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>Termo de Referência Casa do produtor.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 478/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-106-2026 Aquisição de botinas.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 477/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 077 material muroi prefeitura.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 476/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-103-2026 limpador parabrisaJBE-2A67 -.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 475/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 078- aquisição fechadura cargo 2429.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 474/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR - Aquisição de 02 Transformadores 110 220 2000VA..pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 473/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>90 TR viagem expoagro sindicato.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 472/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>89 TR viagem expoagro.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 471/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 081- Aquisição filtro gr 180eBR.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 470/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-107- 2026- Equidade.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 469/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>054 - Termo de referência - Aquisição de capota e rack para Saveiro.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 468/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>18/03/2026</t>
+  </si>
+  <si>
+    <t>TR 075- engate femea bob cat.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 467/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>056- Termo de referência - Aquisição de fita isolante.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 466/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>055 - Termo de referência - Aquisição de material e mão de obra Posto de Molas-Sandro - JBE0I52.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 465/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 074- farol bob cat 1.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 464/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>91 TR bateria kagoo.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 463/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>92 TR peças trator 6100J.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 462/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>93 TR fita isolante.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 461/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 043.2026 - Contratação confecção de roupas grupo de dança banda municipal.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 460/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>057 - Termo de referência - Aquisição de palhetas JCU3E30.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 459/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 080 - peças montana escapamento intermediário.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 458/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 079- aquisição de materiais para oficina.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 457/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>046 - Termo de Referência nº 046 - Compra Buchas e Ganchos.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 456/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>Termo de Referência reparos pav.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 455/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>047 - Termo de Referência nº 047 - Compra Caixa Descarga.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 454/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>2 - Termo de Referência trenas.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 453/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>16/03/2026</t>
+  </si>
+  <si>
+    <t>88 TR materiais para SMDRMA.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 452/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 073- Aquisição filtro cargo 1317.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 451/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 076 - Aquisição franquia para brisa cargo 1317.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 450/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 072- aquisição plug cargo 2429.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 449/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-102-2026 manutenção gol IYP-2C59.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 448/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>13/03/2026</t>
+  </si>
+  <si>
+    <t>TR-099-2026- Concerto e fechadura.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 447/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-101- 2026- Lari e car.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 446/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-Aquisição de chás.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 445/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR Manutenção veículo SPIN.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 444/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>12/03/2026</t>
+  </si>
+  <si>
+    <t>052 - Termo de referência - Aquisição de peças motor ISW3540.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 443/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>053 - Termo de referência - Aquisição de peças ar condicionado JBC5G20.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 442/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR - Higienização Ar Otto.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 441/2026 - DISPENSA POR INEXIGIBILIDADE</t>
+  </si>
+  <si>
+    <t>TR APOSENTADORIAS.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 440/2026 - DISPENSA POR JUSTIFICATIVA</t>
+  </si>
+  <si>
+    <t>TR - Contratação Revisão 20000km Spin JDL6J64.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 439/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-098-2026 Reforma de camisetas.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 438/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-097-2026 veículo VAN JDM6H26 e C3.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 437/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-096- 2026- Extintores.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 436/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-095- 2026- Termometro.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 435/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>11/03/2026</t>
+  </si>
+  <si>
+    <t>TR 42.2026 - Aquisição de medalhas e troféus Praiano.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 434/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 069- ar condicionado cargo.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 433/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 71- Aquisição pontos de luz de iluminação publica.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 432/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-094- Logan IVL-1F80.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 431/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>86 TR uniforme bermudas.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 430/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>85 TR peças cargo IQP1C48.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 429/2026 - DISPENSA POR INEXIGIBILIDADE</t>
+  </si>
+  <si>
+    <t>TR - Capacitação técnica conselheiros tutelares e representantes da Rede de Proteção..pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 428/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR - Contratação de palcos final praiano.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 427/2026 - DISPENSA POR INEXIGIBILIDADE</t>
+  </si>
+  <si>
+    <t>TR 039.2026 - Show musical final praiano.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 426/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 40.2026 - Aquisição de fumaça azul praiano.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 396 - INEXIGIBILIDADE - ADESÃO A ATA DE REGISTRO DE PREÇO DO CONSÓRCIO DO EXTREMO SUL</t>
+  </si>
+  <si>
+    <t>118 - Ato que Autoriza a Contrataçao.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 425/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>84 TR regulador voltagem IQP148.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 424/2026 - DISPENSA POR INEXIGIBILIDADE</t>
+  </si>
+  <si>
+    <t>tr curso.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 423/2026 - DISPENSA POR INEXIGIBILIDADE</t>
+  </si>
+  <si>
+    <t>Termo de Referência - Aposentadorias.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 422/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-93- 2026- LOSEC.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 421/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>10/03/2026</t>
+  </si>
+  <si>
+    <t>TR-91- 2026- atensina.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 420/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>048- Termo de referência - Aquisição de lanterna traseira ISW3540.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 419/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-093-AMB.IYO-2F41.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 418/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR-090- 2026.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 417/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR - Compra Colchonetes EMEI.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 416/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR- 089 INSUMO QUEIMADURA (1).pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 415/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>051 - Termo de referência - Contratação de serviço de recarga de extintor ISW3540 e JBC5G20 (1).pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 414/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 070 extintor veicular.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 413/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>050 - Termo de Referência - Franquia vidro lateral dianteiro ISW3540.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 412/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>09/03/2026</t>
+  </si>
+  <si>
+    <t>TR GENEROS ALIMENTICIOS.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 411/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 067- avental e luva de soldador1.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA N° 410/2026 - DISPENSA POR LIMITE</t>
+  </si>
+  <si>
+    <t>TR 068- ar condicionado JCB.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -995,51 +998,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/728678/images/original/TR-011-2025 ve&#237;culo ambulancia IYO2F41.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/728656/images/original/008 - Termo de Refer&#234;ncia - Aquisi&#231;&#227;o de Plafon.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/728653/images/original/TR 034- solenoide bob cat1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/728622/images/original/017 - Termo de refer&#234;ncia - Aquisi&#231;&#227;o de l&#226;mpadas ISW3F52 e ISW3540.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/728620/images/original/39 TR Pe&#231;as para a motoniveladora SEM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/728474/images/original/TR 19.2026 - Contrata&#231;&#227;o sonoriza&#231;&#227;o rodeio crioulo (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/728438/images/original/TR-050-2026 Filtros ve&#237;culo JBE-2A67 -.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/728432/images/original/38 TR alimentos para uso na SMDRMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/728425/images/original/TR-047-2026 ve&#237;culo revis&#227;o VAN JDM6H26.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/728410/images/original/TR-049-2026- C&#243;pia de chaves.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/728407/images/original/Termo de Ratifica&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/728398/images/original/TR-045-2026 receitu&#225;rios brancos e 2 vias (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/728188/images/original/TR 18.2026 - Instala&#231;&#227;o ponto de rede de internet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/728185/images/original/TR 030 - Aquisi&#231;&#227;o pistola de ar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/728168/images/original/TR - Aquisi&#231;&#227;o de Pneu para o ve&#237;culo do Gabinete..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/727743/images/original/TR 17.2026 - Correia A94 mini trator.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/727740/images/original/TR 033- arranque RANDON.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/727734/images/original/TR Obras - Cooperativa Lixo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/727709/images/original/37 TR fusivel laminas SMDRMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/727414/images/original/TR 031- aquisi&#231;&#227;o de janelas1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/727411/images/original/TR 026- PATROLA1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/727410/images/original/30 TR Pe&#231;as patrola GR1830 BR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/727358/images/original/TR - Aquisi&#231;&#227;o de borracha para carimbo 2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/727322/images/original/Termo de Refer&#234;ncia Casa do produtor madeiras.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/727294/images/original/TR 020- tijolos 6 furos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/727259/images/original/TR 018 - servi&#231;o borracharia1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/727234/images/original/20 TR conserto pe&#231;as controle borracharia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/727224/images/original/TR 022- aquisi&#231;&#227;o de areia media balne&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/727204/images/original/TR 008 - aquisi&#231;&#227;o cimento.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/727203/images/original/016 - Termo de refer&#234;ncia - Contrata&#231;&#227;o de servi&#231;o para vistorias veiculares.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726974/images/original/TR 010- aquisi&#231;&#227;o de material para o cemiterio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726972/images/original/TR 15.26 Show musical balneario.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726957/images/original/33 TR Tanque para &#225;gua com tampa rosca.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726943/images/original/TR 14.26 Hidrometro e poste campo grande.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726941/images/original/27 TR servi&#231;os de borracharia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726939/images/original/TR 16.26 Som, luz e palco balne&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726920/images/original/TR- Aquisi&#231;&#227;o de Varal de Luzes e L&#226;mpada LED..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726900/images/original/TR - Contrata&#231;&#227;o de Servi&#231;o de Instala&#231;&#245;es El&#233;tricas..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726888/images/original/36 TR pe&#231;as anticorrosivo CASE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726861/images/original/35 TR servi&#231;os solda ro&#231;adeira vermelha.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726852/images/original/34 TR pe&#231;as parafusos retro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726851/images/original/31 TR filtros para a motoniveladora CASE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726834/images/original/TR 031- aquisi&#231;&#227;o de placa de licenciamento.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726675/images/original/007 - Termo de Refer&#234;ncia - Aquisi&#231;&#227;o de combust&#237;vel ro&#231;adeiras.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726667/images/original/015 - Termo de refer&#234;ncia - Aquisi&#231;&#227;o de &#243;leo IPA8347.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726664/images/original/014 - Termo de refer&#234;ncia - Aquisi&#231;&#227;o de parafusos ISW3540.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726663/images/original/TR - Presta&#231;&#227;o de Servi&#231;os de El&#233;trica para realiza&#231;&#227;o do evento &#8220;Carnaval de Cristal&#8221;..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726623/images/original/TR 005 - Aquisi&#231;&#227;o filtro BOB CAT.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726552/images/original/TR 028 - aquisi&#231;&#227;o de matajunta1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726514/images/original/TR-044-2026 pedido de material para limpeza de ve&#237;culos (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726504/images/original/TR 027 capas banco strada.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726286/images/original/TR 025 tampa caixa de luz.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726283/images/original/TR 021- tinta de impressora.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726276/images/original/TR-041-2026 ve&#237;culo JBE-6F92 -.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726257/images/original/TR 019 - aquisi&#231;&#227;o porta copos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726253/images/original/29 TR pe&#231;as filtro JBC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726251/images/original/TR-037-2026 Conserto computador da farm&#225;cia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726240/images/original/TR-042-2026 instala&#231;&#227;o ar cond. sala da enfermagem e esf Central.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726226/images/original/013 - Termo de refer&#234;ncia - Aquisi&#231;&#227;o de coifa alavanca de c&#226;mbio ISW3540.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726215/images/original/012 - Termo de refer&#234;ncia - Aquisi&#231;&#227;o de bomba combust&#237;vel para kombi IEM8G45.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726190/images/original/006 - Termo de Refer&#234;ncia n&#176; 006 - Salgadinhos abertura do ano letivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726133/images/original/TR-036-2026 manuten&#231;&#227;o gol IYP-2C59.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726030/images/original/TR-034-2026-Aquisi&#231;&#227;o de material para manuten&#231;&#227;o na UBS Buti&#225;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/726005/images/original/TR-032-2026-Aquisi&#231;&#227;o de material para conserto de rede de internet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725970/images/original/TR-031-2026 ve&#237;culo pedido borracharia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725952/images/original/07 TR pe&#231;as rolamento ro&#231;adeira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725783/images/original/TR - Loca&#231;&#227;o de Gradil Met&#225;lico para ser usado no evento &#8220;Carnaval de Cristal&#8221;..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725711/images/original/TR-043-2026 material para oficina arterapia Caes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725710/images/original/TR - Aquisi&#231;&#227;o de Forro Ac&#250;stico e Porta com Isolamento Ac&#250;stico Interno &#8211; L&#227; de Rocha..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725656/images/original/TR - Presta&#231;&#227;o de Servi&#231;os de M&#227;o de Obra de Pedreiro..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725591/images/original/28 TR pe&#231;as magueira grade niveladora.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725570/images/original/26 TR pe&#231;as e servi&#231;os poclain.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725550/images/original/25 TR servi&#231;o p&#225; manual SMDRMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725523/images/original/22 TR suporte IQP1C48.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725521/images/original/18 TR aneis elastico retro XCMG.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725502/images/original/17 TR pe&#231;as camara freio dupla.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725493/images/original/TR 017- manuten&#231;&#227;o de impressora.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725443/images/original/Termo de Refer&#234;ncia Gerador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725251/images/original/TR-029- 2026- Medica&#231;&#227;o Sulfato de Amicacina 500mg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725249/images/original/24 TR cadeado para a tampa combust&#237;vel CASE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725239/images/original/TR - Solicita&#231;&#227;o de pagamento de vaga especial de grau 3 (tr&#234;s) junto &#225; Casa Assistencial de Acolhimento S&#227;o Jorge LTDA..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725236/images/original/23 TR pe&#231;as argo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725225/images/original/TR - Aquisi&#231;&#227;o de Compressor de Ar Port&#225;til para os eventos esportivos do munic&#237;pio..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725214/images/original/TR - Aquisi&#231;&#227;o de materiais para decora&#231;&#227;o do evento &#8220;Carnaval de Cristal&#8221;..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725164/images/original/TR 13.26 Fitas demarca&#231;&#227;o quadra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725141/images/original/15 TR pe&#231;as filtro combustivel poclain.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725116/images/original/21 TR pe&#231;as ro&#231;adeira vermelha.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725091/images/original/TR-040- 2026 Bomba de &#225;gua para ubs buti&#225;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725086/images/original/TR-028- 2026 Pilhas recarreg&#225;veis AA E AAA e carregadores flex Rayovac.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725064/images/original/011 - Termo de refer&#234;ncia - Contrata&#231;&#227;o servi&#231;o de m&#227;o de obra higieniza&#231;&#227;o JBC5G20.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725041/images/original/009 - Termo de refer&#234;ncia - Aquisi&#231;&#227;o de material para manuten&#231;&#227;o na caixa de marcha IPA8347.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725031/images/original/16 TR filtro 10M escavadeira Hyundai.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725029/images/original/14 TR pe&#231;as farol lampada john deere.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725002/images/original/09 TR pe&#231;as e servi&#231;o solda ro&#231;adeira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/724996/images/original/19 TR pe&#231;as e servi&#231;os arado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/724874/images/original/TR-39-2026 ve&#237;culo &#212;nix IVO-5J09 manuten&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/724855/images/original/TR-038-2026 manuten&#231;&#227;o gol IYP-2C59.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/724807/images/original/TR - Aquisi&#231;&#227;o de Materiais destinados a atender as necessidades do Balne&#225;rio Cristal..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/724771/images/original/TR-016-2026 manuten&#231;&#227;o IZN-3J35 -.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/724763/images/original/TR-009-2026 manuten&#231;&#227;o KA JAQ-0J70.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/752882/images/original/105 TR pe&#231;as Argo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/752872/images/original/TR 50.2026 - Contrata&#231;&#227;o de servi&#231;o para manuten&#231;&#227;o ducato IQW0421.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/752862/images/original/TR 49.2026 - Instala&#231;&#227;o de pontos de rede de internet.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/752845/images/original/TR 047.2026 - Aquisi&#231;&#227;o de tecidos - Festeja Cristal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/752834/images/original/TR 46.2026 - Aquisi&#231;&#227;o de material para manuten&#231;&#227;o ducato IQW0421.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/752753/images/original/TR 089 - chapa de ferro ponte.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/752703/images/original/TR - Aquisi&#231;&#227;o de &#193;gua Mineral Com G&#225;s.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/752372/images/original/TR 045.2026 - Contrata&#231;&#227;o servi&#231;o de m&#227;o lavagem de toalhas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/752170/images/original/TR - Aquisi&#231;&#227;o de material.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/752161/images/original/101 TR lanche viagem expoagro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/752095/images/original/050 - Termo de Refer&#234;ncia n&#186; 050 - Compra Janela Curi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/752080/images/original/049 - Termo de Refer&#234;ncia n&#186; 049 - Compra Vidros Escolas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/752065/images/original/96 TR pe&#231;as freio Ranger.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/752063/images/original/95 TR revis&#227;o John Deere 5070.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/752061/images/original/TR 083 - ral saibreira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/752060/images/original/TR 086- baterias PATROLA1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/752059/images/original/TR 082- Aquisi&#231;&#227;o chave alerta cargo 1317.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/752058/images/original/94 TR c&#226;mara de pneu patrola CASE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/751892/images/original/102 TR cabo de rede.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/751891/images/original/TR- 112 - 2026 revis&#227;o 40m km c3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/751845/images/original/TR-111-2026-Aquisi&#231;&#227;o caixa d'agua Alto Alegre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/751831/images/original/TR 044.2026 - Contrata&#231;&#227;o servi&#231;o de m&#227;o de obra prateleiras banda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/751816/images/original/TR-110- 2026 Almoxa print.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/751795/images/original/TR-108- 2026- Saquinhos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/751767/images/original/TR-109- 2026- Ch&#225;s medicinais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/751755/images/original/058- Termo de refer&#234;ncia - Aquisi&#231;&#227;o de silicone spray.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/751749/images/original/TR-094- 2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/751748/images/original/TR-105-2026 ve&#237;culo &#212;nix IVO-5J09.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/751747/images/original/045 - Termo de Refer&#234;ncia n&#186; 045 - Compra de Reboque Gerador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/751740/images/original/Termo de Refer&#234;ncia Casa do produtor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/751732/images/original/TR-106-2026 Aquisi&#231;&#227;o de botinas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/751728/images/original/TR 077 material muroi prefeitura.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/751714/images/original/TR-103-2026 limpador parabrisaJBE-2A67 -.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/751685/images/original/TR 078- aquisi&#231;&#227;o fechadura cargo 2429.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/751680/images/original/TR - Aquisi&#231;&#227;o de 02 Transformadores 110 220 2000VA..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/751661/images/original/90 TR viagem expoagro sindicato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/751654/images/original/89 TR viagem expoagro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/751602/images/original/TR 081- Aquisi&#231;&#227;o filtro gr 180eBR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/751584/images/original/TR-107- 2026- Equidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/751566/images/original/054 - Termo de refer&#234;ncia - Aquisi&#231;&#227;o de capota e rack para Saveiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/751433/images/original/TR 075- engate femea bob cat.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/751425/images/original/056- Termo de refer&#234;ncia - Aquisi&#231;&#227;o de fita isolante.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/751421/images/original/055 - Termo de refer&#234;ncia - Aquisi&#231;&#227;o de material e m&#227;o de obra Posto de Molas-Sandro - JBE0I52.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/751418/images/original/TR 074- farol bob cat 1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/751412/images/original/91 TR bateria kagoo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/751409/images/original/92 TR pe&#231;as trator 6100J.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/751396/images/original/93 TR fita isolante.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/751329/images/original/TR 043.2026 - Contrata&#231;&#227;o confec&#231;&#227;o de roupas grupo de dan&#231;a banda municipal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/751309/images/original/057 - Termo de refer&#234;ncia - Aquisi&#231;&#227;o de palhetas JCU3E30.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/751308/images/original/TR 080 - pe&#231;as montana escapamento intermedi&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/751301/images/original/TR 079- aquisi&#231;&#227;o de materiais para oficina.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/751294/images/original/046 - Termo de Refer&#234;ncia n&#186; 046 - Compra Buchas e Ganchos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/751248/images/original/Termo de Refer&#234;ncia reparos pav.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/751086/images/original/047 - Termo de Refer&#234;ncia n&#186; 047 - Compra Caixa Descarga.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/751070/images/original/2 - Termo de Refer&#234;ncia trenas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/750189/images/original/88 TR materiais para SMDRMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/750058/images/original/TR 073- Aquisi&#231;&#227;o filtro cargo 1317.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/749991/images/original/TR 076 - Aquisi&#231;&#227;o franquia para brisa cargo 1317.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/749820/images/original/TR 072- aquisi&#231;&#227;o plug cargo 2429.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/749811/images/original/TR-102-2026 manuten&#231;&#227;o gol IYP-2C59.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/749369/images/original/TR-099-2026- Concerto e fechadura.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/749264/images/original/TR-101- 2026- Lari e car.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/749263/images/original/TR-Aquisi&#231;&#227;o de ch&#225;s.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/749254/images/original/TR Manuten&#231;&#227;o ve&#237;culo SPIN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/748865/images/original/052 - Termo de refer&#234;ncia - Aquisi&#231;&#227;o de pe&#231;as motor ISW3540.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/748860/images/original/053 - Termo de refer&#234;ncia - Aquisi&#231;&#227;o de pe&#231;as ar condicionado JBC5G20.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/748782/images/original/TR - Higieniza&#231;&#227;o Ar Otto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/748733/images/original/TR APOSENTADORIAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/748694/images/original/TR - Contrata&#231;&#227;o Revis&#227;o 20000km Spin JDL6J64.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/748640/images/original/TR-098-2026 Reforma de camisetas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/748600/images/original/TR-097-2026 ve&#237;culo VAN JDM6H26 e C3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/748599/images/original/TR-096- 2026- Extintores.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/748598/images/original/TR-095- 2026- Termometro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/749057/images/original/TR 42.2026 - Aquisi&#231;&#227;o de medalhas e trof&#233;us Praiano.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/748401/images/original/TR 069- ar condicionado cargo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/748393/images/original/TR 71- Aquisi&#231;&#227;o pontos de luz de ilumina&#231;&#227;o publica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/748369/images/original/TR-094- Logan IVL-1F80.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/748368/images/original/86 TR uniforme bermudas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/748355/images/original/85 TR pe&#231;as cargo IQP1C48.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/748313/images/original/TR - Capacita&#231;&#227;o t&#233;cnica conselheiros tutelares e representantes da Rede de Prote&#231;&#227;o..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/748296/images/original/TR - Contrata&#231;&#227;o de palcos final praiano.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/748293/images/original/TR 039.2026 - Show musical final praiano.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/748284/images/original/TR 40.2026 - Aquisi&#231;&#227;o de fuma&#231;a azul praiano.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/748283/images/original/118 - Ato que Autoriza a Contrata&#231;ao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/748282/images/original/84 TR regulador voltagem IQP148.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/748274/images/original/tr curso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/748271/images/original/Termo de Refer&#234;ncia - Aposentadorias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/748173/images/original/TR-93- 2026- LOSEC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/747876/images/original/TR-91- 2026- atensina.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/747868/images/original/048- Termo de refer&#234;ncia - Aquisi&#231;&#227;o de lanterna traseira ISW3540.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/747863/images/original/TR-093-AMB.IYO-2F41.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/747851/images/original/TR-090- 2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/747830/images/original/TR - Compra Colchonetes EMEI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/747782/images/original/TR- 089 INSUMO QUEIMADURA (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/747723/images/original/051 - Termo de refer&#234;ncia - Contrata&#231;&#227;o de servi&#231;o de recarga de extintor ISW3540 e JBC5G20 (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/747693/images/original/TR 070 extintor veicular.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/747652/images/original/050 - Termo de Refer&#234;ncia - Franquia vidro lateral dianteiro ISW3540.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/747376/images/original/TR GENEROS ALIMENTICIOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/747342/images/original/TR 067- avental e luva de soldador1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/747338/images/original/TR 068- ar condicionado JCB.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C101"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C101" sqref="C101"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1104,1066 +1107,1066 @@
         <v>14</v>
       </c>
       <c r="B7" t="s">
         <v>4</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
-        <v>4</v>
+        <v>19</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B10" t="s">
-        <v>4</v>
+        <v>19</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B11" t="s">
-        <v>4</v>
+        <v>19</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B12" t="s">
-        <v>4</v>
+        <v>19</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B13" t="s">
-        <v>4</v>
+        <v>19</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B14" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
         <v>31</v>
       </c>
       <c r="B15" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
         <v>33</v>
       </c>
       <c r="B16" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
         <v>35</v>
       </c>
       <c r="B17" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
         <v>37</v>
       </c>
       <c r="B18" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
         <v>39</v>
       </c>
       <c r="B19" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
         <v>41</v>
       </c>
       <c r="B20" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B21" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
         <v>46</v>
       </c>
       <c r="B22" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
         <v>48</v>
       </c>
       <c r="B23" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
         <v>50</v>
       </c>
       <c r="B24" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
         <v>52</v>
       </c>
       <c r="B25" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
         <v>54</v>
       </c>
       <c r="B26" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
         <v>56</v>
       </c>
       <c r="B27" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
         <v>58</v>
       </c>
       <c r="B28" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
         <v>60</v>
       </c>
       <c r="B29" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
         <v>62</v>
       </c>
       <c r="B30" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
         <v>64</v>
       </c>
       <c r="B31" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
         <v>66</v>
       </c>
       <c r="B32" t="s">
+        <v>42</v>
+      </c>
+      <c r="C32" s="1" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
+        <v>68</v>
+      </c>
+      <c r="B33" t="s">
+        <v>42</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>69</v>
-      </c>
-[...4 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
+        <v>70</v>
+      </c>
+      <c r="B34" t="s">
+        <v>42</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>71</v>
-      </c>
-[...4 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
+        <v>72</v>
+      </c>
+      <c r="B35" t="s">
+        <v>42</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>73</v>
-      </c>
-[...4 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
+        <v>74</v>
+      </c>
+      <c r="B36" t="s">
+        <v>42</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>75</v>
-      </c>
-[...4 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
+        <v>76</v>
+      </c>
+      <c r="B37" t="s">
+        <v>42</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>77</v>
-      </c>
-[...4 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
+        <v>78</v>
+      </c>
+      <c r="B38" t="s">
+        <v>42</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>79</v>
-      </c>
-[...4 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
+        <v>80</v>
+      </c>
+      <c r="B39" t="s">
+        <v>42</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>81</v>
-      </c>
-[...4 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
+        <v>82</v>
+      </c>
+      <c r="B40" t="s">
+        <v>42</v>
+      </c>
+      <c r="C40" s="1" t="s">
         <v>83</v>
-      </c>
-[...4 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
+        <v>84</v>
+      </c>
+      <c r="B41" t="s">
+        <v>42</v>
+      </c>
+      <c r="C41" s="1" t="s">
         <v>85</v>
-      </c>
-[...4 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
+        <v>86</v>
+      </c>
+      <c r="B42" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
-        <v>67</v>
+        <v>87</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
-        <v>67</v>
+        <v>87</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
+        <v>87</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" t="s">
+        <v>87</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>96</v>
-      </c>
-[...4 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
+        <v>97</v>
+      </c>
+      <c r="B47" t="s">
+        <v>87</v>
+      </c>
+      <c r="C47" s="1" t="s">
         <v>98</v>
-      </c>
-[...4 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
+        <v>99</v>
+      </c>
+      <c r="B48" t="s">
+        <v>87</v>
+      </c>
+      <c r="C48" s="1" t="s">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
+        <v>101</v>
+      </c>
+      <c r="B49" t="s">
+        <v>87</v>
+      </c>
+      <c r="C49" s="1" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
+        <v>103</v>
+      </c>
+      <c r="B50" t="s">
+        <v>87</v>
+      </c>
+      <c r="C50" s="1" t="s">
         <v>104</v>
-      </c>
-[...4 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
+        <v>105</v>
+      </c>
+      <c r="B51" t="s">
+        <v>87</v>
+      </c>
+      <c r="C51" s="1" t="s">
         <v>106</v>
-      </c>
-[...4 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
+        <v>107</v>
+      </c>
+      <c r="B52" t="s">
+        <v>87</v>
+      </c>
+      <c r="C52" s="1" t="s">
         <v>108</v>
-      </c>
-[...4 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
+        <v>109</v>
+      </c>
+      <c r="B53" t="s">
+        <v>87</v>
+      </c>
+      <c r="C53" s="1" t="s">
         <v>110</v>
-      </c>
-[...4 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="B54" t="s">
-        <v>111</v>
+        <v>87</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="B55" t="s">
-        <v>111</v>
+        <v>87</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="B56" t="s">
-        <v>111</v>
+        <v>87</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
+        <v>117</v>
+      </c>
+      <c r="B57" t="s">
+        <v>118</v>
+      </c>
+      <c r="C57" s="1" t="s">
         <v>119</v>
-      </c>
-[...4 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
+        <v>120</v>
+      </c>
+      <c r="B58" t="s">
+        <v>118</v>
+      </c>
+      <c r="C58" s="1" t="s">
         <v>121</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
+        <v>122</v>
+      </c>
+      <c r="B59" t="s">
+        <v>118</v>
+      </c>
+      <c r="C59" s="1" t="s">
         <v>123</v>
-      </c>
-[...4 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
+        <v>124</v>
+      </c>
+      <c r="B60" t="s">
+        <v>118</v>
+      </c>
+      <c r="C60" s="1" t="s">
         <v>125</v>
-      </c>
-[...4 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
+        <v>126</v>
+      </c>
+      <c r="B61" t="s">
+        <v>118</v>
+      </c>
+      <c r="C61" s="1" t="s">
         <v>127</v>
-      </c>
-[...4 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
+        <v>128</v>
+      </c>
+      <c r="B62" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
         <v>131</v>
       </c>
       <c r="B63" t="s">
-        <v>111</v>
+        <v>129</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
         <v>133</v>
       </c>
       <c r="B64" t="s">
-        <v>111</v>
+        <v>129</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
         <v>135</v>
       </c>
       <c r="B65" t="s">
-        <v>111</v>
+        <v>129</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
         <v>137</v>
       </c>
       <c r="B66" t="s">
-        <v>111</v>
+        <v>138</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B67" t="s">
-        <v>111</v>
+        <v>138</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B68" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
         <v>144</v>
       </c>
       <c r="B69" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
         <v>146</v>
       </c>
       <c r="B70" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
         <v>148</v>
       </c>
       <c r="B71" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
         <v>150</v>
       </c>
       <c r="B72" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
         <v>152</v>
       </c>
       <c r="B73" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
         <v>154</v>
       </c>
       <c r="B74" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
         <v>156</v>
       </c>
       <c r="B75" t="s">
-        <v>142</v>
+        <v>157</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B76" t="s">
-        <v>142</v>
+        <v>157</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B77" t="s">
-        <v>142</v>
+        <v>157</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B78" t="s">
-        <v>142</v>
+        <v>157</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B79" t="s">
-        <v>165</v>
+        <v>157</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
         <v>167</v>
       </c>
       <c r="B80" t="s">
-        <v>165</v>
+        <v>157</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
         <v>169</v>
       </c>
       <c r="B81" t="s">
-        <v>165</v>
+        <v>157</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
         <v>171</v>
       </c>
       <c r="B82" t="s">
-        <v>165</v>
+        <v>157</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
         <v>173</v>
       </c>
       <c r="B83" t="s">
-        <v>165</v>
+        <v>157</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
         <v>175</v>
       </c>
       <c r="B84" t="s">
-        <v>165</v>
+        <v>157</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
         <v>177</v>
       </c>
       <c r="B85" t="s">
-        <v>165</v>
+        <v>157</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
         <v>179</v>
       </c>
       <c r="B86" t="s">
-        <v>165</v>
+        <v>157</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
         <v>181</v>
       </c>
       <c r="B87" t="s">
-        <v>165</v>
+        <v>157</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
         <v>183</v>
       </c>
       <c r="B88" t="s">
-        <v>165</v>
+        <v>157</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
         <v>185</v>
       </c>
       <c r="B89" t="s">
-        <v>165</v>
+        <v>157</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
         <v>187</v>
       </c>
       <c r="B90" t="s">
-        <v>165</v>
+        <v>188</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B91" t="s">
-        <v>165</v>
+        <v>188</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B92" t="s">
-        <v>165</v>
+        <v>188</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B93" t="s">
-        <v>165</v>
+        <v>188</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B94" t="s">
-        <v>165</v>
+        <v>188</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B95" t="s">
-        <v>165</v>
+        <v>188</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B96" t="s">
-        <v>165</v>
+        <v>188</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B97" t="s">
-        <v>202</v>
+        <v>188</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
         <v>204</v>
       </c>
       <c r="B98" t="s">
-        <v>202</v>
+        <v>188</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
         <v>206</v>
       </c>
       <c r="B99" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B100" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B101" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>