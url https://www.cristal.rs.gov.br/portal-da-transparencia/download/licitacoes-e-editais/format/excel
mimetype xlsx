--- v0 (2025-10-18)
+++ v1 (2025-12-18)
@@ -12,82 +12,160 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="328">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="310">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
+    <t>PREGÃO N° 39/2025 - ELETRÔNICO</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>Edital e Anexos.pdf</t>
+  </si>
+  <si>
+    <t>PREGÃO N° 38/2025 - ELETRÔNICO</t>
+  </si>
+  <si>
+    <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>Edital 38 e anexos.pdf</t>
+  </si>
+  <si>
+    <t>PREGÃO N° 37/2025 - ELETRÔNICO</t>
+  </si>
+  <si>
+    <t>02/12/2025</t>
+  </si>
+  <si>
+    <t>Edital 37_2025 e anexos.pdf</t>
+  </si>
+  <si>
+    <t>PREGÃO N° 36/2025 - ELETRÔNICO</t>
+  </si>
+  <si>
+    <t>28/11/2025</t>
+  </si>
+  <si>
+    <t>Edital 36 2025 e Anexos.pdf</t>
+  </si>
+  <si>
+    <t>PREGÃO N° 35/2025 - ELETRÔNICO</t>
+  </si>
+  <si>
+    <t>12/11/2025</t>
+  </si>
+  <si>
+    <t>Edital e anexos.pdf</t>
+  </si>
+  <si>
+    <t>CONCORRÊNCIA N° 11/2025 - ELETRÔNICA</t>
+  </si>
+  <si>
+    <t>05/11/2025</t>
+  </si>
+  <si>
+    <t>PREGÃO N° 34/2025 - ELETRÔNICO</t>
+  </si>
+  <si>
+    <t>EDITAL DE P.E. 34_2025 E ANEXOS.pdf</t>
+  </si>
+  <si>
+    <t>CONCORRÊNCIA N° 10/2025 - ELETRÔNICA</t>
+  </si>
+  <si>
+    <t>30/10/2025</t>
+  </si>
+  <si>
+    <t>Edital e anexos assinado.pdf</t>
+  </si>
+  <si>
+    <t>CONCORRÊNCIA N° 07/2025 - ELETRÔNICA</t>
+  </si>
+  <si>
+    <t>24/10/2025</t>
+  </si>
+  <si>
+    <t>Edital Concorrência 07 2025 - Calçamento Rua Jaguarão e Travessas Retificado.pdf</t>
+  </si>
+  <si>
+    <t>CONCORRÊNCIA N° 09/2025 - ELETRÔNICA</t>
+  </si>
+  <si>
+    <t>21/10/2025</t>
+  </si>
+  <si>
+    <t>PREGÃO N° 33/2025 - ELETRÔNICO</t>
+  </si>
+  <si>
+    <t>20/10/2025</t>
+  </si>
+  <si>
     <t>CONCORRÊNCIA N° 08/2025 - ELETRÔNICA</t>
   </si>
   <si>
     <t>16/10/2025</t>
   </si>
   <si>
-    <t>Edital e anexos assinado.pdf</t>
-[...2 lines deleted...]
-    <t>CONCORRÊNCIA N° 07/2025 - ELETRÔNICA</t>
+    <t>PREGÃO N° 32/2025 - ELETRÔNICO</t>
   </si>
   <si>
     <t>13/10/2025</t>
   </si>
   <si>
-    <t>Edital e anexos.pdf</t>
-[...4 lines deleted...]
-  <si>
     <t>Edital de P.E. 32_2025 e anexos.pdf</t>
   </si>
   <si>
     <t>TR - Cartão vale.pdf</t>
   </si>
   <si>
     <t>PREGÃO N° 31/2025 - ELETRÔNICO</t>
   </si>
   <si>
     <t>06/10/2025</t>
   </si>
   <si>
     <t>PREGÃO N° 30/2025 - ELETRÔNICO</t>
   </si>
   <si>
     <t>26/09/2025</t>
   </si>
   <si>
     <t>LEILÃO PÚBLICO N° 01/2025 - PRESENCIAL E ONLINE</t>
   </si>
   <si>
     <t>11/09/2025</t>
   </si>
   <si>
     <t>Edital Leilão 01_2025 e anexos.pdf</t>
@@ -368,53 +446,50 @@
   <si>
     <t>Edital e anexos retificados.pdf</t>
   </si>
   <si>
     <t>PREGÃO N° 06/2025 - ELETRÔNICO</t>
   </si>
   <si>
     <t>12/02/2025</t>
   </si>
   <si>
     <t>Edital 006 2025 e anexos assinado.pdf</t>
   </si>
   <si>
     <t>PREGÃO N° 05/2025 - ELETRÔNICO</t>
   </si>
   <si>
     <t>07/02/2025</t>
   </si>
   <si>
     <t>PREGÃO N° 03/2025 - ELETRÔNICO</t>
   </si>
   <si>
     <t>31/01/2025</t>
   </si>
   <si>
-    <t>Edital e Anexos.pdf</t>
-[...1 lines deleted...]
-  <si>
     <t>Edital e anexos assinados RETIFICADO.pdf</t>
   </si>
   <si>
     <t>PREGÃO N° 02/2025 - ELETRÔNICO</t>
   </si>
   <si>
     <t>29/01/2025</t>
   </si>
   <si>
     <t>Edital assinado e anexos assinado.pdf</t>
   </si>
   <si>
     <t>Valores de Referência.xlsx</t>
   </si>
   <si>
     <t>PREGÃO N° 01/2025 - ELETRÔNICO</t>
   </si>
   <si>
     <t>07/01/2025</t>
   </si>
   <si>
     <t>Edital 01_2025_e ANEXOS.pdf</t>
   </si>
   <si>
     <t>PREGÃO N° 30/2024 - ELETRÔNICO</t>
@@ -867,179 +942,50 @@
     <t>PREGÃO N° 039/2023 - PRESENCIAL</t>
   </si>
   <si>
     <t>Edital PP 039 - Filmagem e Transmissão do 43º Camp. Praiano de Futebol.pdf</t>
   </si>
   <si>
     <t>PREGÃO N° 038/2023 - PRESENCIAL</t>
   </si>
   <si>
     <t>08/12/2023</t>
   </si>
   <si>
     <t>Edital PP 038 - Combustíveis para Frota Municipal - 2024.pdf</t>
   </si>
   <si>
     <t>PREGÃO N° 037/2023 - ELETRÔNICO</t>
   </si>
   <si>
     <t>06/12/2023</t>
   </si>
   <si>
     <t>Edital P.E 037- TELHAS.pdf</t>
   </si>
   <si>
     <t>Errata 012023 - Telhas.pdf</t>
-  </si>
-[...127 lines deleted...]
-    <t>Edital P.P. 030 - RP Merenda Escolar - 2023.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -1343,1934 +1289,1802 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667548/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/666015/images/original/Edital e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/666010/images/original/Edital de P.E. 32_2025 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/666472/images/original/TR - Cart&#227;o vale.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/662274/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/656777/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/645122/images/original/Edital Leil&#227;o 01_2025 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/646891/images/original/Primeiro adendo ao Edital  de Leil&#227;o P&#250;blico 01_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/619305/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/627110/images/original/Edital e Anexos retificados 2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/627113/images/original/MEMORIAL Retificado 2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/627117/images/original/OR&#199;AMENTO Retificado 2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/620264/images/original/Edital 28_2025_e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/619798/images/original/Edital assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/619795/images/original/Anexo I - Modelo de declara&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/619797/images/original/Anexo II - Termo de Refer&#234;ncia - N&#176; 273 - Licita&#231;&#227;o Merenda escolar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/619796/images/original/Anexo III Ata de Registro de Pre&#231;o xxx 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/629103/images/original/Modelo DECLARACAO CUMPRIMENTO CF-1988 - Nao emprega menor.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/618243/images/original/Edital 27_2025 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/617965/images/original/Edital Refificado 024_2025 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/616019/images/original/Edital 26_2025_e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/612956/images/original/Edital 25_2025_ e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/612498/images/original/Edital 024_2025_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/608929/images/original/Edital 023_2025 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/602403/images/original/Edital 22 2025 e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/596544/images/original/Edital 21 e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/596469/images/original/Edital 20_2025_E ANEXOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/594800/images/original/Edital e Anexos - PE - Exames de Imagem.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588617/images/original/EDITAL 18_2025 E ANEXOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/583157/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/581317/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/571560/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/555249/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/552791/images/original/Edital e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/551599/images/original/Edital de P.E. 14_2025 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/559265/images/original/Revoga&#231;&#227;o do Processo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/547251/images/original/Edital e anexos assinados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549859/images/original/Edital e anexos assinado e retificados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/546284/images/original/Edital e Anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/543480/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/528912/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/528499/images/original/Edital 011 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/528019/images/original/Edital assinado e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/527640/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/526323/images/original/Edital 08_2025_e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/526020/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/533432/images/original/Revoga&#231;&#227;o da licita&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/523459/images/original/Edital e anexo assinados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/519503/images/original/Edital e anexos ok.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/525278/images/original/Edital e anexos retificados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/522593/images/original/Edital 006 2025 e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/520329/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/518733/images/original/Edital e Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/523399/images/original/Edital e anexos assinados RETIFICADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/517927/images/original/Edital assinado e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/517928/images/original/Valores de Refer&#234;ncia.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/513615/images/original/Edital 01_2025_e ANEXOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/507133/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/505704/images/original/Edital e anexos assinados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/505615/images/original/Edital 029_2024 e Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/502534/images/original/Edital 27 e Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/502216/images/original/Edital e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/499953/images/original/Edital e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/499365/images/original/Edital 24_2024_e ANEXOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/498580/images/original/Edital e anexos assinados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496988/images/original/Edital 023 2024 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496982/images/original/Edital e anexos PE 22 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/493967/images/original/Edital e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/495717/images/original/Planta Baixa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/501860/images/original/Ata de Julgamento das propostas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/500277/images/original/Ata de abertura da sess&#227;o p&#250;blica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/492476/images/original/EDITAL OK.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/492475/images/original/EDITAL OK.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/505707/images/original/Ata final.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/491602/images/original/Edital assinado e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/491348/images/original/Edital 20 e Anexos..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/485315/images/original/Termo de Refer&#234;ncia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/485316/images/original/Edital de P.E. 19_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/485313/images/original/Edital 018 e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/478360/images/original/Edital PE 17 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473279/images/original/EDITAL16_2024 E ANEXOS - CESTAS B&#193;SICAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473226/images/original/Edital e Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/464107/images/original/Edital 013 e Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466377/images/original/Edital e Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/461548/images/original/ANEXO IV PLANILHA CUSTOS - MODELO Higienizadores.xls" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/461549/images/original/Edital e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/457893/images/original/Edital e Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/457846/images/original/Edital Concorr&#234;ncia 05_2024 - Cal&#231;amento Ruas Bairro Panorama.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/457848/images/original/Anexo II -Estudo T&#233;cnico Preliminar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/457850/images/original/ANexo III - Termo de Refer&#234;ncia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/457849/images/original/Anexo IV Memorial Descritivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/457845/images/original/Anexo V Or&#231;amento Quantitativo Pav Panorama.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/457847/images/original/Anexo VI composi&#231;&#245;es Panorama.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/457844/images/original/Anexo VII cronograma Pav Panorama.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/457851/images/original/Anexo VIII - Ruas - Completo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/451638/images/original/Edital Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/451645/images/original/Anexo I - Minuta de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/451643/images/original/Anexo II Estudo T&#233;cnico Preliminar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/451646/images/original/Anexo III Termo de Refer&#234;ncia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/451644/images/original/Anexo IV Memorial Descritivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/451639/images/original/Anexo V Or&#231;amento Quantitativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/451640/images/original/Anexo VI BDI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/451641/images/original/Anexo VII Cronograma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/451642/images/original/Anexo VIII Planta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/449737/images/original/Edital 10_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/450448/images/original/ANEXO II Lista de g&#234;neros e especifica&#231;&#245;es- Licita&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/450439/images/original/Anexo II Estudo T&#233;cnico Preliminar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/450438/images/original/Anexo III Termo de Refer&#234;ncia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/450440/images/original/Anexo IV Memorial Descritivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/450430/images/original/Anexo V Or&#231;amento Quantitativo Retificado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/450437/images/original/Anexo VI BDI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/450436/images/original/Anexo VII cronograma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/450435/images/original/Anexo Planta Ponte Retificado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/450447/images/original/Edital retificado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/449743/images/original/Edital e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/448302/images/original/Edital  e Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447955/images/original/Errata 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447953/images/original/Parecer Comiss&#227;o de Licita&#231;&#227;o e Jur&#237;dico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447954/images/original/Comunicado 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419840/images/original/Edital 07 2024 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/418488/images/original/Edital 06 2024 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/444956/images/original/Errata 01 altera&#231;&#227;o de data abertura do certame.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/417572/images/original/Edital RP. Merenda Escolar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/417573/images/original/ANEXO II Lista de g&#234;neros e especifica&#231;&#245;es- Licita&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/417574/images/original/Anexo III -ETP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/417575/images/original/Anexo I - TR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415797/images/original/Edital CP 02 2024 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/410343/images/original/Edital e anexos ok.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408461/images/original/Edital 03 2024 Merenda e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/407196/images/original/Edital 02 2024 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/398798/images/original/Edital 01 2024 e anexos OK.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/399038/images/original/Errata 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/398787/images/original/Edital P.E. 001 2024 e anexos - Distribuidor de Esterco L&#237;quido.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/388133/images/original/Edital TP 05 - Amplia&#231;&#227;o Centro de Sa&#250;de e Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/388131/images/original/Termo de Refer&#234;ncia Material Ambulatorial.xls" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/388132/images/original/Edital PE 044 RP Material Ambulatorial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/390054/images/original/Errata 01.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/387336/images/original/Edital P.E.045 Telhas - Defesa Civil.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/387334/images/original/Edital P.E 043 - Ve&#237;culo de Passeio - SMS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/387333/images/original/Edital P.E_042_2023_ RP_ Material Higiene e Limpeza.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/382997/images/original/Edital P.E 041 -  Compra material para cal&#231;amento.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/381087/images/original/Edital de P.P. 040 - Arbitragem Praiano 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/381086/images/original/Edital PP 039 - Filmagem e Transmiss&#227;o do 43&#186; Camp. Praiano de Futebol.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380132/images/original/Edital PP 038 - Combust&#237;veis para Frota Municipal - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/379260/images/original/Edital P.E 037- TELHAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/384707/images/original/Errata 012023 - Telhas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/379259/images/original/Edital P.E 036 Seguran&#231;a Praiano.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/354151/images/original/Edital Concorr&#234;ncia P&#250;blica 001- Contrata&#231;&#227;o Servi&#231;o de Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/378750/images/original/Edital Concorr&#234;ncia P&#250;blica 001- Contrata&#231;&#227;o Servi&#231;o de Sa&#250;de - RETIFICADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/385445/images/original/Aviso Suspens&#227;o da Concorr&#234;ncia 01 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389867/images/original/Despacho de Revoga&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/374706/images/original/Edital P.E. 035 - Material Odontol&#243;gico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/369290/images/original/Edital Leil&#227;o P&#250;blico - 01.2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/391589/images/original/Ata_Final_-_Cristal_-_Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/348164/images/original/Edital P.E 034 - Aquisi&#231;&#227;o de Playgroudns e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/346562/images/original/Edital e anexos P.E 031 - Sistema de Gest&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/345444/images/original/img20231011_09373817.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/349523/images/original/Edital P.E. 032 - RP Tubos e Meio-Fio - RETIFICADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344696/images/original/Edital Preg&#227;o Eletr&#244;nico 032.2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/347240/images/original/Errata - Preg&#227;o 32.2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343740/images/original/Edital TP 004 - Cal&#231;amento Rya Ayrton Senna  - RETIFICADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343744/images/original/Anexo I - Memorial Descritivo - Retificado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344141/images/original/Anexo II - Or&#231;amento Quantitativo Retifica&#231;&#227;o 2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343747/images/original/Anexo II - Or&#231;amento Quantitativo - Retificado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343746/images/original/Anexo III - Detalhamento do BDI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343743/images/original/Anexo IV - Cronograma F&#237;sico Financeiro - Retificado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343745/images/original/Anexo V - Projeto Planta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343742/images/original/Anexo VI - Minuta de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322912/images/original/Edital P.P. 030 - RP Merenda Escolar - 2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/701183/images/original/Edital e Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/699480/images/original/Edital 38 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/698493/images/original/Edital 37_2025 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/693347/images/original/Edital 36 2025 e Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/679519/images/original/Edital e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/676197/images/original/Edital e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/676177/images/original/EDITAL DE P.E. 34_2025 E ANEXOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/673710/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/666015/images/original/Edital e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/671262/images/original/Edital Concorr&#234;ncia 07 2025 - Cal&#231;amento Rua Jaguar&#227;o e Travessas Retificado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/669215/images/original/Edital e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/668870/images/original/Edital e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667548/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/666010/images/original/Edital de P.E. 32_2025 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/666472/images/original/TR - Cart&#227;o vale.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/662274/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/656777/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/645122/images/original/Edital Leil&#227;o 01_2025 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/646891/images/original/Primeiro adendo ao Edital  de Leil&#227;o P&#250;blico 01_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/619305/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/627110/images/original/Edital e Anexos retificados 2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/627113/images/original/MEMORIAL Retificado 2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/627117/images/original/OR&#199;AMENTO Retificado 2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/620264/images/original/Edital 28_2025_e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/619798/images/original/Edital assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/619795/images/original/Anexo I - Modelo de declara&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/619797/images/original/Anexo II - Termo de Refer&#234;ncia - N&#176; 273 - Licita&#231;&#227;o Merenda escolar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/619796/images/original/Anexo III Ata de Registro de Pre&#231;o xxx 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/629103/images/original/Modelo DECLARACAO CUMPRIMENTO CF-1988 - Nao emprega menor.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/618243/images/original/Edital 27_2025 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/617965/images/original/Edital Refificado 024_2025 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/616019/images/original/Edital 26_2025_e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/612956/images/original/Edital 25_2025_ e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/612498/images/original/Edital 024_2025_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/608929/images/original/Edital 023_2025 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/602403/images/original/Edital 22 2025 e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/596544/images/original/Edital 21 e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/596469/images/original/Edital 20_2025_E ANEXOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/594800/images/original/Edital e Anexos - PE - Exames de Imagem.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588617/images/original/EDITAL 18_2025 E ANEXOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/583157/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/581317/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/571560/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/555249/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/552791/images/original/Edital e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/551599/images/original/Edital de P.E. 14_2025 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/559265/images/original/Revoga&#231;&#227;o do Processo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/547251/images/original/Edital e anexos assinados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549859/images/original/Edital e anexos assinado e retificados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/546284/images/original/Edital e Anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/543480/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/528912/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/528499/images/original/Edital 011 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/528019/images/original/Edital assinado e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/527640/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/526323/images/original/Edital 08_2025_e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/526020/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/533432/images/original/Revoga&#231;&#227;o da licita&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/523459/images/original/Edital e anexo assinados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/519503/images/original/Edital e anexos ok.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/525278/images/original/Edital e anexos retificados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/522593/images/original/Edital 006 2025 e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/520329/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/518733/images/original/Edital e Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/523399/images/original/Edital e anexos assinados RETIFICADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/517927/images/original/Edital assinado e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/517928/images/original/Valores de Refer&#234;ncia.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/513615/images/original/Edital 01_2025_e ANEXOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/507133/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/505704/images/original/Edital e anexos assinados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/505615/images/original/Edital 029_2024 e Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/502534/images/original/Edital 27 e Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/502216/images/original/Edital e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/499953/images/original/Edital e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/499365/images/original/Edital 24_2024_e ANEXOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/498580/images/original/Edital e anexos assinados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496988/images/original/Edital 023 2024 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496982/images/original/Edital e anexos PE 22 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/493967/images/original/Edital e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/495717/images/original/Planta Baixa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/501860/images/original/Ata de Julgamento das propostas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/500277/images/original/Ata de abertura da sess&#227;o p&#250;blica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/492476/images/original/EDITAL OK.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/492475/images/original/EDITAL OK.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/505707/images/original/Ata final.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/491602/images/original/Edital assinado e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/491348/images/original/Edital 20 e Anexos..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/485315/images/original/Termo de Refer&#234;ncia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/485316/images/original/Edital de P.E. 19_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/485313/images/original/Edital 018 e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/478360/images/original/Edital PE 17 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473279/images/original/EDITAL16_2024 E ANEXOS - CESTAS B&#193;SICAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473226/images/original/Edital e Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/464107/images/original/Edital 013 e Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466377/images/original/Edital e Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/461548/images/original/ANEXO IV PLANILHA CUSTOS - MODELO Higienizadores.xls" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/461549/images/original/Edital e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/457893/images/original/Edital e Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/457846/images/original/Edital Concorr&#234;ncia 05_2024 - Cal&#231;amento Ruas Bairro Panorama.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/457848/images/original/Anexo II -Estudo T&#233;cnico Preliminar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/457850/images/original/ANexo III - Termo de Refer&#234;ncia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/457849/images/original/Anexo IV Memorial Descritivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/457845/images/original/Anexo V Or&#231;amento Quantitativo Pav Panorama.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/457847/images/original/Anexo VI composi&#231;&#245;es Panorama.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/457844/images/original/Anexo VII cronograma Pav Panorama.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/457851/images/original/Anexo VIII - Ruas - Completo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/451638/images/original/Edital Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/451645/images/original/Anexo I - Minuta de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/451643/images/original/Anexo II Estudo T&#233;cnico Preliminar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/451646/images/original/Anexo III Termo de Refer&#234;ncia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/451644/images/original/Anexo IV Memorial Descritivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/451639/images/original/Anexo V Or&#231;amento Quantitativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/451640/images/original/Anexo VI BDI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/451641/images/original/Anexo VII Cronograma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/451642/images/original/Anexo VIII Planta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/449737/images/original/Edital 10_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/450448/images/original/ANEXO II Lista de g&#234;neros e especifica&#231;&#245;es- Licita&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/450439/images/original/Anexo II Estudo T&#233;cnico Preliminar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/450438/images/original/Anexo III Termo de Refer&#234;ncia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/450440/images/original/Anexo IV Memorial Descritivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/450430/images/original/Anexo V Or&#231;amento Quantitativo Retificado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/450437/images/original/Anexo VI BDI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/450436/images/original/Anexo VII cronograma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/450435/images/original/Anexo Planta Ponte Retificado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/450447/images/original/Edital retificado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/449743/images/original/Edital e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/448302/images/original/Edital  e Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447955/images/original/Errata 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447953/images/original/Parecer Comiss&#227;o de Licita&#231;&#227;o e Jur&#237;dico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447954/images/original/Comunicado 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419840/images/original/Edital 07 2024 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/418488/images/original/Edital 06 2024 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/444956/images/original/Errata 01 altera&#231;&#227;o de data abertura do certame.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/417572/images/original/Edital RP. Merenda Escolar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/417573/images/original/ANEXO II Lista de g&#234;neros e especifica&#231;&#245;es- Licita&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/417574/images/original/Anexo III -ETP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/417575/images/original/Anexo I - TR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415797/images/original/Edital CP 02 2024 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/410343/images/original/Edital e anexos ok.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408461/images/original/Edital 03 2024 Merenda e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/407196/images/original/Edital 02 2024 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/398798/images/original/Edital 01 2024 e anexos OK.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/399038/images/original/Errata 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/398787/images/original/Edital P.E. 001 2024 e anexos - Distribuidor de Esterco L&#237;quido.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/388133/images/original/Edital TP 05 - Amplia&#231;&#227;o Centro de Sa&#250;de e Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/388131/images/original/Termo de Refer&#234;ncia Material Ambulatorial.xls" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/388132/images/original/Edital PE 044 RP Material Ambulatorial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/390054/images/original/Errata 01.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/387336/images/original/Edital P.E.045 Telhas - Defesa Civil.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/387334/images/original/Edital P.E 043 - Ve&#237;culo de Passeio - SMS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/387333/images/original/Edital P.E_042_2023_ RP_ Material Higiene e Limpeza.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/382997/images/original/Edital P.E 041 -  Compra material para cal&#231;amento.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/381087/images/original/Edital de P.P. 040 - Arbitragem Praiano 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/381086/images/original/Edital PP 039 - Filmagem e Transmiss&#227;o do 43&#186; Camp. Praiano de Futebol.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380132/images/original/Edital PP 038 - Combust&#237;veis para Frota Municipal - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/379260/images/original/Edital P.E 037- TELHAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/384707/images/original/Errata 012023 - Telhas.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C170"/>
+  <dimension ref="A1:C158"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C170" sqref="C170"/>
+      <selection activeCell="C158" sqref="C158"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>5</v>
+        <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="B7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>5</v>
+        <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B8" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B9" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B10" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>5</v>
+        <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="B12" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="B13" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="B16" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="B17" t="s">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="B18" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="B19" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="B20" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="B21" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="B22" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B23" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
+        <v>46</v>
+      </c>
+      <c r="B24" t="s">
         <v>47</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B25" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B26" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B27" t="s">
+        <v>55</v>
+      </c>
+      <c r="C27" s="1" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="B28" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>61</v>
+        <v>54</v>
       </c>
       <c r="B29" t="s">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="B30" t="s">
-        <v>65</v>
+        <v>55</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="B31" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>5</v>
+        <v>63</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="B32" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>5</v>
+        <v>66</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="B33" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>5</v>
+        <v>69</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="B34" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>5</v>
+        <v>72</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" t="s">
+        <v>74</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>75</v>
-      </c>
-[...4 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
+        <v>76</v>
+      </c>
+      <c r="B36" t="s">
         <v>77</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" s="1" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B37" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B38" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="B39" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B40" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B41" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>5</v>
+        <v>92</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="B42" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>5</v>
+        <v>24</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B43" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>94</v>
+        <v>24</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B44" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>97</v>
+        <v>24</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B45" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>5</v>
+        <v>24</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B46" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>102</v>
+        <v>17</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
         <v>103</v>
       </c>
       <c r="B47" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>5</v>
+        <v>105</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
         <v>103</v>
       </c>
       <c r="B48" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B49" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
+        <v>107</v>
+      </c>
+      <c r="B50" t="s">
         <v>108</v>
       </c>
-      <c r="B50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="B51" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="B52" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>113</v>
+        <v>24</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B53" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>5</v>
+        <v>24</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B54" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="B55" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="B56" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>122</v>
+        <v>24</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="B57" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="B58" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>126</v>
+        <v>24</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
+        <v>129</v>
+      </c>
+      <c r="B59" t="s">
         <v>127</v>
       </c>
-      <c r="B59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59" s="1" t="s">
-        <v>5</v>
+        <v>130</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="B60" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>83</v>
+        <v>133</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="B61" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B62" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B63" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>8</v>
+        <v>139</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B64" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B65" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>142</v>
+        <v>5</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
+        <v>142</v>
+      </c>
+      <c r="B66" t="s">
         <v>143</v>
       </c>
-      <c r="B66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66" s="1" t="s">
-        <v>83</v>
+        <v>144</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B67" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="B68" t="s">
+        <v>146</v>
+      </c>
+      <c r="C68" s="1" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
+        <v>149</v>
+      </c>
+      <c r="B69" t="s">
         <v>150</v>
       </c>
-      <c r="B69" t="s">
+      <c r="C69" s="1" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="B70" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>152</v>
+        <v>24</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B71" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>155</v>
+        <v>109</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="B72" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="B73" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>153</v>
+        <v>161</v>
       </c>
       <c r="B74" t="s">
-        <v>154</v>
+        <v>162</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>158</v>
+        <v>17</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
       <c r="B75" t="s">
-        <v>154</v>
+        <v>164</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>159</v>
+        <v>17</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="B76" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>97</v>
+        <v>167</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="B77" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>164</v>
+        <v>109</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="B78" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>165</v>
+        <v>172</v>
       </c>
       <c r="B79" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="B80" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>171</v>
+        <v>17</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="B81" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="B82" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
         <v>178</v>
       </c>
       <c r="B83" t="s">
         <v>179</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>118</v>
+        <v>181</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="B84" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
+        <v>178</v>
+      </c>
+      <c r="B85" t="s">
+        <v>179</v>
+      </c>
+      <c r="C85" s="1" t="s">
         <v>183</v>
-      </c>
-[...4 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>185</v>
+        <v>178</v>
       </c>
       <c r="B86" t="s">
-        <v>186</v>
+        <v>179</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
         <v>185</v>
       </c>
       <c r="B87" t="s">
         <v>186</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>8</v>
+        <v>123</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
+        <v>187</v>
+      </c>
+      <c r="B88" t="s">
         <v>188</v>
       </c>
-      <c r="B88" t="s">
+      <c r="C88" s="1" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
         <v>190</v>
       </c>
       <c r="B89" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
         <v>190</v>
       </c>
       <c r="B90" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="B91" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>190</v>
+        <v>197</v>
       </c>
       <c r="B92" t="s">
-        <v>189</v>
+        <v>198</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>190</v>
+        <v>200</v>
       </c>
       <c r="B93" t="s">
-        <v>189</v>
+        <v>201</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>190</v>
+        <v>203</v>
       </c>
       <c r="B94" t="s">
-        <v>189</v>
+        <v>204</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>196</v>
+        <v>5</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>190</v>
+        <v>205</v>
       </c>
       <c r="B95" t="s">
-        <v>189</v>
+        <v>206</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>197</v>
+        <v>207</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>190</v>
+        <v>208</v>
       </c>
       <c r="B96" t="s">
-        <v>189</v>
+        <v>209</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>198</v>
+        <v>5</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>199</v>
+        <v>210</v>
       </c>
       <c r="B97" t="s">
-        <v>200</v>
+        <v>211</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>201</v>
+        <v>212</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>199</v>
+        <v>210</v>
       </c>
       <c r="B98" t="s">
-        <v>200</v>
+        <v>211</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>202</v>
+        <v>17</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>199</v>
+        <v>213</v>
       </c>
       <c r="B99" t="s">
-        <v>200</v>
+        <v>214</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>203</v>
+        <v>5</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
-        <v>199</v>
+        <v>215</v>
       </c>
       <c r="B100" t="s">
-        <v>200</v>
+        <v>214</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>204</v>
+        <v>216</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
-        <v>199</v>
+        <v>215</v>
       </c>
       <c r="B101" t="s">
-        <v>200</v>
+        <v>214</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>194</v>
+        <v>217</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
-        <v>199</v>
+        <v>215</v>
       </c>
       <c r="B102" t="s">
-        <v>200</v>
+        <v>214</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>205</v>
+        <v>218</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
-        <v>199</v>
+        <v>215</v>
       </c>
       <c r="B103" t="s">
-        <v>200</v>
+        <v>214</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>206</v>
+        <v>219</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
-        <v>199</v>
+        <v>215</v>
       </c>
       <c r="B104" t="s">
-        <v>200</v>
+        <v>214</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
-        <v>199</v>
+        <v>215</v>
       </c>
       <c r="B105" t="s">
-        <v>200</v>
+        <v>214</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" t="s">
-        <v>209</v>
+        <v>215</v>
       </c>
       <c r="B106" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>211</v>
+        <v>222</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
-        <v>209</v>
+        <v>215</v>
       </c>
       <c r="B107" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>212</v>
+        <v>223</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
-        <v>213</v>
+        <v>224</v>
       </c>
       <c r="B108" t="s">
-        <v>214</v>
+        <v>225</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>203</v>
+        <v>226</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
-        <v>213</v>
+        <v>224</v>
       </c>
       <c r="B109" t="s">
-        <v>214</v>
+        <v>225</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>204</v>
+        <v>227</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
-        <v>213</v>
+        <v>224</v>
       </c>
       <c r="B110" t="s">
-        <v>214</v>
+        <v>225</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>194</v>
+        <v>228</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" t="s">
-        <v>213</v>
+        <v>224</v>
       </c>
       <c r="B111" t="s">
-        <v>214</v>
+        <v>225</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>215</v>
+        <v>229</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="s">
-        <v>213</v>
+        <v>224</v>
       </c>
       <c r="B112" t="s">
-        <v>214</v>
+        <v>225</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>206</v>
+        <v>219</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="s">
-        <v>213</v>
+        <v>224</v>
       </c>
       <c r="B113" t="s">
-        <v>214</v>
+        <v>225</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>216</v>
+        <v>230</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="s">
-        <v>213</v>
+        <v>224</v>
       </c>
       <c r="B114" t="s">
-        <v>214</v>
+        <v>225</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>217</v>
+        <v>231</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" t="s">
-        <v>213</v>
+        <v>224</v>
       </c>
       <c r="B115" t="s">
-        <v>214</v>
+        <v>225</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>218</v>
+        <v>232</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="B116" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>8</v>
+        <v>233</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
-        <v>221</v>
+        <v>234</v>
       </c>
       <c r="B117" t="s">
-        <v>222</v>
+        <v>235</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>118</v>
+        <v>236</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
-        <v>223</v>
+        <v>234</v>
       </c>
       <c r="B118" t="s">
-        <v>224</v>
+        <v>235</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>225</v>
+        <v>237</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
-        <v>223</v>
+        <v>238</v>
       </c>
       <c r="B119" t="s">
-        <v>224</v>
+        <v>239</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" t="s">
-        <v>223</v>
+        <v>238</v>
       </c>
       <c r="B120" t="s">
-        <v>224</v>
+        <v>239</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
-        <v>223</v>
+        <v>238</v>
       </c>
       <c r="B121" t="s">
-        <v>224</v>
+        <v>239</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>228</v>
+        <v>219</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
-        <v>229</v>
+        <v>238</v>
       </c>
       <c r="B122" t="s">
-        <v>230</v>
+        <v>239</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>231</v>
+        <v>240</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
-        <v>229</v>
+        <v>238</v>
       </c>
       <c r="B123" t="s">
-        <v>230</v>
+        <v>239</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="B124" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="B125" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>212</v>
+        <v>242</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="B126" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>236</v>
+        <v>243</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" t="s">
-        <v>233</v>
+        <v>244</v>
       </c>
       <c r="B127" t="s">
-        <v>234</v>
+        <v>245</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>237</v>
+        <v>17</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" t="s">
-        <v>238</v>
+        <v>246</v>
       </c>
       <c r="B128" t="s">
-        <v>239</v>
+        <v>247</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>240</v>
+        <v>5</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" t="s">
-        <v>241</v>
+        <v>248</v>
       </c>
       <c r="B129" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>109</v>
+        <v>250</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="B130" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="B131" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" t="s">
+        <v>248</v>
+      </c>
+      <c r="B132" t="s">
         <v>249</v>
       </c>
-      <c r="B132" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C132" s="1" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="B133" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>225</v>
+        <v>256</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="B134" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="B135" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B136" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>258</v>
+        <v>237</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B137" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B138" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="B139" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B140" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>266</v>
+        <v>135</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B141" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B142" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B143" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="B144" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>277</v>
+        <v>250</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" t="s">
+        <v>277</v>
+      </c>
+      <c r="B145" t="s">
+        <v>275</v>
+      </c>
+      <c r="C145" s="1" t="s">
         <v>278</v>
-      </c>
-[...4 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" t="s">
+        <v>279</v>
+      </c>
+      <c r="B146" t="s">
+        <v>280</v>
+      </c>
+      <c r="C146" s="1" t="s">
         <v>281</v>
-      </c>
-[...4 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B147" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B148" t="s">
-        <v>286</v>
+        <v>280</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" t="s">
-        <v>288</v>
+        <v>282</v>
       </c>
       <c r="B149" t="s">
-        <v>289</v>
+        <v>280</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>290</v>
+        <v>285</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" t="s">
+        <v>286</v>
+      </c>
+      <c r="B150" t="s">
+        <v>287</v>
+      </c>
+      <c r="C150" s="1" t="s">
         <v>288</v>
-      </c>
-[...4 lines deleted...]
-        <v>291</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B151" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="B152" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B153" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B154" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="B155" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="B156" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="B157" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" t="s">
+        <v>306</v>
+      </c>
+      <c r="B158" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
       <c r="C158" s="1" t="s">
         <v>309</v>
-      </c>
-[...130 lines deleted...]
-        <v>327</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
@@ -3389,62 +3203,50 @@
     <hyperlink ref="C134" r:id="rId_hyperlink_133"/>
     <hyperlink ref="C135" r:id="rId_hyperlink_134"/>
     <hyperlink ref="C136" r:id="rId_hyperlink_135"/>
     <hyperlink ref="C137" r:id="rId_hyperlink_136"/>
     <hyperlink ref="C138" r:id="rId_hyperlink_137"/>
     <hyperlink ref="C139" r:id="rId_hyperlink_138"/>
     <hyperlink ref="C140" r:id="rId_hyperlink_139"/>
     <hyperlink ref="C141" r:id="rId_hyperlink_140"/>
     <hyperlink ref="C142" r:id="rId_hyperlink_141"/>
     <hyperlink ref="C143" r:id="rId_hyperlink_142"/>
     <hyperlink ref="C144" r:id="rId_hyperlink_143"/>
     <hyperlink ref="C145" r:id="rId_hyperlink_144"/>
     <hyperlink ref="C146" r:id="rId_hyperlink_145"/>
     <hyperlink ref="C147" r:id="rId_hyperlink_146"/>
     <hyperlink ref="C148" r:id="rId_hyperlink_147"/>
     <hyperlink ref="C149" r:id="rId_hyperlink_148"/>
     <hyperlink ref="C150" r:id="rId_hyperlink_149"/>
     <hyperlink ref="C151" r:id="rId_hyperlink_150"/>
     <hyperlink ref="C152" r:id="rId_hyperlink_151"/>
     <hyperlink ref="C153" r:id="rId_hyperlink_152"/>
     <hyperlink ref="C154" r:id="rId_hyperlink_153"/>
     <hyperlink ref="C155" r:id="rId_hyperlink_154"/>
     <hyperlink ref="C156" r:id="rId_hyperlink_155"/>
     <hyperlink ref="C157" r:id="rId_hyperlink_156"/>
     <hyperlink ref="C158" r:id="rId_hyperlink_157"/>
-    <hyperlink ref="C159" r:id="rId_hyperlink_158"/>
-[...10 lines deleted...]
-    <hyperlink ref="C170" r:id="rId_hyperlink_169"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>