--- v1 (2025-12-18)
+++ v2 (2026-02-15)
@@ -23,95 +23,158 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="310">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
+    <t>CONCORRÊNCIA N° 03/2026 - ELETRÔNICA</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>Edital Concorrência 03 2026 e anexos.pdf</t>
+  </si>
+  <si>
+    <t>Edital Concorrencia 03 2026 e anexos retificados.pdf</t>
+  </si>
+  <si>
+    <t>PREGÃO N° 03/2026 - ELETRÔNICO</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>Edital 03_2026 e anexos.pdf</t>
+  </si>
+  <si>
+    <t>CONCORRÊNCIA N° 02/2026 - ELETRÔNICO</t>
+  </si>
+  <si>
+    <t>Edital e anexos.pdf</t>
+  </si>
+  <si>
+    <t>CONCORRÊNCIA N° 01/2026 - ELETRÔNICA</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>Edital de Concorrência 01_2026 e anexos.pdf</t>
+  </si>
+  <si>
+    <t>PREGÃO N° 02/2026 - ELETRÔNICO</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>Edital 02_2026 e anexos.pdf</t>
+  </si>
+  <si>
+    <t>PREGÃO N° 01/2026 - ELETRÔNICO</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>Edital 01_2026 e anexos..pdf</t>
+  </si>
+  <si>
+    <t>PREGÃO N° 40/2025 - ELETRÔNICO</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>Edital PE 40 Caminhonete Pick up e anexos.pdf</t>
+  </si>
+  <si>
+    <t>Edital PE 40 e anexos Retificados.pdf</t>
+  </si>
+  <si>
     <t>PREGÃO N° 39/2025 - ELETRÔNICO</t>
   </si>
   <si>
     <t>08/12/2025</t>
   </si>
   <si>
     <t>Edital e Anexos.pdf</t>
   </si>
   <si>
     <t>PREGÃO N° 38/2025 - ELETRÔNICO</t>
   </si>
   <si>
     <t>04/12/2025</t>
   </si>
   <si>
     <t>Edital 38 e anexos.pdf</t>
   </si>
   <si>
     <t>PREGÃO N° 37/2025 - ELETRÔNICO</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>Edital 37_2025 e anexos.pdf</t>
   </si>
   <si>
     <t>PREGÃO N° 36/2025 - ELETRÔNICO</t>
   </si>
   <si>
     <t>28/11/2025</t>
   </si>
   <si>
     <t>Edital 36 2025 e Anexos.pdf</t>
   </si>
   <si>
     <t>PREGÃO N° 35/2025 - ELETRÔNICO</t>
   </si>
   <si>
     <t>12/11/2025</t>
   </si>
   <si>
-    <t>Edital e anexos.pdf</t>
-[...1 lines deleted...]
-  <si>
     <t>CONCORRÊNCIA N° 11/2025 - ELETRÔNICA</t>
   </si>
   <si>
     <t>05/11/2025</t>
   </si>
   <si>
     <t>PREGÃO N° 34/2025 - ELETRÔNICO</t>
   </si>
   <si>
     <t>EDITAL DE P.E. 34_2025 E ANEXOS.pdf</t>
   </si>
   <si>
     <t>CONCORRÊNCIA N° 10/2025 - ELETRÔNICA</t>
   </si>
   <si>
     <t>30/10/2025</t>
   </si>
   <si>
     <t>Edital e anexos assinado.pdf</t>
   </si>
   <si>
     <t>CONCORRÊNCIA N° 07/2025 - ELETRÔNICA</t>
   </si>
   <si>
     <t>24/10/2025</t>
@@ -879,113 +942,50 @@
     <t>27/12/2023</t>
   </si>
   <si>
     <t>Edital TP 05 - Ampliação Centro de Saúde e Anexos.pdf</t>
   </si>
   <si>
     <t>PREGÃO N° 044/2023 - ELETRÔNICO</t>
   </si>
   <si>
     <t>Termo de Referência Material Ambulatorial.xls</t>
   </si>
   <si>
     <t>Edital PE 044 RP Material Ambulatorial.pdf</t>
   </si>
   <si>
     <t>Errata 01.2024.pdf</t>
   </si>
   <si>
     <t>PREGÃO N° 045/2023 - ELETRÔNICO</t>
   </si>
   <si>
     <t>21/12/2023</t>
   </si>
   <si>
     <t>Edital P.E.045 Telhas - Defesa Civil.pdf</t>
-  </si>
-[...61 lines deleted...]
-    <t>Errata 012023 - Telhas.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -1289,1801 +1289,1812 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/701183/images/original/Edital e Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/699480/images/original/Edital 38 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/698493/images/original/Edital 37_2025 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/693347/images/original/Edital 36 2025 e Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/679519/images/original/Edital e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/676197/images/original/Edital e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/676177/images/original/EDITAL DE P.E. 34_2025 E ANEXOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/673710/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/666015/images/original/Edital e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/671262/images/original/Edital Concorr&#234;ncia 07 2025 - Cal&#231;amento Rua Jaguar&#227;o e Travessas Retificado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/669215/images/original/Edital e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/668870/images/original/Edital e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667548/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/666010/images/original/Edital de P.E. 32_2025 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/666472/images/original/TR - Cart&#227;o vale.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/662274/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/656777/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/645122/images/original/Edital Leil&#227;o 01_2025 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/646891/images/original/Primeiro adendo ao Edital  de Leil&#227;o P&#250;blico 01_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/619305/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/627110/images/original/Edital e Anexos retificados 2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/627113/images/original/MEMORIAL Retificado 2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/627117/images/original/OR&#199;AMENTO Retificado 2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/620264/images/original/Edital 28_2025_e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/619798/images/original/Edital assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/619795/images/original/Anexo I - Modelo de declara&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/619797/images/original/Anexo II - Termo de Refer&#234;ncia - N&#176; 273 - Licita&#231;&#227;o Merenda escolar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/619796/images/original/Anexo III Ata de Registro de Pre&#231;o xxx 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/629103/images/original/Modelo DECLARACAO CUMPRIMENTO CF-1988 - Nao emprega menor.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/618243/images/original/Edital 27_2025 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/617965/images/original/Edital Refificado 024_2025 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/616019/images/original/Edital 26_2025_e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/612956/images/original/Edital 25_2025_ e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/612498/images/original/Edital 024_2025_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/608929/images/original/Edital 023_2025 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/602403/images/original/Edital 22 2025 e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/596544/images/original/Edital 21 e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/596469/images/original/Edital 20_2025_E ANEXOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/594800/images/original/Edital e Anexos - PE - Exames de Imagem.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588617/images/original/EDITAL 18_2025 E ANEXOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/583157/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/581317/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/571560/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/555249/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/552791/images/original/Edital e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/551599/images/original/Edital de P.E. 14_2025 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/559265/images/original/Revoga&#231;&#227;o do Processo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/547251/images/original/Edital e anexos assinados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549859/images/original/Edital e anexos assinado e retificados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/546284/images/original/Edital e Anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/543480/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/528912/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/528499/images/original/Edital 011 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/528019/images/original/Edital assinado e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/527640/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/526323/images/original/Edital 08_2025_e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/526020/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/533432/images/original/Revoga&#231;&#227;o da licita&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/523459/images/original/Edital e anexo assinados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/519503/images/original/Edital e anexos ok.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/525278/images/original/Edital e anexos retificados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/522593/images/original/Edital 006 2025 e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/520329/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/518733/images/original/Edital e Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/523399/images/original/Edital e anexos assinados RETIFICADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/517927/images/original/Edital assinado e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/517928/images/original/Valores de Refer&#234;ncia.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/513615/images/original/Edital 01_2025_e ANEXOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/507133/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/505704/images/original/Edital e anexos assinados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/505615/images/original/Edital 029_2024 e Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/502534/images/original/Edital 27 e Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/502216/images/original/Edital e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/499953/images/original/Edital e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/499365/images/original/Edital 24_2024_e ANEXOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/498580/images/original/Edital e anexos assinados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496988/images/original/Edital 023 2024 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496982/images/original/Edital e anexos PE 22 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/493967/images/original/Edital e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/495717/images/original/Planta Baixa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/501860/images/original/Ata de Julgamento das propostas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/500277/images/original/Ata de abertura da sess&#227;o p&#250;blica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/492476/images/original/EDITAL OK.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/492475/images/original/EDITAL OK.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/505707/images/original/Ata final.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/491602/images/original/Edital assinado e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/491348/images/original/Edital 20 e Anexos..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/485315/images/original/Termo de Refer&#234;ncia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/485316/images/original/Edital de P.E. 19_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/485313/images/original/Edital 018 e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/478360/images/original/Edital PE 17 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473279/images/original/EDITAL16_2024 E ANEXOS - CESTAS B&#193;SICAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473226/images/original/Edital e Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/464107/images/original/Edital 013 e Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466377/images/original/Edital e Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/461548/images/original/ANEXO IV PLANILHA CUSTOS - MODELO Higienizadores.xls" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/461549/images/original/Edital e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/457893/images/original/Edital e Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/457846/images/original/Edital Concorr&#234;ncia 05_2024 - Cal&#231;amento Ruas Bairro Panorama.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/457848/images/original/Anexo II -Estudo T&#233;cnico Preliminar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/457850/images/original/ANexo III - Termo de Refer&#234;ncia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/457849/images/original/Anexo IV Memorial Descritivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/457845/images/original/Anexo V Or&#231;amento Quantitativo Pav Panorama.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/457847/images/original/Anexo VI composi&#231;&#245;es Panorama.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/457844/images/original/Anexo VII cronograma Pav Panorama.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/457851/images/original/Anexo VIII - Ruas - Completo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/451638/images/original/Edital Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/451645/images/original/Anexo I - Minuta de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/451643/images/original/Anexo II Estudo T&#233;cnico Preliminar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/451646/images/original/Anexo III Termo de Refer&#234;ncia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/451644/images/original/Anexo IV Memorial Descritivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/451639/images/original/Anexo V Or&#231;amento Quantitativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/451640/images/original/Anexo VI BDI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/451641/images/original/Anexo VII Cronograma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/451642/images/original/Anexo VIII Planta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/449737/images/original/Edital 10_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/450448/images/original/ANEXO II Lista de g&#234;neros e especifica&#231;&#245;es- Licita&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/450439/images/original/Anexo II Estudo T&#233;cnico Preliminar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/450438/images/original/Anexo III Termo de Refer&#234;ncia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/450440/images/original/Anexo IV Memorial Descritivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/450430/images/original/Anexo V Or&#231;amento Quantitativo Retificado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/450437/images/original/Anexo VI BDI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/450436/images/original/Anexo VII cronograma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/450435/images/original/Anexo Planta Ponte Retificado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/450447/images/original/Edital retificado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/449743/images/original/Edital e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/448302/images/original/Edital  e Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447955/images/original/Errata 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447953/images/original/Parecer Comiss&#227;o de Licita&#231;&#227;o e Jur&#237;dico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447954/images/original/Comunicado 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419840/images/original/Edital 07 2024 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/418488/images/original/Edital 06 2024 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/444956/images/original/Errata 01 altera&#231;&#227;o de data abertura do certame.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/417572/images/original/Edital RP. Merenda Escolar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/417573/images/original/ANEXO II Lista de g&#234;neros e especifica&#231;&#245;es- Licita&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/417574/images/original/Anexo III -ETP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/417575/images/original/Anexo I - TR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415797/images/original/Edital CP 02 2024 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/410343/images/original/Edital e anexos ok.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408461/images/original/Edital 03 2024 Merenda e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/407196/images/original/Edital 02 2024 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/398798/images/original/Edital 01 2024 e anexos OK.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/399038/images/original/Errata 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/398787/images/original/Edital P.E. 001 2024 e anexos - Distribuidor de Esterco L&#237;quido.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/388133/images/original/Edital TP 05 - Amplia&#231;&#227;o Centro de Sa&#250;de e Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/388131/images/original/Termo de Refer&#234;ncia Material Ambulatorial.xls" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/388132/images/original/Edital PE 044 RP Material Ambulatorial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/390054/images/original/Errata 01.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/387336/images/original/Edital P.E.045 Telhas - Defesa Civil.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/387334/images/original/Edital P.E 043 - Ve&#237;culo de Passeio - SMS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/387333/images/original/Edital P.E_042_2023_ RP_ Material Higiene e Limpeza.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/382997/images/original/Edital P.E 041 -  Compra material para cal&#231;amento.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/381087/images/original/Edital de P.P. 040 - Arbitragem Praiano 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/381086/images/original/Edital PP 039 - Filmagem e Transmiss&#227;o do 43&#186; Camp. Praiano de Futebol.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380132/images/original/Edital PP 038 - Combust&#237;veis para Frota Municipal - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/379260/images/original/Edital P.E 037- TELHAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/384707/images/original/Errata 012023 - Telhas.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725474/images/original/Edital Concorr&#234;ncia 03 2026 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/731245/images/original/Edital Concorrencia 03 2026 e anexos retificados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/720579/images/original/Edital 03_2026 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/720358/images/original/Edital e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/718562/images/original/Edital de Concorr&#234;ncia 01_2026 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/713960/images/original/Edital 02_2026 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/712802/images/original/Edital 01_2026 e anexos..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/707356/images/original/Edital PE 40 Caminhonete Pick up e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/707357/images/original/Edital PE 40 e anexos Retificados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/701183/images/original/Edital e Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/699480/images/original/Edital 38 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/698493/images/original/Edital 37_2025 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/693347/images/original/Edital 36 2025 e Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/679519/images/original/Edital e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/676197/images/original/Edital e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/676177/images/original/EDITAL DE P.E. 34_2025 E ANEXOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/673710/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/666015/images/original/Edital e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/671262/images/original/Edital Concorr&#234;ncia 07 2025 - Cal&#231;amento Rua Jaguar&#227;o e Travessas Retificado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/669215/images/original/Edital e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/668870/images/original/Edital e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667548/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/666010/images/original/Edital de P.E. 32_2025 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/666472/images/original/TR - Cart&#227;o vale.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/662274/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/656777/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/645122/images/original/Edital Leil&#227;o 01_2025 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/646891/images/original/Primeiro adendo ao Edital  de Leil&#227;o P&#250;blico 01_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/619305/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/627110/images/original/Edital e Anexos retificados 2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/627113/images/original/MEMORIAL Retificado 2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/627117/images/original/OR&#199;AMENTO Retificado 2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/620264/images/original/Edital 28_2025_e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/619798/images/original/Edital assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/619795/images/original/Anexo I - Modelo de declara&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/619797/images/original/Anexo II - Termo de Refer&#234;ncia - N&#176; 273 - Licita&#231;&#227;o Merenda escolar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/619796/images/original/Anexo III Ata de Registro de Pre&#231;o xxx 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/629103/images/original/Modelo DECLARACAO CUMPRIMENTO CF-1988 - Nao emprega menor.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/618243/images/original/Edital 27_2025 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/617965/images/original/Edital Refificado 024_2025 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/616019/images/original/Edital 26_2025_e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/612956/images/original/Edital 25_2025_ e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/612498/images/original/Edital 024_2025_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/608929/images/original/Edital 023_2025 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/602403/images/original/Edital 22 2025 e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/596544/images/original/Edital 21 e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/596469/images/original/Edital 20_2025_E ANEXOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/594800/images/original/Edital e Anexos - PE - Exames de Imagem.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588617/images/original/EDITAL 18_2025 E ANEXOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/583157/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/581317/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/571560/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/555249/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/552791/images/original/Edital e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/551599/images/original/Edital de P.E. 14_2025 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/559265/images/original/Revoga&#231;&#227;o do Processo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/547251/images/original/Edital e anexos assinados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549859/images/original/Edital e anexos assinado e retificados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/546284/images/original/Edital e Anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/543480/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/528912/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/528499/images/original/Edital 011 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/528019/images/original/Edital assinado e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/527640/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/526323/images/original/Edital 08_2025_e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/526020/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/533432/images/original/Revoga&#231;&#227;o da licita&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/523459/images/original/Edital e anexo assinados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/519503/images/original/Edital e anexos ok.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/525278/images/original/Edital e anexos retificados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/522593/images/original/Edital 006 2025 e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/520329/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/518733/images/original/Edital e Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/523399/images/original/Edital e anexos assinados RETIFICADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/517927/images/original/Edital assinado e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/517928/images/original/Valores de Refer&#234;ncia.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/513615/images/original/Edital 01_2025_e ANEXOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/507133/images/original/Edital e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/505704/images/original/Edital e anexos assinados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/505615/images/original/Edital 029_2024 e Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/502534/images/original/Edital 27 e Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/502216/images/original/Edital e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/499953/images/original/Edital e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/499365/images/original/Edital 24_2024_e ANEXOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/498580/images/original/Edital e anexos assinados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496988/images/original/Edital 023 2024 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496982/images/original/Edital e anexos PE 22 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/493967/images/original/Edital e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/495717/images/original/Planta Baixa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/501860/images/original/Ata de Julgamento das propostas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/500277/images/original/Ata de abertura da sess&#227;o p&#250;blica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/492476/images/original/EDITAL OK.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/492475/images/original/EDITAL OK.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/505707/images/original/Ata final.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/491602/images/original/Edital assinado e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/491348/images/original/Edital 20 e Anexos..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/485315/images/original/Termo de Refer&#234;ncia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/485316/images/original/Edital de P.E. 19_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/485313/images/original/Edital 018 e anexos assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/478360/images/original/Edital PE 17 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473279/images/original/EDITAL16_2024 E ANEXOS - CESTAS B&#193;SICAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473226/images/original/Edital e Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/464107/images/original/Edital 013 e Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466377/images/original/Edital e Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/461548/images/original/ANEXO IV PLANILHA CUSTOS - MODELO Higienizadores.xls" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/461549/images/original/Edital e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/457893/images/original/Edital e Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/457846/images/original/Edital Concorr&#234;ncia 05_2024 - Cal&#231;amento Ruas Bairro Panorama.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/457848/images/original/Anexo II -Estudo T&#233;cnico Preliminar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/457850/images/original/ANexo III - Termo de Refer&#234;ncia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/457849/images/original/Anexo IV Memorial Descritivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/457845/images/original/Anexo V Or&#231;amento Quantitativo Pav Panorama.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/457847/images/original/Anexo VI composi&#231;&#245;es Panorama.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/457844/images/original/Anexo VII cronograma Pav Panorama.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/457851/images/original/Anexo VIII - Ruas - Completo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/451638/images/original/Edital Assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/451645/images/original/Anexo I - Minuta de Contrato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/451643/images/original/Anexo II Estudo T&#233;cnico Preliminar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/451646/images/original/Anexo III Termo de Refer&#234;ncia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/451644/images/original/Anexo IV Memorial Descritivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/451639/images/original/Anexo V Or&#231;amento Quantitativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/451640/images/original/Anexo VI BDI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/451641/images/original/Anexo VII Cronograma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/451642/images/original/Anexo VIII Planta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/449737/images/original/Edital 10_2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/450448/images/original/ANEXO II Lista de g&#234;neros e especifica&#231;&#245;es- Licita&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/450439/images/original/Anexo II Estudo T&#233;cnico Preliminar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/450438/images/original/Anexo III Termo de Refer&#234;ncia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/450440/images/original/Anexo IV Memorial Descritivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/450430/images/original/Anexo V Or&#231;amento Quantitativo Retificado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/450437/images/original/Anexo VI BDI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/450436/images/original/Anexo VII cronograma.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/450435/images/original/Anexo Planta Ponte Retificado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/450447/images/original/Edital retificado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/449743/images/original/Edital e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/448302/images/original/Edital  e Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447955/images/original/Errata 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447953/images/original/Parecer Comiss&#227;o de Licita&#231;&#227;o e Jur&#237;dico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447954/images/original/Comunicado 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419840/images/original/Edital 07 2024 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/418488/images/original/Edital 06 2024 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/444956/images/original/Errata 01 altera&#231;&#227;o de data abertura do certame.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/417572/images/original/Edital RP. Merenda Escolar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/417573/images/original/ANEXO II Lista de g&#234;neros e especifica&#231;&#245;es- Licita&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/417574/images/original/Anexo III -ETP.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/417575/images/original/Anexo I - TR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415797/images/original/Edital CP 02 2024 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/410343/images/original/Edital e anexos ok.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408461/images/original/Edital 03 2024 Merenda e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/407196/images/original/Edital 02 2024 e anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/398798/images/original/Edital 01 2024 e anexos OK.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/399038/images/original/Errata 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/398787/images/original/Edital P.E. 001 2024 e anexos - Distribuidor de Esterco L&#237;quido.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/388133/images/original/Edital TP 05 - Amplia&#231;&#227;o Centro de Sa&#250;de e Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/388131/images/original/Termo de Refer&#234;ncia Material Ambulatorial.xls" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/388132/images/original/Edital PE 044 RP Material Ambulatorial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/390054/images/original/Errata 01.2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/387336/images/original/Edital P.E.045 Telhas - Defesa Civil.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C158"/>
+  <dimension ref="A1:C159"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C158" sqref="C158"/>
+      <selection activeCell="C159" sqref="C159"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
+        <v>3</v>
+      </c>
+      <c r="B3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C3" s="1" t="s">
         <v>6</v>
-      </c>
-[...4 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
+        <v>7</v>
+      </c>
+      <c r="B4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" s="1" t="s">
         <v>9</v>
-      </c>
-[...4 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="B6" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="B7" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
+        <v>21</v>
+      </c>
+      <c r="B9" t="s">
         <v>22</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" s="1" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="B10" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
         <v>28</v>
       </c>
       <c r="B12" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B13" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B14" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B15" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B17" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B18" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="B19" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B21" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B22" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="B23" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="B24" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="B25" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="B26" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>56</v>
+        <v>45</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="B27" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="B28" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="B29" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>54</v>
+        <v>67</v>
       </c>
       <c r="B30" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>60</v>
+        <v>45</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="B31" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B32" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
         <v>67</v>
       </c>
       <c r="B33" t="s">
         <v>68</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B34" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B35" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
+        <v>75</v>
+      </c>
+      <c r="B37" t="s">
+        <v>76</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>79</v>
-      </c>
-[...4 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
       <c r="B38" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>85</v>
+        <v>75</v>
       </c>
       <c r="B39" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="B40" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="B41" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="B42" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>24</v>
+        <v>90</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="B43" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>24</v>
+        <v>93</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="B44" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>24</v>
+        <v>96</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
+        <v>97</v>
+      </c>
+      <c r="B45" t="s">
+        <v>98</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>99</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
+        <v>100</v>
+      </c>
+      <c r="B46" t="s">
         <v>101</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" s="1" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
         <v>103</v>
       </c>
       <c r="B47" t="s">
         <v>104</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="B48" t="s">
         <v>104</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B49" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="B50" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="B51" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>113</v>
+        <v>45</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B52" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B53" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="B54" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>120</v>
+        <v>45</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B55" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>123</v>
+        <v>11</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
         <v>124</v>
       </c>
       <c r="B56" t="s">
         <v>125</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>24</v>
+        <v>126</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="B57" t="s">
+        <v>125</v>
+      </c>
+      <c r="C57" s="1" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
+        <v>128</v>
+      </c>
+      <c r="B58" t="s">
         <v>129</v>
       </c>
-      <c r="B58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58" s="1" t="s">
-        <v>24</v>
+        <v>130</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
+        <v>128</v>
+      </c>
+      <c r="B59" t="s">
         <v>129</v>
       </c>
-      <c r="B59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B60" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B61" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>135</v>
+        <v>45</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="B62" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>136</v>
+        <v>45</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="B63" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B64" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>24</v>
+        <v>144</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="B65" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B66" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="B67" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>147</v>
+        <v>45</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="B68" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="B69" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="B70" t="s">
         <v>153</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>24</v>
+        <v>156</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B71" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>109</v>
+        <v>157</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="B72" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="B73" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>160</v>
+        <v>45</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="B74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
         <v>163</v>
       </c>
       <c r="B75" t="s">
         <v>164</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>17</v>
+        <v>165</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B76" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="B77" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>109</v>
+        <v>169</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B78" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B79" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>174</v>
+        <v>45</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
         <v>175</v>
       </c>
       <c r="B80" t="s">
         <v>176</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>17</v>
+        <v>130</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B81" t="s">
         <v>176</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B82" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="B83" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>181</v>
+        <v>11</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="B84" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>182</v>
+        <v>11</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>178</v>
+        <v>186</v>
       </c>
       <c r="B85" t="s">
-        <v>179</v>
+        <v>187</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>178</v>
+        <v>189</v>
       </c>
       <c r="B86" t="s">
-        <v>179</v>
+        <v>187</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>184</v>
+        <v>130</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="B87" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>123</v>
+        <v>192</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="B88" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="B89" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>192</v>
+        <v>11</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="B90" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="B91" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B92" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
+        <v>199</v>
+      </c>
+      <c r="B93" t="s">
         <v>200</v>
       </c>
-      <c r="B93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C93" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="B94" t="s">
+        <v>200</v>
+      </c>
+      <c r="C94" s="1" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
+        <v>199</v>
+      </c>
+      <c r="B95" t="s">
+        <v>200</v>
+      </c>
+      <c r="C95" s="1" t="s">
         <v>205</v>
-      </c>
-[...4 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="B96" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>5</v>
+        <v>144</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
+        <v>208</v>
+      </c>
+      <c r="B97" t="s">
+        <v>209</v>
+      </c>
+      <c r="C97" s="1" t="s">
         <v>210</v>
-      </c>
-[...4 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B98" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>17</v>
+        <v>213</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="B99" t="s">
+        <v>212</v>
+      </c>
+      <c r="C99" s="1" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
         <v>215</v>
       </c>
       <c r="B100" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="B101" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="B102" t="s">
-        <v>214</v>
+        <v>222</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
-        <v>215</v>
+        <v>224</v>
       </c>
       <c r="B103" t="s">
-        <v>214</v>
+        <v>225</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>219</v>
+        <v>27</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
-        <v>215</v>
+        <v>226</v>
       </c>
       <c r="B104" t="s">
-        <v>214</v>
+        <v>227</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
-        <v>215</v>
+        <v>229</v>
       </c>
       <c r="B105" t="s">
-        <v>214</v>
+        <v>230</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>221</v>
+        <v>27</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" t="s">
-        <v>215</v>
+        <v>231</v>
       </c>
       <c r="B106" t="s">
-        <v>214</v>
+        <v>232</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>222</v>
+        <v>233</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
-        <v>215</v>
+        <v>231</v>
       </c>
       <c r="B107" t="s">
-        <v>214</v>
+        <v>232</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>223</v>
+        <v>11</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
-        <v>224</v>
+        <v>234</v>
       </c>
       <c r="B108" t="s">
-        <v>225</v>
+        <v>235</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>226</v>
+        <v>27</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
-        <v>224</v>
+        <v>236</v>
       </c>
       <c r="B109" t="s">
-        <v>225</v>
+        <v>235</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
-        <v>224</v>
+        <v>236</v>
       </c>
       <c r="B110" t="s">
-        <v>225</v>
+        <v>235</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" t="s">
-        <v>224</v>
+        <v>236</v>
       </c>
       <c r="B111" t="s">
-        <v>225</v>
+        <v>235</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="s">
-        <v>224</v>
+        <v>236</v>
       </c>
       <c r="B112" t="s">
-        <v>225</v>
+        <v>235</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>219</v>
+        <v>240</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="s">
-        <v>224</v>
+        <v>236</v>
       </c>
       <c r="B113" t="s">
-        <v>225</v>
+        <v>235</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>230</v>
+        <v>241</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="s">
-        <v>224</v>
+        <v>236</v>
       </c>
       <c r="B114" t="s">
-        <v>225</v>
+        <v>235</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>231</v>
+        <v>242</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" t="s">
-        <v>224</v>
+        <v>236</v>
       </c>
       <c r="B115" t="s">
-        <v>225</v>
+        <v>235</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>232</v>
+        <v>243</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" t="s">
-        <v>224</v>
+        <v>236</v>
       </c>
       <c r="B116" t="s">
-        <v>225</v>
+        <v>235</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>233</v>
+        <v>244</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
-        <v>234</v>
+        <v>245</v>
       </c>
       <c r="B117" t="s">
-        <v>235</v>
+        <v>246</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>236</v>
+        <v>247</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
-        <v>234</v>
+        <v>245</v>
       </c>
       <c r="B118" t="s">
-        <v>235</v>
+        <v>246</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>237</v>
+        <v>248</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
-        <v>238</v>
+        <v>245</v>
       </c>
       <c r="B119" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>228</v>
+        <v>249</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" t="s">
-        <v>238</v>
+        <v>245</v>
       </c>
       <c r="B120" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>229</v>
+        <v>250</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
-        <v>238</v>
+        <v>245</v>
       </c>
       <c r="B121" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>219</v>
+        <v>240</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
-        <v>238</v>
+        <v>245</v>
       </c>
       <c r="B122" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>240</v>
+        <v>251</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
-        <v>238</v>
+        <v>245</v>
       </c>
       <c r="B123" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>231</v>
+        <v>252</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="s">
-        <v>238</v>
+        <v>245</v>
       </c>
       <c r="B124" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>241</v>
+        <v>253</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" t="s">
-        <v>238</v>
+        <v>245</v>
       </c>
       <c r="B125" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>242</v>
+        <v>254</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" t="s">
-        <v>238</v>
+        <v>255</v>
       </c>
       <c r="B126" t="s">
-        <v>239</v>
+        <v>256</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>243</v>
+        <v>257</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" t="s">
-        <v>244</v>
+        <v>255</v>
       </c>
       <c r="B127" t="s">
-        <v>245</v>
+        <v>256</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>17</v>
+        <v>258</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" t="s">
-        <v>246</v>
+        <v>259</v>
       </c>
       <c r="B128" t="s">
-        <v>247</v>
+        <v>260</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>5</v>
+        <v>249</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" t="s">
-        <v>248</v>
+        <v>259</v>
       </c>
       <c r="B129" t="s">
-        <v>249</v>
+        <v>260</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" t="s">
-        <v>248</v>
+        <v>259</v>
       </c>
       <c r="B130" t="s">
-        <v>249</v>
+        <v>260</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>251</v>
+        <v>240</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" t="s">
-        <v>248</v>
+        <v>259</v>
       </c>
       <c r="B131" t="s">
-        <v>249</v>
+        <v>260</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>252</v>
+        <v>261</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" t="s">
-        <v>248</v>
+        <v>259</v>
       </c>
       <c r="B132" t="s">
-        <v>249</v>
+        <v>260</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="B133" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>256</v>
+        <v>262</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="B134" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B135" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" t="s">
-        <v>258</v>
+        <v>265</v>
       </c>
       <c r="B136" t="s">
-        <v>259</v>
+        <v>266</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>237</v>
+        <v>11</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" t="s">
-        <v>258</v>
+        <v>267</v>
       </c>
       <c r="B137" t="s">
-        <v>259</v>
+        <v>268</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>261</v>
+        <v>27</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" t="s">
-        <v>258</v>
+        <v>269</v>
       </c>
       <c r="B138" t="s">
-        <v>259</v>
+        <v>270</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>262</v>
+        <v>271</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
       <c r="B139" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>265</v>
+        <v>272</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="B140" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>135</v>
+        <v>273</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B141" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="B142" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B143" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="B144" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>250</v>
+        <v>281</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="B145" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>278</v>
+        <v>258</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" t="s">
         <v>279</v>
       </c>
       <c r="B146" t="s">
         <v>280</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="B147" t="s">
         <v>280</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="B148" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="B149" t="s">
-        <v>280</v>
+        <v>288</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>285</v>
+        <v>156</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="B150" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="B151" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="B152" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" t="s">
         <v>295</v>
       </c>
       <c r="B153" t="s">
         <v>296</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>297</v>
+        <v>271</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" t="s">
         <v>298</v>
       </c>
       <c r="B154" t="s">
+        <v>296</v>
+      </c>
+      <c r="C154" s="1" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" t="s">
+        <v>300</v>
+      </c>
+      <c r="B155" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" t="s">
         <v>303</v>
       </c>
       <c r="B156" t="s">
+        <v>301</v>
+      </c>
+      <c r="C156" s="1" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="B157" t="s">
-        <v>307</v>
+        <v>301</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" t="s">
+        <v>303</v>
+      </c>
+      <c r="B158" t="s">
+        <v>301</v>
+      </c>
+      <c r="C158" s="1" t="s">
         <v>306</v>
       </c>
-      <c r="B158" t="s">
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" t="s">
         <v>307</v>
       </c>
-      <c r="C158" s="1" t="s">
+      <c r="B159" t="s">
+        <v>308</v>
+      </c>
+      <c r="C159" s="1" t="s">
         <v>309</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
@@ -3203,50 +3214,51 @@
     <hyperlink ref="C134" r:id="rId_hyperlink_133"/>
     <hyperlink ref="C135" r:id="rId_hyperlink_134"/>
     <hyperlink ref="C136" r:id="rId_hyperlink_135"/>
     <hyperlink ref="C137" r:id="rId_hyperlink_136"/>
     <hyperlink ref="C138" r:id="rId_hyperlink_137"/>
     <hyperlink ref="C139" r:id="rId_hyperlink_138"/>
     <hyperlink ref="C140" r:id="rId_hyperlink_139"/>
     <hyperlink ref="C141" r:id="rId_hyperlink_140"/>
     <hyperlink ref="C142" r:id="rId_hyperlink_141"/>
     <hyperlink ref="C143" r:id="rId_hyperlink_142"/>
     <hyperlink ref="C144" r:id="rId_hyperlink_143"/>
     <hyperlink ref="C145" r:id="rId_hyperlink_144"/>
     <hyperlink ref="C146" r:id="rId_hyperlink_145"/>
     <hyperlink ref="C147" r:id="rId_hyperlink_146"/>
     <hyperlink ref="C148" r:id="rId_hyperlink_147"/>
     <hyperlink ref="C149" r:id="rId_hyperlink_148"/>
     <hyperlink ref="C150" r:id="rId_hyperlink_149"/>
     <hyperlink ref="C151" r:id="rId_hyperlink_150"/>
     <hyperlink ref="C152" r:id="rId_hyperlink_151"/>
     <hyperlink ref="C153" r:id="rId_hyperlink_152"/>
     <hyperlink ref="C154" r:id="rId_hyperlink_153"/>
     <hyperlink ref="C155" r:id="rId_hyperlink_154"/>
     <hyperlink ref="C156" r:id="rId_hyperlink_155"/>
     <hyperlink ref="C157" r:id="rId_hyperlink_156"/>
     <hyperlink ref="C158" r:id="rId_hyperlink_157"/>
+    <hyperlink ref="C159" r:id="rId_hyperlink_158"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>