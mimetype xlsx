--- v0 (2025-10-20)
+++ v1 (2025-12-04)
@@ -12,190 +12,214 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="234">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="240">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
     <t>LOA 2026</t>
   </si>
   <si>
     <t>17/10/2025</t>
   </si>
   <si>
+    <t>Discriminação da Leg da Receita (I)</t>
+  </si>
+  <si>
+    <t>Evoluçao da Receita Art. 12 da LRF (II)</t>
+  </si>
+  <si>
+    <t>Evoluçao da Despesa Art. 22 Lei 4320</t>
+  </si>
+  <si>
+    <t>Evoluçao da Receita Art. 22 Lei 4320</t>
+  </si>
+  <si>
+    <t>ESTIMATIVA E COMPENSAÇÃO DA RENÚNCIA DE RECEITA (III)</t>
+  </si>
+  <si>
+    <t>demonstrativo orçamento fiscal seguridade (IV)</t>
+  </si>
+  <si>
+    <t>Plano Aplicação FMS (V)</t>
+  </si>
+  <si>
+    <t>Plano Aplicação FMAS (V)</t>
+  </si>
+  <si>
+    <t>Plano Aplicação FMCA (V)</t>
+  </si>
+  <si>
+    <t>Plano Aplicação FMI (V)</t>
+  </si>
+  <si>
+    <t>Plano Aplicação FUMUDE (V)</t>
+  </si>
+  <si>
+    <t>Plano Aplicação FAPS (V)</t>
+  </si>
+  <si>
+    <t>Plano Aplicação FUNDEMA (V)</t>
+  </si>
+  <si>
+    <t>Plano Aplicação FUNDAGRO (V)</t>
+  </si>
+  <si>
+    <t>Plano Aplicação FUMPDEC (V)</t>
+  </si>
+  <si>
+    <t>Plano Aplicação FMH (V)</t>
+  </si>
+  <si>
+    <t>Plano Aplicação FMSB (V)</t>
+  </si>
+  <si>
+    <t>Plano Aplicação FMC (V)</t>
+  </si>
+  <si>
+    <t>Plano Aplicação FUMTUR (V)</t>
+  </si>
+  <si>
+    <t>Demonstrativo de Compatibilidade (VI)</t>
+  </si>
+  <si>
+    <t>RCL ORÇ Def TCE (VII)</t>
+  </si>
+  <si>
+    <t>DESP PESSOAL Orç.TCE EXEC (VII)</t>
+  </si>
+  <si>
+    <t>DESP PESSOAL Orç.TCE LEG (VII)</t>
+  </si>
+  <si>
+    <t>BC MDE (VIII)</t>
+  </si>
+  <si>
+    <t>BC FMS (IX)</t>
+  </si>
+  <si>
+    <t>Demonstrativo das Categorias de Progr. Fin. com rec. Operações de crédito (X)</t>
+  </si>
+  <si>
+    <t>Báse de Cálculo para despesas com legislativo Previsto (XI)</t>
+  </si>
+  <si>
+    <t>Ofício 94 da CMV</t>
+  </si>
+  <si>
+    <t>Oficio 169 CMV RCL</t>
+  </si>
+  <si>
+    <t>Oficio 170 CMV Remun Cargos</t>
+  </si>
+  <si>
+    <t>Anexo 2, da Lei 4.320 64 Demonstracao da Despesa por Unidades Orcamentarias</t>
+  </si>
+  <si>
+    <t>Anexo 2, da Lei 4.320 64 Natureza da Despesa Segundo as Categorias Economicas</t>
+  </si>
+  <si>
+    <t>Anexo 1, da Lei 4.320 64 Demonstração da Receita e Despesa Segundo as Categorias Econômicas</t>
+  </si>
+  <si>
+    <t>Anexo 2, da Lei 4.320 64 Resumo Geral da Receita</t>
+  </si>
+  <si>
+    <t>Anexo 6, da Lei 4.320 64 Programa de Trabalho</t>
+  </si>
+  <si>
+    <t>Anexo 7, da Lei 4.320 64 Programa de Trabalho de Governo</t>
+  </si>
+  <si>
+    <t>Anexo 8, da Lei 4.320 64 Demonstrativo da Despesa por Funcoes, Programas e Subprogramas</t>
+  </si>
+  <si>
+    <t>Anexo 9, da Lei 4.320 64 Demonstrativo da Despesa por Funcoes</t>
+  </si>
+  <si>
+    <t>Sumario Geral da Receita por Fontes e da Despesa por Funcoes do Governo.pdf</t>
+  </si>
+  <si>
+    <t>ATA LOA 2026</t>
+  </si>
+  <si>
+    <t>Plano Municipal de Assistência Social 2026-2029</t>
+  </si>
+  <si>
+    <t>ATA FMAS</t>
+  </si>
+  <si>
+    <t>ATA FAPS</t>
+  </si>
+  <si>
+    <t>ATA Educação e FUNDEB</t>
+  </si>
+  <si>
+    <t>PL 026 LOA 2026</t>
+  </si>
+  <si>
+    <t>ATA FMCA</t>
+  </si>
+  <si>
+    <t>Ata FMS</t>
+  </si>
+  <si>
+    <t>Lei 1688 2025 LOA 2026</t>
+  </si>
+  <si>
     <t>LOA 2025</t>
   </si>
   <si>
-    <t>Discriminação da Leg da Receita (I)</t>
-[...118 lines deleted...]
-  <si>
     <t>09/10/2024</t>
   </si>
   <si>
     <t>Precatório Mª de Lourdes K.Soares 9000511-6120208210007 50071368220208210007</t>
   </si>
   <si>
     <t>Oficio 106 CMV Remun Cargos</t>
   </si>
   <si>
     <t>Oficio 107 CMV RCL</t>
   </si>
   <si>
     <t>Ofício nº 70 2024 CMV</t>
   </si>
   <si>
     <t>Anteprojeto de Lei LOA 2025</t>
   </si>
   <si>
     <t>Evoluçao da Receita Art. 12 da LRF (II).pdf</t>
   </si>
   <si>
     <t>Natureza da Despesa Segundo as Categorias Economicas Anexo 2, da Lei 4.320 64</t>
   </si>
   <si>
     <t>Programa de Trabalho de Governo Anexo 7, da Lei 4.320 64</t>
@@ -216,56 +240,50 @@
     <t>Demonstração da Receita e Despesa Segundo as Categorias Econômicas Anexo 01, da Lei 4.320 64</t>
   </si>
   <si>
     <t>Demonstrativo da Despesa por Funcoes, Programas e Subprogramas Conforme o Vinculo com os Recursos</t>
   </si>
   <si>
     <t>Programa de Trabalho Anexo 6, da Lei 4.320 64</t>
   </si>
   <si>
     <t>Ata FAPS</t>
   </si>
   <si>
     <t>Ata Educação e FUNDEB</t>
   </si>
   <si>
     <t>Ata FUMC</t>
   </si>
   <si>
     <t>Ata FUNDEMA</t>
   </si>
   <si>
     <t>Ata FMTUR</t>
   </si>
   <si>
     <t>Ata FUMPDEC</t>
-  </si>
-[...4 lines deleted...]
-    <t>ATA FMCA</t>
   </si>
   <si>
     <t>ATA FUMUI</t>
   </si>
   <si>
     <t>ATA FMAS.pdf</t>
   </si>
   <si>
     <t>Ata Audiência Pública LOA 2024</t>
   </si>
   <si>
     <t>Projeto de Lei LOA</t>
   </si>
   <si>
     <t>Lei 1654 2024 LOA (2025)</t>
   </si>
   <si>
     <t>LOA 2024</t>
   </si>
   <si>
     <t>27/10/2023</t>
   </si>
   <si>
     <t>Oficio 166 CMV Remun Cargos</t>
   </si>
@@ -1061,4717 +1079,4805 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667836/images/original/AUDIENCIA LOA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667943/images/original/Discrimina&#231;&#227;o da Leg da Receita (I).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667944/images/original/Evolu&#231;ao da Receita Art. 12 da LRF (II).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667940/images/original/Evolu&#231;ao da Despesa Art. 22 Lei 4320.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667941/images/original/Evolu&#231;ao da Receita Art. 22 Lei 4320.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667945/images/original/ESTIMATIVA E COMPENSA&#199;&#195;O DA REN&#218;NCIA DE RECEITA (III).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667947/images/original/demonstrativo or&#231;amento fiscal seguridade (IV).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667948/images/original/Plano Aplica&#231;&#227;o FMS (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667949/images/original/Plano Aplica&#231;&#227;o FMAS (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667950/images/original/Plano Aplica&#231;&#227;o FMCA (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667951/images/original/Plano Aplica&#231;&#227;o FMI (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667952/images/original/Plano Aplica&#231;&#227;o FUMUDE (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667953/images/original/Plano Aplica&#231;&#227;o FAPS (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667954/images/original/Plano Aplica&#231;&#227;o FUNDEMA (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667955/images/original/Plano Aplica&#231;&#227;o FUNDAGRO (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667956/images/original/Plano Aplica&#231;&#227;o FUMPDEC (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667957/images/original/Plano Aplica&#231;&#227;o FMH (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667959/images/original/Plano Aplica&#231;&#227;o FMSB (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667960/images/original/Plano Aplica&#231;&#227;o FMC (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667961/images/original/Plano Aplica&#231;&#227;o FUMTUR (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667962/images/original/Demonstrativo de Compatibilidade (VI).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667963/images/original/RCL OR&#199; Def TCE (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667964/images/original/DESP PESSOAL Or&#231;.TCE EXEC (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667965/images/original/DESP PESSOAL Or&#231;.TCE LEG (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667967/images/original/BC MDE (VIII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667969/images/original/BC FMS (IX).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667970/images/original/Demonstrativo das Categorias de Progr. Fin. com rec. Opera&#231;&#245;es de cr&#233;dito (X).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667971/images/original/B&#225;se de C&#225;lculo para despesas com legislativo Previsto (XI).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667972/images/original/Of&#237;cio   94   da   CMV.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667973/images/original/Oficio 169  CMV RCL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667974/images/original/Oficio 170  CMV Remun Cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/668025/images/original/Anexo 2, da Lei 4.320  64 Demonstracao da Despesa por Unidades Orcamentarias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/668026/images/original/Anexo 2, da Lei 4.320  64 Natureza da Despesa Segundo as Categorias Economicas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/668024/images/original/Anexo 1, da Lei 4.320 64 Demonstra&#231;&#227;o da Receita e Despesa Segundo as Categorias Econ&#244;micas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/668027/images/original/Anexo 2, da Lei 4.320  64 Resumo Geral da Receita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/668028/images/original/Anexo 6, da Lei 4.320  64 Programa de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/668029/images/original/Anexo 7, da Lei 4.320  64 Programa de Trabalho de Governo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/668030/images/original/Anexo 8, da Lei 4.320  64 Demonstrativo da Despesa por Funcoes, Programas e Subprogramas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/668031/images/original/Anexo 9, da Lei 4.320  64 Demonstrativo da Despesa por Funcoes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/668032/images/original/Sumario Geral da Receita por Fontes e da Despesa por Funcoes do Governo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/668033/images/original/Projeto de Lei  LOA 2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489447/images/original/Precat&#243;rio M&#170; de Lourdes K.Soares  9000511-6120208210007  50071368220208210007.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489448/images/original/Oficio 106  CMV Remun Cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489450/images/original/Oficio 107  CMV RCL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489451/images/original/Of&#237;cio n&#186; 70 2024 CMV.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489465/images/original/Anteprojeto de Lei  LOA 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489466/images/original/Evolu&#231;ao da Receita Art. 22 Lei 4320.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489467/images/original/Evolu&#231;ao da Despesa Art. 22 Lei 4320.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489468/images/original/Discrimina&#231;&#227;o da Leg da Receita (I).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489469/images/original/Evolu&#231;ao da Receita Art. 12 da LRF (II).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489470/images/original/ESTIMATIVA E COMPENSA&#199;&#195;O DA REN&#218;NCIA DE RECEITA (III).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489471/images/original/demonstrativo or&#231;amento fiscal seguridade (IV).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489472/images/original/Plano Aplica&#231;&#227;o FUMPDEC (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489473/images/original/Plano Aplica&#231;&#227;o FMC (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489474/images/original/Plano Aplica&#231;&#227;o FUMUDE (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489475/images/original/Plano Aplica&#231;&#227;o FUMTUR (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489476/images/original/Plano Aplica&#231;&#227;o FMSB (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489477/images/original/Plano Aplica&#231;&#227;o FUNDEMA (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489478/images/original/Plano Aplica&#231;&#227;o FMH (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489479/images/original/Plano Aplica&#231;&#227;o FUNDAGRO (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489480/images/original/Plano Aplica&#231;&#227;o FAPS (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489481/images/original/Plano Aplica&#231;&#227;o FMI (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489482/images/original/Plano Aplica&#231;&#227;o FMCA (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489483/images/original/Plano Aplica&#231;&#227;o FMAS (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489484/images/original/Plano Aplica&#231;&#227;o FMS (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489486/images/original/RCL OR&#199; Def TCE (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489487/images/original/DESP PESSOAL Or&#231;.TCE LEG (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489488/images/original/DESP PESSOAL Or&#231;.TCE EXEC (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489489/images/original/BC MDE (VIII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489490/images/original/BC FMS (IX).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489491/images/original/Demonstrativo das Categorias de Progr. Fin. com rec. Opera&#231;&#245;es de cr&#233;dito (X).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489492/images/original/B&#225;se de C&#225;lculo para despesas com legislativo Previsto (XI).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489493/images/original/Natureza da Despesa Segundo as Categorias Economicas Anexo 2, da Lei 4.320 64.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489494/images/original/Programa de Trabalho de Governo Anexo 7, da Lei 4.320 64.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489495/images/original/Demonstracao da Despesa por Unidades Orcamentarias   Anexo 2, da Lei 4.320 64.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489496/images/original/Resumo Geral da Receita  Anexo 2, da Lei 4.320 64.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489497/images/original/Demonstrativo da Despesa por Funcoes Anexo 9, da Lei 4.320 64.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489498/images/original/Sumario Geral da Receita por Fontes e da Despesa por Funcoes do Governo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489499/images/original/Demonstra&#231;&#227;o da Receita e Despesa Segundo as Categorias Econ&#244;micas Anexo 01, da Lei 4.320 64.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489500/images/original/Demonstrativo da Despesa por Funcoes, Programas e Subprogramas Conforme o Vinculo com os Recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/490974/images/original/Demonstrativo de Compatibilidade (VI).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/492105/images/original/Programa de Trabalho Anexo 6, da Lei 4.320 64.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/493772/images/original/Ata FAPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/493773/images/original/Ata Educa&#231;&#227;o e FUNDEB.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/493774/images/original/Ata FUMC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/493782/images/original/Ata FUNDEMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/493776/images/original/Ata FMTUR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/493777/images/original/Ata FUMPDEC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/493778/images/original/Ata FMS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/493779/images/original/ATA FMCA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/493780/images/original/ATA FUMUI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/493781/images/original/ATA FMAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/493783/images/original/Ata Audi&#234;ncia P&#250;blica LOA 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/493803/images/original/Projeto de Lei  LOA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/499743/images/original/Lei 1654 2024  LOA (2025).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344957/images/original/Oficio 166  CMV Remun Cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344955/images/original/Of&#237;cio 64  CMV 10 10 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344956/images/original/Oficio 167  CMV RCL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344959/images/original/METAS ANUAIS  -VALORES ATUALIZADOS PELA LOA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344961/images/original/Evolu&#231;ao da Despesa Art. 22 Lei 4320.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344964/images/original/ESTIMATIVA E COMPENSA&#199;&#195;O DA REN&#218;NCIA DE RECEITA (III).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344965/images/original/demonstrativo or&#231;amento fiscal seguridade (IV).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344966/images/original/Plano Aplica&#231;&#227;o FMS (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344967/images/original/Plano Aplica&#231;&#227;o FUMTUR (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344968/images/original/Plano Aplica&#231;&#227;o FAPS (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344969/images/original/Plano Aplica&#231;&#227;o FUMC (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344970/images/original/Plano Aplica&#231;&#227;o FMSB (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344971/images/original/Plano Aplica&#231;&#227;o FMH (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344972/images/original/Plano Aplica&#231;&#227;o FUNDEMA (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344973/images/original/Plano Aplica&#231;&#227;o FUNDAGRO (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344974/images/original/Plano Aplica&#231;&#227;o FUMUDE (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344975/images/original/Plano Aplica&#231;&#227;o FMI (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344976/images/original/Plano Aplica&#231;&#227;o FMCA (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344977/images/original/Plano Aplica&#231;&#227;o FMAS (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344978/images/original/Demonstrativo de Compatibilidade (VI).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344979/images/original/DESP PESSOAL Or&#231;.TCE EXEC (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344980/images/original/DESP PESSOAL Or&#231;.TCE LEG (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344982/images/original/RCL OR&#199; Def TCE (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344983/images/original/BC MDE (VIII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344984/images/original/BC FMS (IX).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344985/images/original/demonstrativo das Categorias de Progr. Fin. com rec. Opera&#231;&#245;es de cr&#233;dito (X).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344986/images/original/B&#225;se de C&#225;lculo para despesas com legislativo Previsto (XI).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/345259/images/original/Evolu&#231;ao da Receita Art. 22 Lei 4320.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/345260/images/original/Evolu&#231;ao da Receita Art. 12 da LRF (II).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/347633/images/original/Anteprojeto de Lei  LOA 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/348873/images/original/Sumario Geral da Receita por Fontes e da Despesa por Funcoes do Governo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/348874/images/original/Demonstrativo da Despesa por Funcoes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/348875/images/original/Demonstrativo da Despesa por Funcoes, Programas e Subprogramas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/348876/images/original/Programa de Trabalho de Governo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/348877/images/original/Programa de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/348878/images/original/Demonstracao da Despesa por Unidades Orcamentarias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/348885/images/original/Natureza da Despesa Segundo as Categorias Economicas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/348886/images/original/Resumo Geral da Receita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/348892/images/original/Discrimina&#231;&#227;o da Leg da Receita (I).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/348887/images/original/Demonstra&#231;&#227;o da Receita e Despesa Segundo as Categorias Econ&#244;micas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/348888/images/original/Ata Audi&#234;ncia P&#250;blica LOA 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/352909/images/original/PL 19  LOA 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/368020/images/original/Lei 1630 LOA 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/494079/images/original/Lei n&#186; 1652 de 22 10 2024 Altera Lei 1630 de 2024 LOA 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239233/images/original/Plano Aplica&#231;&#227;o FMSB (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239234/images/original/Plano Aplica&#231;&#227;o FMH (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239235/images/original/Plano Aplica&#231;&#227;o FUNDEMA (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239225/images/original/Discrimina&#231;&#227;o da Leg da Receita (I).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239226/images/original/Evolu&#231;ao da Receita Art. 12 da LRF (II).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239227/images/original/ESTIMATIVA E COMPENSA&#199;&#195;O DA REN&#218;NCIA DE RECEITA (III).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239236/images/original/Plano Aplica&#231;&#227;o FUNDAGRO (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239238/images/original/Plano Aplica&#231;&#227;o FAPS (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239239/images/original/Plano Aplica&#231;&#227;o FUMUDE (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239240/images/original/Plano Aplica&#231;&#227;o FMI (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239228/images/original/demonstrativo or&#231;amento fiscal seguridade (IV).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239229/images/original/Plano Aplica&#231;&#227;o FUMC (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239230/images/original/Plano Aplica&#231;&#227;o FMS (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239231/images/original/Plano Aplica&#231;&#227;o FUMTUR (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239242/images/original/Plano Aplica&#231;&#227;o FMCA (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239244/images/original/Plano Aplica&#231;&#227;o FMAS (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239245/images/original/Demonstrativo de Compatibilidade (VI).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239246/images/original/DESP PESSOAL Or&#231;.TCE EXEC (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239247/images/original/DESP PESSOAL Or&#231;.TCE LEG (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239248/images/original/RCL OR&#199; Def TCE (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239249/images/original/BC MDE (VIII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239251/images/original/BC FMS (IX).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239252/images/original/demonstrativo das Categorias de Progr. Fin. com rec. Opera&#231;&#245;es de cr&#233;dito (X).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239254/images/original/B&#225;se de C&#225;lculo para despesas com legislativo Previsto (XI).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239255/images/original/Oficio   90  da CMV p PM LOA Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239256/images/original/Oficio 127  da PM p CMV Remun Cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239257/images/original/Oficio 126  da PM p CMV RCL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239258/images/original/Precat&#243;rios a serem incluidos na LOA 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239259/images/original/Demon D&#237;vida Fundada e evolu&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239260/images/original/Sumario Geral da Receita por Fontes e da Despesa por Funcoes do Governo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239261/images/original/Demonstrativo da Despesa por Funcoes Anexo 9, da Lei 4.320 64.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239262/images/original/Demonstrativo da Despesa por Funcoes, Programas e Subprogramas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239263/images/original/Programa de Trabalho de Governo Anexo 7, da Lei 4.320 64.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239265/images/original/Demonstracao da Despesa por Unidades Orcamentarias  Anexo 2, da Lei 4.320 64.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239266/images/original/Natureza da Despesa Segundo as Categorias Economicas  Anexo 2, da Lei 4.320 64.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239267/images/original/Resumo Geral da Receita  Anexo 2, da Lei 4.320 64.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239268/images/original/Demonstra&#231;&#227;o da Receita e Despesa Segundo as Categorias Econ&#244;micas  Anexo 01, da Lei 4.320 64.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239269/images/original/Ante Projeto de Lei  LOA 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239317/images/original/METAS ANUAIS  -VALORES ATUALIZADOS PELA LOA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/241361/images/original/Ata Conselho de Educa&#231;&#227;o e FUNDEB.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/241362/images/original/Ata COMUMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/241363/images/original/Ata CMH.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/241364/images/original/Ata CMAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/241368/images/original/Ata COMUI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/241369/images/original/Ata COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/241370/images/original/Ata COMPREV.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/241371/images/original/Ata CMS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/241373/images/original/Ata Audi&#234;ncia P&#250;blica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/241374/images/original/Programa de Trabalho  Anexo 6, da Lei 4.320 64.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/241833/images/original/Projeto de Lei  LOA 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/250048/images/original/Lei 1603 LOA 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159454/images/original/Evolu&#231;ao da Receita Art. 22 Lei 4320.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159455/images/original/Evolu&#231;ao da Despesa Art. 22 Lei 4320.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159456/images/original/Discrimina&#231;&#227;o da Leg da Receita (I).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159457/images/original/Evolu&#231;ao da Receita Art. 12 da LRF (II).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159458/images/original/ESTIMATIVA E COMPENSA&#199;&#195;O DA REN&#218;NCIA DE RECEITA (III).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159459/images/original/demonstrativo or&#231;amento fiscal seguridade (IV).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159460/images/original/Plano Aplica&#231;&#227;o FAPS (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159461/images/original/Plano Aplica&#231;&#227;o FMS (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159462/images/original/Plano Aplica&#231;&#227;o FUNDAGRO (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159463/images/original/Plano Aplica&#231;&#227;o FUNDEMA (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159464/images/original/Plano Aplica&#231;&#227;o FMAS (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159465/images/original/Plano Aplica&#231;&#227;o FMCA (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159467/images/original/Plano Aplica&#231;&#227;o FUMC (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159468/images/original/Plano Aplica&#231;&#227;o FMI (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159469/images/original/Plano Aplica&#231;&#227;o FMH (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159470/images/original/Plano Aplica&#231;&#227;o FMSB (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159471/images/original/Plano Aplica&#231;&#227;o FUMUDE (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159472/images/original/Plano Aplica&#231;&#227;o FUMTUR (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159473/images/original/Demonstrativo de Compatibilidade (VI).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159474/images/original/RCL OR&#199; Def TCE (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159475/images/original/DESP PESSOAL Or&#231;.TCE LEG (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159476/images/original/DESP PESSOAL Or&#231;.TCE EXEC (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159477/images/original/BC MDE (VIII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159478/images/original/BC FMS (IX).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159479/images/original/demonstrativo das Categorias de Progr. Fin. com rec. Opera&#231;&#245;es de cr&#233;dito (X).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159480/images/original/B&#225;se de C&#225;lculo para despesas com legislativo Previsto (XI).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159481/images/original/ANEXO DE  METAS FISCAIS  Atualizadas Art 2&#186; &#167;&#167; 1&#186; e 2&#186; da Lei 1560 de 2021 LDO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159491/images/original/Subsidios_p_elaboraao_oramento__2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159492/images/original/Of&#237;cio 190 2021 da PM p CMV.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159493/images/original/Of&#237;cio 189 2021 da PM p CMV.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159494/images/original/Of&#237;cio 139 2021 da CMV p PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159495/images/original/Lei 1505 - Reorganiza Estrutura Administrativa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159496/images/original/Planilha Processos Judiciais Atualizadas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160055/images/original/Anteprojeto de Lei  LOA 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/161917/images/original/Anexo 1 da Lei 4320 64 Demonstra&#231;&#227;o da Receita e Despesa Segundo as Categorias Econ&#244;micas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/161918/images/original/Anexo 2  da Lei 4320  64   Resumo Geral da Receita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/161919/images/original/Anexo 2 da Lei 4320  64 - Consolidacao Geral Natureza da Despesa Segundo as Categorias Economicas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/161920/images/original/Anexo 2  da Lei 4320   64 Demonstracao da Despesa por Unidades Orcamentarias Segundo as Categorias Economicas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/161921/images/original/Anexo 6  da Lei 4320  64   Programa de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/161922/images/original/Anexo 7  da Lei 4320  64 Demonstrativo de Funcoes  Subfuncoes e Programas por Projetos  Atividades e O E.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/161923/images/original/Anexo 8 da Lei 4320 64 Demonstrativo da Despesa por Funcoes, Programas e Subprogramas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/161924/images/original/Anexo 9 da Lei 4320  64 Demonstrativo da Despesa por Funcoes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/161925/images/original/Sumario Geral da Receita por Fontes e da Despesa por Funcoes do Governo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/161926/images/original/ATA AUDIENCIA LOA 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/163556/images/original/Projeto de Lei n&#186; 15 de 29 10 2021  LOA 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/165379/images/original/Lei 1565  LOA 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122437/images/original/Evolu&#231;ao da Receita Art. 22 Lei 4320 (II).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122448/images/original/Planilha Processos Judiciais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122436/images/original/Evolu&#231;ao da Despesa Art. 22 Lei 4320 (II).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122447/images/original/Precatorios a serem pagos em 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122449/images/original/Discrimina&#231;&#227;o da Leg da Receita (I).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122450/images/original/Evolu&#231;ao da Receita Art. 12 da LRF (II).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122451/images/original/ESTIMATIVA E COMPENSA&#199;&#195;O DA REN&#218;NCIA DE RECEITA III.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122452/images/original/demonstrativo or&#231;amento fiscal seguridade (IV).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122453/images/original/Plano Aplica&#231;&#227;o FUMC  (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122454/images/original/Plano Aplica&#231;&#227;o FUMUDE  (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122455/images/original/Plano Aplica&#231;&#227;o FMI  (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122456/images/original/Plano Aplica&#231;&#227;o FUMTUR  (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122457/images/original/Plano Aplica&#231;&#227;o FMSB  (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122458/images/original/Plano Aplica&#231;&#227;o FMCA  (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122459/images/original/Plano Aplica&#231;&#227;o FMAS  (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122460/images/original/Plano Aplica&#231;&#227;o FMH  (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122461/images/original/Plano Aplica&#231;&#227;o FUNDEMA  (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122462/images/original/Plano Aplica&#231;&#227;o FMS  (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122463/images/original/Plano Aplica&#231;&#227;o FUNDAGRO  (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122464/images/original/Plano Aplica&#231;&#227;o FAPS (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122465/images/original/Demonstrativo de Compatibilidade (VI).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122466/images/original/RCL OR&#199; Def STN (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122467/images/original/RCL OR&#199; Def TCE (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122468/images/original/DESP PESSOAL Or&#231;.STN EXEC (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122469/images/original/DESP PESSOAL Or&#231;.TCE EXEC (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122470/images/original/DESP PESSOAL Or&#231;.STN LEG (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122472/images/original/DESP PESSOAL Or&#231;.TCE LEG (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122473/images/original/BC MDE (VIII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122474/images/original/BC FMS (IX).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122475/images/original/demonstrativo das Categorias de Progr. Fin. com rec. Opera&#231;&#245;es de cr&#233;dito (X).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122476/images/original/B&#225;se de C&#225;lculo para despesas com legislativo Previsto (XI).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/123483/images/original/Anexo 6 Programa de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/123484/images/original/Anexo 7 Programa de Trabalho de Governo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/123479/images/original/Anexo 1 Receita e Despesa Seg Natureza.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/123480/images/original/Anexo 2 Receita  Seg Natureza.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/123481/images/original/Anexo 2 Despesa Seg Natureza.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/123482/images/original/Anexo 2 Demonstra&#231;&#227;o da Despesa por Unidades Or&#231;ament&#225;rias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/123486/images/original/Anexo 8  Demonstrativo da Despesa por Funcoes, Programas e Subprogramas Conforme o Vinculo com os Recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/123487/images/original/Anexo 9  Demonstrativo da Despesa por Funcoes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/123488/images/original/Sumario Geral da Receita por Fontes e da Despesa por Funcoes do Governo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/123489/images/original/Ata Audi&#234;ncia P&#250;blica LOA 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/123492/images/original/Projeto de Lei  LOA 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/125222/images/original/Lei 1541 LOA 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/162908/images/original/Lei 1564 Altera Lei 1541 LOA 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60964/images/original/Lei 1508  LOA 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60965/images/original/Anexo 1 Receita  e Despesa Seg Natureza.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60966/images/original/anexo 2 receita seg natureza.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60967/images/original/anexo 2 despesa seg natureza.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60968/images/original/Anexo 2 Demonstra&#231;&#227;o da Despesa por Unid Or&#231;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60969/images/original/anexo 6 programa de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60970/images/original/anexo 7 programa de trabalho de governo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/61008/images/original/Ata Audi&#234;ncia P&#250;blica LOA 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60971/images/original/anexo 8 demonstrativo da despesa por funcoes, programas e subprogramas conforme o v&#237;nculo com os recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60972/images/original/Anexo 9  Demonstrativo da Despesa por Funcoes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60973/images/original/Sumario Geral da Receita por Fontes e da Despesa por Funcoes do Governo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60974/images/original/Discrimina&#231;&#227;o da Leg da Receita (I).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60975/images/original/Evolu&#231;ao da Receita Art. 12 da LRF (II).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60976/images/original/demonstrativo or&#231;amento fiscal seguridade (IV).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60977/images/original/Plano Aplica&#231;&#227;o FUMC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60978/images/original/Plano Aplica&#231;&#227;o FUMUDE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60979/images/original/Plano Aplica&#231;&#227;o FMI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60980/images/original/Plano Aplica&#231;&#227;o FUMTUR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60981/images/original/Plano Aplica&#231;&#227;o FMSB.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60982/images/original/Plano Aplica&#231;&#227;o FMCA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60983/images/original/Plano Aplica&#231;&#227;o FMH.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60984/images/original/Plano Aplica&#231;&#227;o FUNDEMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60985/images/original/Plano Aplica&#231;&#227;o FUNDAGRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60986/images/original/Plano Aplica&#231;&#227;o FMS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60987/images/original/Plano Aplica&#231;&#227;o FAPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60988/images/original/Plano Aplica&#231;&#227;o FMAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60989/images/original/Demonstrativo de Compatibilidade (VI).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60990/images/original/DESP PESSOAL Or&#231;.STN LEG.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60991/images/original/DESP PESSOAL Or&#231;.STN EXEC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60992/images/original/DESP PESSOAL Or&#231;.TCE LEG.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60993/images/original/DESP PESSOAL Or&#231;.TCE EXEC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60994/images/original/RCL OR&#199; Def STN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60995/images/original/RCL OR&#199; Def TCE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60996/images/original/Evolu&#231;ao da Despesa Art. 22 Lei 4320.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60997/images/original/Evolu&#231;ao da Receita Art. 22 Lei 4320.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60998/images/original/Of&#237;cio 122 da CMV para PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60999/images/original/Of&#237;cio 187 da PM  para CMV.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/61000/images/original/Of&#237;cio 188 da PM  para CMV.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/61001/images/original/AUDIENCIA or&#231; 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/61002/images/original/Planilha Processos Judiciais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/61003/images/original/Requisi&#231;&#227;o de Pagamento - Precat&#243;rio (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/61004/images/original/Requisi&#231;&#227;o de Pagamento - Precat&#243;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/61005/images/original/Dec- 2618-   2019 (Estrutura Or&#231; da Desp).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/61006/images/original/Lei 1505 - Reorganiza Estrutura Administrativa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/61007/images/original/Lei 1506 - altera reda&#231;&#227;o L.603 - F.Habita&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/61058/images/original/BC FMS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/61059/images/original/BC MDE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/61060/images/original/demonstrativo das Categorias de Progr. Fin. com rec. Opera&#231;&#245;es de cr&#233;dito (x).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/61061/images/original/B&#225;se de C&#225;lculo para despesas com legislativo Previsto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/61062/images/original/Anexos da LDO 2020 (LOA).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3440/images/original/Evolu&#231;ao da Despesa Art. 22 Lei 4320.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3441/images/original/Anexo 1 Receita  e Despesa Seg Natureza.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3442/images/original/Anexo 2 Receita Seg Natureza.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3443/images/original/Anexo 2 Despesa Seg Natureza.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3438/images/original/Lei 1469 - Lei or&#231;ament&#225;ria 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3439/images/original/Evolu&#231;ao da Receita Art. 22 Lei 4320.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3444/images/original/Anexo 2 Demonstra&#231;&#227;o da Despesa por Unid Or&#231;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3445/images/original/Anexo 6 Programa de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3446/images/original/Anexo 7 Programa de Trabalho de Governo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3447/images/original/Anexo 8 Demonstrativo da Despesa por Funcoes, Programas e Subprogramas Conforme o V&#237;nculo com os Recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3448/images/original/Anexo 9  Demonstrativo da Despesa por Funcoes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3449/images/original/Sumario Geral da Receita por Fontes e da Despesa por Funcoes do Governo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3450/images/original/Plano Aplica&#231;&#227;o FMSB.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3451/images/original/Plano Aplica&#231;&#227;o FAPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3452/images/original/Plano Aplica&#231;&#227;o FMAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3453/images/original/Plano Aplica&#231;&#227;o FMI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3454/images/original/Plano Aplica&#231;&#227;o FMH.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3455/images/original/Plano Aplica&#231;&#227;o FMCA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3456/images/original/Plano Aplica&#231;&#227;o FUMUDE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3457/images/original/Plano Aplica&#231;&#227;o FUMTUR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3458/images/original/Plano Aplica&#231;&#227;o FUMC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3459/images/original/Plano Aplica&#231;&#227;o FMS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3460/images/original/Plano Aplica&#231;&#227;o FUNDEMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3461/images/original/Plano Aplica&#231;&#227;o FUNDAGRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3473/images/original/Demon D&#237;vida Fundada e evolu&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3474/images/original/Mem&#243;ria e Metodologia de c&#225;lculo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3475/images/original/demonstrativo das Categorias de Progr. Fin. com rec. Opera&#231;&#245;es de cr&#233;dito (x).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3476/images/original/BC FMS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3477/images/original/BC MDE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3478/images/original/Demonstrativo de Compatibilidade (VI).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3479/images/original/demonstrativo or&#231;amento fiscal seguridade (IV).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3480/images/original/Discrimina&#231;&#227;o da Leg da Receita (I).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3481/images/original/N&#250;mero de Alunos da rede Municipal de Ensino 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3482/images/original/Decreto 2553 11 10 2018 Estrutura Or&#231;ament&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3483/images/original/AUDIENCIA or&#231; Mural.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3485/images/original/Of&#237;cio 74 2018 CMV Art 10 LDO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3486/images/original/Of&#237;cio 151 2018 Art 49 LDO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3487/images/original/Of&#237;cio 139 2018 Art 13 LDO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3488/images/original/Indice Provis&#243;rio ICMS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3489/images/original/Previs&#227;o LOA 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3491/images/original/Audi&#226;ncia P&#250;blica SITE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3492/images/original/Ata Audi&#234;ncia P&#250;blica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2232/images/original/Lei n&#186;  1441 - LOA 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2233/images/original/Evolu&#231;ao da Receita Art. 22 Lei 4320.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2234/images/original/Evolu&#231;ao da Despesa Art. 22 Lei 4320.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2235/images/original/Anexo 1 da Lei 4320 64 Demonstra&#231;&#227;o da Receita e Despesa Segundo as Categorias Econ&#244;micas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2236/images/original/Anexo 2 da Lei 4320 64  Natureza da Receita Segundo Categorias Econ&#244;micas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2237/images/original/Anexo 2 da Lei 4320 64  Natureza da Despesa Segundo as Categorias Economicas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2238/images/original/Anexo 2 da Lei 4320 64  Demonstracao da Despesa por Unidades Orcamentarias Segundo as Categorias Economicas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2239/images/original/Anexo 6 da Lei 4320 64  Programa de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2240/images/original/Anexo 7 da Lei 4320 64  Programa de Trabalho de Governo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2241/images/original/Anexo 8 da Lei 4320 64  Demonstrativo da Despesa por Funcoes, Programas e Subprogramas  Conforme o Vinculo com os Recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2243/images/original/Anexo 9 da Lei 4320 64  Demonstrativo da Despesa por Funcoes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2244/images/original/Sumario Geral da Receita por Fontes e da Despesa por Funcoes do Governo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2245/images/original/Discrimina&#231;&#227;o da Leg da Receita (I).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2246/images/original/Evolu&#231;ao da Receita Art. 12 da LRF (II).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2248/images/original/Demonstrativo da Estimativa e Compensa&#231;&#227;o da Ren&#250;ncia de Receita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2249/images/original/demonstrativo or&#231;amento fiscal seguridade (IV).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2250/images/original/LEIS FUNDOS MUN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2251/images/original/Plano Aplica&#231;&#227;o FAPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2260/images/original/Plano Aplica&#231;&#227;o FMH.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2253/images/original/Plano Aplica&#231;&#227;o FUMC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2254/images/original/Plano Aplica&#231;&#227;o FMSB.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2256/images/original/Plano Aplica&#231;&#227;o FUNDEMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2258/images/original/Plano Aplica&#231;&#227;o FUNDAGRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2259/images/original/Plano Aplica&#231;&#227;o FUMUDE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2262/images/original/Plano Aplica&#231;&#227;o FMCA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2263/images/original/Plano Aplica&#231;&#227;o FMAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2264/images/original/Plano Aplica&#231;&#227;o FMI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2265/images/original/Plano Aplica&#231;&#227;o FUMTUR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2266/images/original/Plano Aplica&#231;&#227;o FMS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2267/images/original/Demonstrativo de Compatibilidade (VI).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2268/images/original/RCL OR&#199; Def TCE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2269/images/original/RCL OR&#199; Def STN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2270/images/original/DESP PESSOAL Or&#231;.TCE EXEC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2271/images/original/DESP PESSOAL Or&#231;.STN EXEC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2272/images/original/DESP PESSOAL Or&#231;.TCE LEG.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2273/images/original/DESP PESSOAL Or&#231;.STN LEG.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2286/images/original/Previs&#227;o 2018 Cristal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2274/images/original/BC MDE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2275/images/original/BC FMS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2276/images/original/demonstrativo das Categorias de Progr. Fin. com rec. Opera&#231;&#245;es de cr&#233;dito (x).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2277/images/original/B&#225;se de C&#225;lculo para despesas com legislativo Previsto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2278/images/original/Mem&#243;ria e Metodologia de c&#225;lculo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2279/images/original/Demon D&#237;vida Fundada e evolu&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2280/images/original/Demonstrativo de Metas Fiscais Atualizadas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2281/images/original/Of&#237;cio 167 2017 Estimativa Receita e Despesa folha pgto e RCL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2282/images/original/Of&#237;cio 157 2017 Rela&#231;&#227;o da Remun e Subsidios dos Cargos P&#250;blicos Municipais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2283/images/original/Of&#237;cio 097 2017 da CMV Or&#231;amento do Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2284/images/original/N&#250;mero de Alunos da rede Municipal de ensino.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2287/images/original/Ind 2018 PROV x 2018 def.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2288/images/original/Ata Audi&#234;ncia Publica LOA 2018.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667836/images/original/AUDIENCIA LOA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667943/images/original/Discrimina&#231;&#227;o da Leg da Receita (I).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667944/images/original/Evolu&#231;ao da Receita Art. 12 da LRF (II).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667940/images/original/Evolu&#231;ao da Despesa Art. 22 Lei 4320.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667941/images/original/Evolu&#231;ao da Receita Art. 22 Lei 4320.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667945/images/original/ESTIMATIVA E COMPENSA&#199;&#195;O DA REN&#218;NCIA DE RECEITA (III).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667947/images/original/demonstrativo or&#231;amento fiscal seguridade (IV).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667948/images/original/Plano Aplica&#231;&#227;o FMS (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667949/images/original/Plano Aplica&#231;&#227;o FMAS (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667950/images/original/Plano Aplica&#231;&#227;o FMCA (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667951/images/original/Plano Aplica&#231;&#227;o FMI (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667952/images/original/Plano Aplica&#231;&#227;o FUMUDE (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667953/images/original/Plano Aplica&#231;&#227;o FAPS (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667954/images/original/Plano Aplica&#231;&#227;o FUNDEMA (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667955/images/original/Plano Aplica&#231;&#227;o FUNDAGRO (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667956/images/original/Plano Aplica&#231;&#227;o FUMPDEC (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667957/images/original/Plano Aplica&#231;&#227;o FMH (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667959/images/original/Plano Aplica&#231;&#227;o FMSB (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667960/images/original/Plano Aplica&#231;&#227;o FMC (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667961/images/original/Plano Aplica&#231;&#227;o FUMTUR (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667962/images/original/Demonstrativo de Compatibilidade (VI).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667963/images/original/RCL OR&#199; Def TCE (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667964/images/original/DESP PESSOAL Or&#231;.TCE EXEC (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667965/images/original/DESP PESSOAL Or&#231;.TCE LEG (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667967/images/original/BC MDE (VIII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667969/images/original/BC FMS (IX).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667970/images/original/Demonstrativo das Categorias de Progr. Fin. com rec. Opera&#231;&#245;es de cr&#233;dito (X).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667971/images/original/B&#225;se de C&#225;lculo para despesas com legislativo Previsto (XI).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667972/images/original/Of&#237;cio   94   da   CMV.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667973/images/original/Oficio 169  CMV RCL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/667974/images/original/Oficio 170  CMV Remun Cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/668025/images/original/Anexo 2, da Lei 4.320  64 Demonstracao da Despesa por Unidades Orcamentarias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/668026/images/original/Anexo 2, da Lei 4.320  64 Natureza da Despesa Segundo as Categorias Economicas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/668024/images/original/Anexo 1, da Lei 4.320 64 Demonstra&#231;&#227;o da Receita e Despesa Segundo as Categorias Econ&#244;micas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/668027/images/original/Anexo 2, da Lei 4.320  64 Resumo Geral da Receita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/668028/images/original/Anexo 6, da Lei 4.320  64 Programa de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/668029/images/original/Anexo 7, da Lei 4.320  64 Programa de Trabalho de Governo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/668030/images/original/Anexo 8, da Lei 4.320  64 Demonstrativo da Despesa por Funcoes, Programas e Subprogramas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/668031/images/original/Anexo 9, da Lei 4.320  64 Demonstrativo da Despesa por Funcoes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/668032/images/original/Sumario Geral da Receita por Fontes e da Despesa por Funcoes do Governo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/670208/images/original/ATA   LOA   2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/672178/images/original/Plano Municipal de Assist&#234;ncia Social 2026-2029.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/672179/images/original/ATA FMAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/672180/images/original/ATA FAPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/672181/images/original/ATA Educa&#231;&#227;o e FUNDEB.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/672444/images/original/PL 026  LOA   2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/673764/images/original/ATA FMCA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/673765/images/original/Ata FMS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/683598/images/original/Lei 1688 2025  LOA   2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489447/images/original/Precat&#243;rio M&#170; de Lourdes K.Soares  9000511-6120208210007  50071368220208210007.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489448/images/original/Oficio 106  CMV Remun Cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489450/images/original/Oficio 107  CMV RCL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489451/images/original/Of&#237;cio n&#186; 70 2024 CMV.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489465/images/original/Anteprojeto de Lei  LOA 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489466/images/original/Evolu&#231;ao da Receita Art. 22 Lei 4320.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489467/images/original/Evolu&#231;ao da Despesa Art. 22 Lei 4320.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489468/images/original/Discrimina&#231;&#227;o da Leg da Receita (I).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489469/images/original/Evolu&#231;ao da Receita Art. 12 da LRF (II).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489470/images/original/ESTIMATIVA E COMPENSA&#199;&#195;O DA REN&#218;NCIA DE RECEITA (III).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489471/images/original/demonstrativo or&#231;amento fiscal seguridade (IV).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489472/images/original/Plano Aplica&#231;&#227;o FUMPDEC (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489473/images/original/Plano Aplica&#231;&#227;o FMC (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489474/images/original/Plano Aplica&#231;&#227;o FUMUDE (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489475/images/original/Plano Aplica&#231;&#227;o FUMTUR (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489476/images/original/Plano Aplica&#231;&#227;o FMSB (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489477/images/original/Plano Aplica&#231;&#227;o FUNDEMA (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489478/images/original/Plano Aplica&#231;&#227;o FMH (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489479/images/original/Plano Aplica&#231;&#227;o FUNDAGRO (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489480/images/original/Plano Aplica&#231;&#227;o FAPS (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489481/images/original/Plano Aplica&#231;&#227;o FMI (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489482/images/original/Plano Aplica&#231;&#227;o FMCA (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489483/images/original/Plano Aplica&#231;&#227;o FMAS (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489484/images/original/Plano Aplica&#231;&#227;o FMS (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489486/images/original/RCL OR&#199; Def TCE (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489487/images/original/DESP PESSOAL Or&#231;.TCE LEG (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489488/images/original/DESP PESSOAL Or&#231;.TCE EXEC (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489489/images/original/BC MDE (VIII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489490/images/original/BC FMS (IX).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489491/images/original/Demonstrativo das Categorias de Progr. Fin. com rec. Opera&#231;&#245;es de cr&#233;dito (X).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489492/images/original/B&#225;se de C&#225;lculo para despesas com legislativo Previsto (XI).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489493/images/original/Natureza da Despesa Segundo as Categorias Economicas Anexo 2, da Lei 4.320 64.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489494/images/original/Programa de Trabalho de Governo Anexo 7, da Lei 4.320 64.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489495/images/original/Demonstracao da Despesa por Unidades Orcamentarias   Anexo 2, da Lei 4.320 64.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489496/images/original/Resumo Geral da Receita  Anexo 2, da Lei 4.320 64.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489497/images/original/Demonstrativo da Despesa por Funcoes Anexo 9, da Lei 4.320 64.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489498/images/original/Sumario Geral da Receita por Fontes e da Despesa por Funcoes do Governo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489499/images/original/Demonstra&#231;&#227;o da Receita e Despesa Segundo as Categorias Econ&#244;micas Anexo 01, da Lei 4.320 64.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/489500/images/original/Demonstrativo da Despesa por Funcoes, Programas e Subprogramas Conforme o Vinculo com os Recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/490974/images/original/Demonstrativo de Compatibilidade (VI).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/492105/images/original/Programa de Trabalho Anexo 6, da Lei 4.320 64.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/493772/images/original/Ata FAPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/493773/images/original/Ata Educa&#231;&#227;o e FUNDEB.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/493774/images/original/Ata FUMC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/493782/images/original/Ata FUNDEMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/493776/images/original/Ata FMTUR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/493777/images/original/Ata FUMPDEC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/493778/images/original/Ata FMS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/493779/images/original/ATA FMCA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/493780/images/original/ATA FUMUI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/493781/images/original/ATA FMAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/493783/images/original/Ata Audi&#234;ncia P&#250;blica LOA 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/493803/images/original/Projeto de Lei  LOA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/499743/images/original/Lei 1654 2024  LOA (2025).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344957/images/original/Oficio 166  CMV Remun Cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344955/images/original/Of&#237;cio 64  CMV 10 10 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344956/images/original/Oficio 167  CMV RCL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344959/images/original/METAS ANUAIS  -VALORES ATUALIZADOS PELA LOA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344961/images/original/Evolu&#231;ao da Despesa Art. 22 Lei 4320.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344964/images/original/ESTIMATIVA E COMPENSA&#199;&#195;O DA REN&#218;NCIA DE RECEITA (III).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344965/images/original/demonstrativo or&#231;amento fiscal seguridade (IV).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344966/images/original/Plano Aplica&#231;&#227;o FMS (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344967/images/original/Plano Aplica&#231;&#227;o FUMTUR (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344968/images/original/Plano Aplica&#231;&#227;o FAPS (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344969/images/original/Plano Aplica&#231;&#227;o FUMC (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344970/images/original/Plano Aplica&#231;&#227;o FMSB (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344971/images/original/Plano Aplica&#231;&#227;o FMH (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344972/images/original/Plano Aplica&#231;&#227;o FUNDEMA (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344973/images/original/Plano Aplica&#231;&#227;o FUNDAGRO (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344974/images/original/Plano Aplica&#231;&#227;o FUMUDE (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344975/images/original/Plano Aplica&#231;&#227;o FMI (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344976/images/original/Plano Aplica&#231;&#227;o FMCA (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344977/images/original/Plano Aplica&#231;&#227;o FMAS (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344978/images/original/Demonstrativo de Compatibilidade (VI).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344979/images/original/DESP PESSOAL Or&#231;.TCE EXEC (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344980/images/original/DESP PESSOAL Or&#231;.TCE LEG (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344982/images/original/RCL OR&#199; Def TCE (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344983/images/original/BC MDE (VIII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344984/images/original/BC FMS (IX).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344985/images/original/demonstrativo das Categorias de Progr. Fin. com rec. Opera&#231;&#245;es de cr&#233;dito (X).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/344986/images/original/B&#225;se de C&#225;lculo para despesas com legislativo Previsto (XI).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/345259/images/original/Evolu&#231;ao da Receita Art. 22 Lei 4320.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/345260/images/original/Evolu&#231;ao da Receita Art. 12 da LRF (II).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/347633/images/original/Anteprojeto de Lei  LOA 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/348873/images/original/Sumario Geral da Receita por Fontes e da Despesa por Funcoes do Governo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/348874/images/original/Demonstrativo da Despesa por Funcoes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/348875/images/original/Demonstrativo da Despesa por Funcoes, Programas e Subprogramas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/348876/images/original/Programa de Trabalho de Governo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/348877/images/original/Programa de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/348878/images/original/Demonstracao da Despesa por Unidades Orcamentarias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/348885/images/original/Natureza da Despesa Segundo as Categorias Economicas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/348886/images/original/Resumo Geral da Receita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/348892/images/original/Discrimina&#231;&#227;o da Leg da Receita (I).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/348887/images/original/Demonstra&#231;&#227;o da Receita e Despesa Segundo as Categorias Econ&#244;micas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/348888/images/original/Ata Audi&#234;ncia P&#250;blica LOA 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/352909/images/original/PL 19  LOA 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/368020/images/original/Lei 1630 LOA 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/494079/images/original/Lei n&#186; 1652 de 22 10 2024 Altera Lei 1630 de 2024 LOA 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239233/images/original/Plano Aplica&#231;&#227;o FMSB (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239234/images/original/Plano Aplica&#231;&#227;o FMH (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239235/images/original/Plano Aplica&#231;&#227;o FUNDEMA (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239225/images/original/Discrimina&#231;&#227;o da Leg da Receita (I).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239226/images/original/Evolu&#231;ao da Receita Art. 12 da LRF (II).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239227/images/original/ESTIMATIVA E COMPENSA&#199;&#195;O DA REN&#218;NCIA DE RECEITA (III).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239236/images/original/Plano Aplica&#231;&#227;o FUNDAGRO (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239238/images/original/Plano Aplica&#231;&#227;o FAPS (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239239/images/original/Plano Aplica&#231;&#227;o FUMUDE (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239240/images/original/Plano Aplica&#231;&#227;o FMI (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239228/images/original/demonstrativo or&#231;amento fiscal seguridade (IV).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239229/images/original/Plano Aplica&#231;&#227;o FUMC (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239230/images/original/Plano Aplica&#231;&#227;o FMS (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239231/images/original/Plano Aplica&#231;&#227;o FUMTUR (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239242/images/original/Plano Aplica&#231;&#227;o FMCA (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239244/images/original/Plano Aplica&#231;&#227;o FMAS (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239245/images/original/Demonstrativo de Compatibilidade (VI).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239246/images/original/DESP PESSOAL Or&#231;.TCE EXEC (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239247/images/original/DESP PESSOAL Or&#231;.TCE LEG (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239248/images/original/RCL OR&#199; Def TCE (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239249/images/original/BC MDE (VIII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239251/images/original/BC FMS (IX).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239252/images/original/demonstrativo das Categorias de Progr. Fin. com rec. Opera&#231;&#245;es de cr&#233;dito (X).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239254/images/original/B&#225;se de C&#225;lculo para despesas com legislativo Previsto (XI).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239255/images/original/Oficio   90  da CMV p PM LOA Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239256/images/original/Oficio 127  da PM p CMV Remun Cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239257/images/original/Oficio 126  da PM p CMV RCL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239258/images/original/Precat&#243;rios a serem incluidos na LOA 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239259/images/original/Demon D&#237;vida Fundada e evolu&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239260/images/original/Sumario Geral da Receita por Fontes e da Despesa por Funcoes do Governo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239261/images/original/Demonstrativo da Despesa por Funcoes Anexo 9, da Lei 4.320 64.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239262/images/original/Demonstrativo da Despesa por Funcoes, Programas e Subprogramas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239263/images/original/Programa de Trabalho de Governo Anexo 7, da Lei 4.320 64.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239265/images/original/Demonstracao da Despesa por Unidades Orcamentarias  Anexo 2, da Lei 4.320 64.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239266/images/original/Natureza da Despesa Segundo as Categorias Economicas  Anexo 2, da Lei 4.320 64.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239267/images/original/Resumo Geral da Receita  Anexo 2, da Lei 4.320 64.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239268/images/original/Demonstra&#231;&#227;o da Receita e Despesa Segundo as Categorias Econ&#244;micas  Anexo 01, da Lei 4.320 64.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239269/images/original/Ante Projeto de Lei  LOA 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239317/images/original/METAS ANUAIS  -VALORES ATUALIZADOS PELA LOA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/241361/images/original/Ata Conselho de Educa&#231;&#227;o e FUNDEB.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/241362/images/original/Ata COMUMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/241363/images/original/Ata CMH.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/241364/images/original/Ata CMAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/241368/images/original/Ata COMUI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/241369/images/original/Ata COMDICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/241370/images/original/Ata COMPREV.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/241371/images/original/Ata CMS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/241373/images/original/Ata Audi&#234;ncia P&#250;blica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/241374/images/original/Programa de Trabalho  Anexo 6, da Lei 4.320 64.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/241833/images/original/Projeto de Lei  LOA 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/250048/images/original/Lei 1603 LOA 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159454/images/original/Evolu&#231;ao da Receita Art. 22 Lei 4320.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159455/images/original/Evolu&#231;ao da Despesa Art. 22 Lei 4320.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159456/images/original/Discrimina&#231;&#227;o da Leg da Receita (I).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159457/images/original/Evolu&#231;ao da Receita Art. 12 da LRF (II).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159458/images/original/ESTIMATIVA E COMPENSA&#199;&#195;O DA REN&#218;NCIA DE RECEITA (III).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159459/images/original/demonstrativo or&#231;amento fiscal seguridade (IV).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159460/images/original/Plano Aplica&#231;&#227;o FAPS (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159461/images/original/Plano Aplica&#231;&#227;o FMS (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159462/images/original/Plano Aplica&#231;&#227;o FUNDAGRO (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159463/images/original/Plano Aplica&#231;&#227;o FUNDEMA (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159464/images/original/Plano Aplica&#231;&#227;o FMAS (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159465/images/original/Plano Aplica&#231;&#227;o FMCA (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159467/images/original/Plano Aplica&#231;&#227;o FUMC (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159468/images/original/Plano Aplica&#231;&#227;o FMI (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159469/images/original/Plano Aplica&#231;&#227;o FMH (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159470/images/original/Plano Aplica&#231;&#227;o FMSB (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159471/images/original/Plano Aplica&#231;&#227;o FUMUDE (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159472/images/original/Plano Aplica&#231;&#227;o FUMTUR (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159473/images/original/Demonstrativo de Compatibilidade (VI).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159474/images/original/RCL OR&#199; Def TCE (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159475/images/original/DESP PESSOAL Or&#231;.TCE LEG (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159476/images/original/DESP PESSOAL Or&#231;.TCE EXEC (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159477/images/original/BC MDE (VIII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159478/images/original/BC FMS (IX).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159479/images/original/demonstrativo das Categorias de Progr. Fin. com rec. Opera&#231;&#245;es de cr&#233;dito (X).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159480/images/original/B&#225;se de C&#225;lculo para despesas com legislativo Previsto (XI).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159481/images/original/ANEXO DE  METAS FISCAIS  Atualizadas Art 2&#186; &#167;&#167; 1&#186; e 2&#186; da Lei 1560 de 2021 LDO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159491/images/original/Subsidios_p_elaboraao_oramento__2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159492/images/original/Of&#237;cio 190 2021 da PM p CMV.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159493/images/original/Of&#237;cio 189 2021 da PM p CMV.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159494/images/original/Of&#237;cio 139 2021 da CMV p PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159495/images/original/Lei 1505 - Reorganiza Estrutura Administrativa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/159496/images/original/Planilha Processos Judiciais Atualizadas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160055/images/original/Anteprojeto de Lei  LOA 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/161917/images/original/Anexo 1 da Lei 4320 64 Demonstra&#231;&#227;o da Receita e Despesa Segundo as Categorias Econ&#244;micas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/161918/images/original/Anexo 2  da Lei 4320  64   Resumo Geral da Receita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/161919/images/original/Anexo 2 da Lei 4320  64 - Consolidacao Geral Natureza da Despesa Segundo as Categorias Economicas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/161920/images/original/Anexo 2  da Lei 4320   64 Demonstracao da Despesa por Unidades Orcamentarias Segundo as Categorias Economicas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/161921/images/original/Anexo 6  da Lei 4320  64   Programa de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/161922/images/original/Anexo 7  da Lei 4320  64 Demonstrativo de Funcoes  Subfuncoes e Programas por Projetos  Atividades e O E.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/161923/images/original/Anexo 8 da Lei 4320 64 Demonstrativo da Despesa por Funcoes, Programas e Subprogramas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/161924/images/original/Anexo 9 da Lei 4320  64 Demonstrativo da Despesa por Funcoes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/161925/images/original/Sumario Geral da Receita por Fontes e da Despesa por Funcoes do Governo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/161926/images/original/ATA AUDIENCIA LOA 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/163556/images/original/Projeto de Lei n&#186; 15 de 29 10 2021  LOA 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/165379/images/original/Lei 1565  LOA 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122437/images/original/Evolu&#231;ao da Receita Art. 22 Lei 4320 (II).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122448/images/original/Planilha Processos Judiciais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122436/images/original/Evolu&#231;ao da Despesa Art. 22 Lei 4320 (II).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122447/images/original/Precatorios a serem pagos em 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122449/images/original/Discrimina&#231;&#227;o da Leg da Receita (I).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122450/images/original/Evolu&#231;ao da Receita Art. 12 da LRF (II).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122451/images/original/ESTIMATIVA E COMPENSA&#199;&#195;O DA REN&#218;NCIA DE RECEITA III.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122452/images/original/demonstrativo or&#231;amento fiscal seguridade (IV).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122453/images/original/Plano Aplica&#231;&#227;o FUMC  (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122454/images/original/Plano Aplica&#231;&#227;o FUMUDE  (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122455/images/original/Plano Aplica&#231;&#227;o FMI  (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122456/images/original/Plano Aplica&#231;&#227;o FUMTUR  (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122457/images/original/Plano Aplica&#231;&#227;o FMSB  (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122458/images/original/Plano Aplica&#231;&#227;o FMCA  (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122459/images/original/Plano Aplica&#231;&#227;o FMAS  (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122460/images/original/Plano Aplica&#231;&#227;o FMH  (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122461/images/original/Plano Aplica&#231;&#227;o FUNDEMA  (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122462/images/original/Plano Aplica&#231;&#227;o FMS  (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122463/images/original/Plano Aplica&#231;&#227;o FUNDAGRO  (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122464/images/original/Plano Aplica&#231;&#227;o FAPS (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122465/images/original/Demonstrativo de Compatibilidade (VI).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122466/images/original/RCL OR&#199; Def STN (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122467/images/original/RCL OR&#199; Def TCE (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122468/images/original/DESP PESSOAL Or&#231;.STN EXEC (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122469/images/original/DESP PESSOAL Or&#231;.TCE EXEC (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122470/images/original/DESP PESSOAL Or&#231;.STN LEG (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122472/images/original/DESP PESSOAL Or&#231;.TCE LEG (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122473/images/original/BC MDE (VIII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122474/images/original/BC FMS (IX).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122475/images/original/demonstrativo das Categorias de Progr. Fin. com rec. Opera&#231;&#245;es de cr&#233;dito (X).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122476/images/original/B&#225;se de C&#225;lculo para despesas com legislativo Previsto (XI).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/123483/images/original/Anexo 6 Programa de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/123484/images/original/Anexo 7 Programa de Trabalho de Governo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/123479/images/original/Anexo 1 Receita e Despesa Seg Natureza.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/123480/images/original/Anexo 2 Receita  Seg Natureza.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/123481/images/original/Anexo 2 Despesa Seg Natureza.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/123482/images/original/Anexo 2 Demonstra&#231;&#227;o da Despesa por Unidades Or&#231;ament&#225;rias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/123486/images/original/Anexo 8  Demonstrativo da Despesa por Funcoes, Programas e Subprogramas Conforme o Vinculo com os Recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/123487/images/original/Anexo 9  Demonstrativo da Despesa por Funcoes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/123488/images/original/Sumario Geral da Receita por Fontes e da Despesa por Funcoes do Governo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/123489/images/original/Ata Audi&#234;ncia P&#250;blica LOA 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/123492/images/original/Projeto de Lei  LOA 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/125222/images/original/Lei 1541 LOA 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/162908/images/original/Lei 1564 Altera Lei 1541 LOA 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60964/images/original/Lei 1508  LOA 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60965/images/original/Anexo 1 Receita  e Despesa Seg Natureza.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60966/images/original/anexo 2 receita seg natureza.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60967/images/original/anexo 2 despesa seg natureza.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60968/images/original/Anexo 2 Demonstra&#231;&#227;o da Despesa por Unid Or&#231;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60969/images/original/anexo 6 programa de trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60970/images/original/anexo 7 programa de trabalho de governo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/61008/images/original/Ata Audi&#234;ncia P&#250;blica LOA 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60971/images/original/anexo 8 demonstrativo da despesa por funcoes, programas e subprogramas conforme o v&#237;nculo com os recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60972/images/original/Anexo 9  Demonstrativo da Despesa por Funcoes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60973/images/original/Sumario Geral da Receita por Fontes e da Despesa por Funcoes do Governo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60974/images/original/Discrimina&#231;&#227;o da Leg da Receita (I).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60975/images/original/Evolu&#231;ao da Receita Art. 12 da LRF (II).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60976/images/original/demonstrativo or&#231;amento fiscal seguridade (IV).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60977/images/original/Plano Aplica&#231;&#227;o FUMC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60978/images/original/Plano Aplica&#231;&#227;o FUMUDE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60979/images/original/Plano Aplica&#231;&#227;o FMI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60980/images/original/Plano Aplica&#231;&#227;o FUMTUR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60981/images/original/Plano Aplica&#231;&#227;o FMSB.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60982/images/original/Plano Aplica&#231;&#227;o FMCA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60983/images/original/Plano Aplica&#231;&#227;o FMH.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60984/images/original/Plano Aplica&#231;&#227;o FUNDEMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60985/images/original/Plano Aplica&#231;&#227;o FUNDAGRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60986/images/original/Plano Aplica&#231;&#227;o FMS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60987/images/original/Plano Aplica&#231;&#227;o FAPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60988/images/original/Plano Aplica&#231;&#227;o FMAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60989/images/original/Demonstrativo de Compatibilidade (VI).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60990/images/original/DESP PESSOAL Or&#231;.STN LEG.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60991/images/original/DESP PESSOAL Or&#231;.STN EXEC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60992/images/original/DESP PESSOAL Or&#231;.TCE LEG.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60993/images/original/DESP PESSOAL Or&#231;.TCE EXEC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60994/images/original/RCL OR&#199; Def STN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60995/images/original/RCL OR&#199; Def TCE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60996/images/original/Evolu&#231;ao da Despesa Art. 22 Lei 4320.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60997/images/original/Evolu&#231;ao da Receita Art. 22 Lei 4320.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60998/images/original/Of&#237;cio 122 da CMV para PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60999/images/original/Of&#237;cio 187 da PM  para CMV.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/61000/images/original/Of&#237;cio 188 da PM  para CMV.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/61001/images/original/AUDIENCIA or&#231; 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/61002/images/original/Planilha Processos Judiciais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/61003/images/original/Requisi&#231;&#227;o de Pagamento - Precat&#243;rio (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/61004/images/original/Requisi&#231;&#227;o de Pagamento - Precat&#243;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/61005/images/original/Dec- 2618-   2019 (Estrutura Or&#231; da Desp).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/61006/images/original/Lei 1505 - Reorganiza Estrutura Administrativa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/61007/images/original/Lei 1506 - altera reda&#231;&#227;o L.603 - F.Habita&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/61058/images/original/BC FMS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/61059/images/original/BC MDE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/61060/images/original/demonstrativo das Categorias de Progr. Fin. com rec. Opera&#231;&#245;es de cr&#233;dito (x).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/61061/images/original/B&#225;se de C&#225;lculo para despesas com legislativo Previsto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/61062/images/original/Anexos da LDO 2020 (LOA).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3440/images/original/Evolu&#231;ao da Despesa Art. 22 Lei 4320.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3441/images/original/Anexo 1 Receita  e Despesa Seg Natureza.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3442/images/original/Anexo 2 Receita Seg Natureza.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3443/images/original/Anexo 2 Despesa Seg Natureza.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3438/images/original/Lei 1469 - Lei or&#231;ament&#225;ria 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3439/images/original/Evolu&#231;ao da Receita Art. 22 Lei 4320.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3444/images/original/Anexo 2 Demonstra&#231;&#227;o da Despesa por Unid Or&#231;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3445/images/original/Anexo 6 Programa de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3446/images/original/Anexo 7 Programa de Trabalho de Governo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3447/images/original/Anexo 8 Demonstrativo da Despesa por Funcoes, Programas e Subprogramas Conforme o V&#237;nculo com os Recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3448/images/original/Anexo 9  Demonstrativo da Despesa por Funcoes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3449/images/original/Sumario Geral da Receita por Fontes e da Despesa por Funcoes do Governo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3450/images/original/Plano Aplica&#231;&#227;o FMSB.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3451/images/original/Plano Aplica&#231;&#227;o FAPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3452/images/original/Plano Aplica&#231;&#227;o FMAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3453/images/original/Plano Aplica&#231;&#227;o FMI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3454/images/original/Plano Aplica&#231;&#227;o FMH.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3455/images/original/Plano Aplica&#231;&#227;o FMCA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3456/images/original/Plano Aplica&#231;&#227;o FUMUDE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3457/images/original/Plano Aplica&#231;&#227;o FUMTUR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3458/images/original/Plano Aplica&#231;&#227;o FUMC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3459/images/original/Plano Aplica&#231;&#227;o FMS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3460/images/original/Plano Aplica&#231;&#227;o FUNDEMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3461/images/original/Plano Aplica&#231;&#227;o FUNDAGRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3473/images/original/Demon D&#237;vida Fundada e evolu&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3474/images/original/Mem&#243;ria e Metodologia de c&#225;lculo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3475/images/original/demonstrativo das Categorias de Progr. Fin. com rec. Opera&#231;&#245;es de cr&#233;dito (x).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3476/images/original/BC FMS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3477/images/original/BC MDE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3478/images/original/Demonstrativo de Compatibilidade (VI).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3479/images/original/demonstrativo or&#231;amento fiscal seguridade (IV).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3480/images/original/Discrimina&#231;&#227;o da Leg da Receita (I).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3481/images/original/N&#250;mero de Alunos da rede Municipal de Ensino 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3482/images/original/Decreto 2553 11 10 2018 Estrutura Or&#231;ament&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3483/images/original/AUDIENCIA or&#231; Mural.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3485/images/original/Of&#237;cio 74 2018 CMV Art 10 LDO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3486/images/original/Of&#237;cio 151 2018 Art 49 LDO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3487/images/original/Of&#237;cio 139 2018 Art 13 LDO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3488/images/original/Indice Provis&#243;rio ICMS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3489/images/original/Previs&#227;o LOA 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3491/images/original/Audi&#226;ncia P&#250;blica SITE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3492/images/original/Ata Audi&#234;ncia P&#250;blica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2232/images/original/Lei n&#186;  1441 - LOA 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2233/images/original/Evolu&#231;ao da Receita Art. 22 Lei 4320.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2234/images/original/Evolu&#231;ao da Despesa Art. 22 Lei 4320.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2235/images/original/Anexo 1 da Lei 4320 64 Demonstra&#231;&#227;o da Receita e Despesa Segundo as Categorias Econ&#244;micas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2236/images/original/Anexo 2 da Lei 4320 64  Natureza da Receita Segundo Categorias Econ&#244;micas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2237/images/original/Anexo 2 da Lei 4320 64  Natureza da Despesa Segundo as Categorias Economicas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2238/images/original/Anexo 2 da Lei 4320 64  Demonstracao da Despesa por Unidades Orcamentarias Segundo as Categorias Economicas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2239/images/original/Anexo 6 da Lei 4320 64  Programa de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2240/images/original/Anexo 7 da Lei 4320 64  Programa de Trabalho de Governo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2241/images/original/Anexo 8 da Lei 4320 64  Demonstrativo da Despesa por Funcoes, Programas e Subprogramas  Conforme o Vinculo com os Recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2243/images/original/Anexo 9 da Lei 4320 64  Demonstrativo da Despesa por Funcoes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2244/images/original/Sumario Geral da Receita por Fontes e da Despesa por Funcoes do Governo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2245/images/original/Discrimina&#231;&#227;o da Leg da Receita (I).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2246/images/original/Evolu&#231;ao da Receita Art. 12 da LRF (II).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2248/images/original/Demonstrativo da Estimativa e Compensa&#231;&#227;o da Ren&#250;ncia de Receita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2249/images/original/demonstrativo or&#231;amento fiscal seguridade (IV).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2250/images/original/LEIS FUNDOS MUN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2251/images/original/Plano Aplica&#231;&#227;o FAPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2260/images/original/Plano Aplica&#231;&#227;o FMH.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2253/images/original/Plano Aplica&#231;&#227;o FUMC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2254/images/original/Plano Aplica&#231;&#227;o FMSB.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2256/images/original/Plano Aplica&#231;&#227;o FUNDEMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2258/images/original/Plano Aplica&#231;&#227;o FUNDAGRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2259/images/original/Plano Aplica&#231;&#227;o FUMUDE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2262/images/original/Plano Aplica&#231;&#227;o FMCA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2263/images/original/Plano Aplica&#231;&#227;o FMAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2264/images/original/Plano Aplica&#231;&#227;o FMI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2265/images/original/Plano Aplica&#231;&#227;o FUMTUR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2266/images/original/Plano Aplica&#231;&#227;o FMS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2267/images/original/Demonstrativo de Compatibilidade (VI).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2268/images/original/RCL OR&#199; Def TCE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2269/images/original/RCL OR&#199; Def STN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2270/images/original/DESP PESSOAL Or&#231;.TCE EXEC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2271/images/original/DESP PESSOAL Or&#231;.STN EXEC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2272/images/original/DESP PESSOAL Or&#231;.TCE LEG.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2273/images/original/DESP PESSOAL Or&#231;.STN LEG.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2286/images/original/Previs&#227;o 2018 Cristal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2274/images/original/BC MDE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2275/images/original/BC FMS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2276/images/original/demonstrativo das Categorias de Progr. Fin. com rec. Opera&#231;&#245;es de cr&#233;dito (x).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2277/images/original/B&#225;se de C&#225;lculo para despesas com legislativo Previsto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2278/images/original/Mem&#243;ria e Metodologia de c&#225;lculo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2279/images/original/Demon D&#237;vida Fundada e evolu&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2280/images/original/Demonstrativo de Metas Fiscais Atualizadas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2281/images/original/Of&#237;cio 167 2017 Estimativa Receita e Despesa folha pgto e RCL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2282/images/original/Of&#237;cio 157 2017 Rela&#231;&#227;o da Remun e Subsidios dos Cargos P&#250;blicos Municipais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2283/images/original/Of&#237;cio 097 2017 da CMV Or&#231;amento do Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2284/images/original/N&#250;mero de Alunos da rede Municipal de ensino.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2287/images/original/Ind 2018 PROV x 2018 def.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2288/images/original/Ata Audi&#234;ncia Publica LOA 2018.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C423"/>
+  <dimension ref="A1:C431"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C423" sqref="C423"/>
+      <selection activeCell="C431" sqref="C431"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>3</v>
       </c>
       <c r="B3" t="s">
         <v>4</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>3</v>
       </c>
       <c r="B5" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
         <v>3</v>
       </c>
       <c r="B6" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>3</v>
       </c>
       <c r="B7" t="s">
         <v>4</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
         <v>3</v>
       </c>
       <c r="B8" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
         <v>3</v>
       </c>
       <c r="B9" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
         <v>3</v>
       </c>
       <c r="B10" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
         <v>3</v>
       </c>
       <c r="B11" t="s">
         <v>4</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
         <v>3</v>
       </c>
       <c r="B12" t="s">
         <v>4</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
         <v>3</v>
       </c>
       <c r="B13" t="s">
         <v>4</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
         <v>3</v>
       </c>
       <c r="B14" t="s">
         <v>4</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
         <v>3</v>
       </c>
       <c r="B15" t="s">
         <v>4</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
         <v>3</v>
       </c>
       <c r="B16" t="s">
         <v>4</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
         <v>3</v>
       </c>
       <c r="B17" t="s">
         <v>4</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
         <v>3</v>
       </c>
       <c r="B18" t="s">
         <v>4</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
         <v>3</v>
       </c>
       <c r="B19" t="s">
         <v>4</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
         <v>3</v>
       </c>
       <c r="B20" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
         <v>3</v>
       </c>
       <c r="B21" t="s">
         <v>4</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
         <v>3</v>
       </c>
       <c r="B22" t="s">
         <v>4</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
         <v>3</v>
       </c>
       <c r="B23" t="s">
         <v>4</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
         <v>3</v>
       </c>
       <c r="B24" t="s">
         <v>4</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
         <v>3</v>
       </c>
       <c r="B25" t="s">
         <v>4</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
         <v>3</v>
       </c>
       <c r="B26" t="s">
         <v>4</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
         <v>3</v>
       </c>
       <c r="B27" t="s">
         <v>4</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
         <v>3</v>
       </c>
       <c r="B28" t="s">
         <v>4</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
         <v>3</v>
       </c>
       <c r="B29" t="s">
         <v>4</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
         <v>3</v>
       </c>
       <c r="B30" t="s">
         <v>4</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
         <v>3</v>
       </c>
       <c r="B31" t="s">
         <v>4</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
         <v>3</v>
       </c>
       <c r="B32" t="s">
         <v>4</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
         <v>3</v>
       </c>
       <c r="B33" t="s">
         <v>4</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
         <v>3</v>
       </c>
       <c r="B34" t="s">
         <v>4</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
         <v>3</v>
       </c>
       <c r="B35" t="s">
         <v>4</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
         <v>3</v>
       </c>
       <c r="B36" t="s">
         <v>4</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
         <v>3</v>
       </c>
       <c r="B37" t="s">
         <v>4</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
         <v>3</v>
       </c>
       <c r="B38" t="s">
         <v>4</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
         <v>3</v>
       </c>
       <c r="B39" t="s">
         <v>4</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
         <v>3</v>
       </c>
       <c r="B40" t="s">
         <v>4</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
         <v>3</v>
       </c>
       <c r="B41" t="s">
         <v>4</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
         <v>3</v>
       </c>
       <c r="B42" t="s">
         <v>4</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="B43" t="s">
-        <v>46</v>
+        <v>4</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="B44" t="s">
+        <v>4</v>
+      </c>
+      <c r="C44" s="1" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="B45" t="s">
-        <v>46</v>
+        <v>4</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="B46" t="s">
-        <v>46</v>
+        <v>4</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="B47" t="s">
-        <v>46</v>
+        <v>4</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="B48" t="s">
-        <v>46</v>
+        <v>4</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>9</v>
+        <v>50</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="B49" t="s">
-        <v>46</v>
+        <v>4</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>8</v>
+        <v>51</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="B50" t="s">
-        <v>46</v>
+        <v>4</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>6</v>
+        <v>52</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B51" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B52" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>10</v>
+        <v>56</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B53" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>20</v>
+        <v>58</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B55" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>23</v>
+        <v>59</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B56" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B57" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>24</v>
+        <v>7</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
+        <v>53</v>
+      </c>
+      <c r="B58" t="s">
+        <v>54</v>
+      </c>
+      <c r="C58" s="1" t="s">
         <v>5</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B59" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>18</v>
+        <v>60</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B60" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B61" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B62" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B63" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B64" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B65" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B66" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B67" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B68" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B69" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B70" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B71" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B72" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B73" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B74" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>53</v>
+        <v>11</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B75" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>54</v>
+        <v>25</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B76" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B77" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B78" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>57</v>
+        <v>28</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B79" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>58</v>
+        <v>29</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B80" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>59</v>
+        <v>30</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B81" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>60</v>
+        <v>31</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B82" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>25</v>
+        <v>61</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B83" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B84" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B85" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B86" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B87" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B88" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B89" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B90" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>68</v>
+        <v>24</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B91" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B92" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B93" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B94" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B95" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B96" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
+        <v>53</v>
+      </c>
+      <c r="B97" t="s">
+        <v>54</v>
+      </c>
+      <c r="C97" s="1" t="s">
         <v>75</v>
-      </c>
-[...4 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>75</v>
+        <v>53</v>
       </c>
       <c r="B98" t="s">
-        <v>76</v>
+        <v>54</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>78</v>
+        <v>51</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>75</v>
+        <v>53</v>
       </c>
       <c r="B99" t="s">
-        <v>76</v>
+        <v>54</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>79</v>
+        <v>50</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
-        <v>75</v>
+        <v>53</v>
       </c>
       <c r="B100" t="s">
+        <v>54</v>
+      </c>
+      <c r="C100" s="1" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
-        <v>75</v>
+        <v>53</v>
       </c>
       <c r="B101" t="s">
-        <v>76</v>
+        <v>54</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>8</v>
+        <v>77</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
-        <v>75</v>
+        <v>53</v>
       </c>
       <c r="B102" t="s">
-        <v>76</v>
+        <v>54</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>10</v>
+        <v>78</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
-        <v>75</v>
+        <v>53</v>
       </c>
       <c r="B103" t="s">
-        <v>76</v>
+        <v>54</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>11</v>
+        <v>79</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
-        <v>75</v>
+        <v>53</v>
       </c>
       <c r="B104" t="s">
-        <v>76</v>
+        <v>54</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>12</v>
+        <v>80</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B105" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>24</v>
+        <v>83</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B106" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>17</v>
+        <v>84</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B107" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B108" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>22</v>
+        <v>86</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B109" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>21</v>
+        <v>7</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B110" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B111" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B112" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B113" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B114" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B115" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>13</v>
+        <v>87</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B116" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B117" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B118" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B119" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B120" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B121" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B122" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>82</v>
+        <v>13</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B123" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B124" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B125" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>7</v>
+        <v>26</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B126" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>83</v>
+        <v>27</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B127" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B128" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>84</v>
+        <v>28</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B129" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>85</v>
+        <v>29</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B130" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B131" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>87</v>
+        <v>31</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B132" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>88</v>
+        <v>8</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B133" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>89</v>
+        <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B134" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B135" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>6</v>
+        <v>66</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B136" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B137" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>72</v>
+        <v>91</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B138" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="C138" s="1" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B139" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B140" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" t="s">
+        <v>81</v>
+      </c>
+      <c r="B141" t="s">
+        <v>82</v>
+      </c>
+      <c r="C141" s="1" t="s">
         <v>95</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" t="s">
-        <v>95</v>
+        <v>81</v>
       </c>
       <c r="B142" t="s">
+        <v>82</v>
+      </c>
+      <c r="C142" s="1" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" t="s">
-        <v>95</v>
+        <v>81</v>
       </c>
       <c r="B143" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>18</v>
+        <v>5</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" t="s">
-        <v>95</v>
+        <v>81</v>
       </c>
       <c r="B144" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>6</v>
+        <v>97</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" t="s">
-        <v>95</v>
+        <v>81</v>
       </c>
       <c r="B145" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>7</v>
+        <v>78</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" t="s">
-        <v>95</v>
+        <v>81</v>
       </c>
       <c r="B146" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>10</v>
+        <v>98</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" t="s">
-        <v>95</v>
+        <v>81</v>
       </c>
       <c r="B147" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>19</v>
+        <v>99</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" t="s">
-        <v>95</v>
+        <v>81</v>
       </c>
       <c r="B148" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>17</v>
+        <v>100</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B149" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B150" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B151" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B152" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>97</v>
+        <v>5</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B153" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>98</v>
+        <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B154" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B155" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B156" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B157" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B158" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B159" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B160" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>26</v>
+        <v>103</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B161" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>29</v>
+        <v>104</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B162" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B163" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>82</v>
+        <v>13</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B164" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B165" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>99</v>
+        <v>24</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B166" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>100</v>
+        <v>26</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B167" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>101</v>
+        <v>27</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B168" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>102</v>
+        <v>25</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B169" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>103</v>
+        <v>28</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B170" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>58</v>
+        <v>29</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B171" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>57</v>
+        <v>88</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B172" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>85</v>
+        <v>31</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B173" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>54</v>
+        <v>105</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B174" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>55</v>
+        <v>106</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B175" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>53</v>
+        <v>107</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B176" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>56</v>
+        <v>108</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B177" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>59</v>
+        <v>109</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B178" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>104</v>
+        <v>66</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B179" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>80</v>
+        <v>65</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B180" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>105</v>
+        <v>91</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B181" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>106</v>
+        <v>62</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B182" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>107</v>
+        <v>63</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B183" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>108</v>
+        <v>61</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B184" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>109</v>
+        <v>64</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B185" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>110</v>
+        <v>67</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B186" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B187" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>112</v>
+        <v>86</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B188" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B189" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>61</v>
+        <v>112</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B190" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B191" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" t="s">
-        <v>116</v>
+        <v>101</v>
       </c>
       <c r="B192" t="s">
-        <v>117</v>
+        <v>102</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>9</v>
+        <v>115</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" t="s">
+        <v>101</v>
+      </c>
+      <c r="B193" t="s">
+        <v>102</v>
+      </c>
+      <c r="C193" s="1" t="s">
         <v>116</v>
-      </c>
-[...4 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" t="s">
-        <v>116</v>
+        <v>101</v>
       </c>
       <c r="B194" t="s">
+        <v>102</v>
+      </c>
+      <c r="C194" s="1" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" t="s">
-        <v>116</v>
+        <v>101</v>
       </c>
       <c r="B195" t="s">
-        <v>117</v>
+        <v>102</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>7</v>
+        <v>118</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" t="s">
-        <v>116</v>
+        <v>101</v>
       </c>
       <c r="B196" t="s">
-        <v>117</v>
+        <v>102</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>10</v>
+        <v>119</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" t="s">
-        <v>116</v>
+        <v>101</v>
       </c>
       <c r="B197" t="s">
-        <v>117</v>
+        <v>102</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>11</v>
+        <v>69</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" t="s">
-        <v>116</v>
+        <v>101</v>
       </c>
       <c r="B198" t="s">
-        <v>117</v>
+        <v>102</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" t="s">
-        <v>116</v>
+        <v>101</v>
       </c>
       <c r="B199" t="s">
-        <v>117</v>
+        <v>102</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>12</v>
+        <v>121</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="B200" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="B201" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="B202" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="B203" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="B204" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>81</v>
+        <v>9</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="B205" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="B206" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>21</v>
+        <v>124</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="B207" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="B208" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="B209" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="B210" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="B211" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="B212" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>28</v>
+        <v>87</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="B213" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="B214" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="B215" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="B216" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>82</v>
+        <v>15</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="B217" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="B218" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>119</v>
+        <v>24</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="B219" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>120</v>
+        <v>25</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="B220" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>121</v>
+        <v>27</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="B221" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>122</v>
+        <v>26</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="B222" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="B223" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>124</v>
+        <v>29</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="B224" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>125</v>
+        <v>88</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="B225" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>126</v>
+        <v>31</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="B226" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="B227" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="B228" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="B229" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="B230" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="B231" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="B232" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="B233" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="B234" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>58</v>
+        <v>133</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="B235" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="B236" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="B237" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" t="s">
-        <v>138</v>
+        <v>122</v>
       </c>
       <c r="B238" t="s">
-        <v>139</v>
+        <v>123</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" t="s">
+        <v>122</v>
+      </c>
+      <c r="B239" t="s">
+        <v>123</v>
+      </c>
+      <c r="C239" s="1" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" t="s">
-        <v>138</v>
+        <v>122</v>
       </c>
       <c r="B240" t="s">
+        <v>123</v>
+      </c>
+      <c r="C240" s="1" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" t="s">
-        <v>138</v>
+        <v>122</v>
       </c>
       <c r="B241" t="s">
-        <v>139</v>
+        <v>123</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" t="s">
-        <v>138</v>
+        <v>122</v>
       </c>
       <c r="B242" t="s">
-        <v>139</v>
+        <v>123</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>6</v>
+        <v>66</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" t="s">
-        <v>138</v>
+        <v>122</v>
       </c>
       <c r="B243" t="s">
-        <v>139</v>
+        <v>123</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>7</v>
+        <v>141</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" t="s">
-        <v>138</v>
+        <v>122</v>
       </c>
       <c r="B244" t="s">
-        <v>139</v>
+        <v>123</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" t="s">
-        <v>138</v>
+        <v>122</v>
       </c>
       <c r="B245" t="s">
-        <v>139</v>
+        <v>123</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>11</v>
+        <v>143</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B246" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>81</v>
+        <v>146</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B247" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>16</v>
+        <v>147</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B248" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B249" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>24</v>
+        <v>149</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B250" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>22</v>
+        <v>5</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B251" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B252" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>13</v>
+        <v>150</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B253" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B254" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>18</v>
+        <v>87</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B255" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B256" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B257" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B258" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B259" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>145</v>
+        <v>13</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B260" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B261" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>146</v>
+        <v>20</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B262" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B263" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>147</v>
+        <v>11</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B264" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B265" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B266" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B267" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>82</v>
+        <v>151</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B268" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B269" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B270" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>149</v>
+        <v>26</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B271" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B272" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>151</v>
+        <v>27</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B273" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>152</v>
+        <v>28</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B274" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>153</v>
+        <v>29</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B275" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>154</v>
+        <v>88</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B276" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>155</v>
+        <v>31</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B277" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>58</v>
+        <v>154</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B278" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B279" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B280" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B281" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" t="s">
-        <v>160</v>
+        <v>144</v>
       </c>
       <c r="B282" t="s">
-        <v>161</v>
+        <v>145</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" t="s">
+        <v>144</v>
+      </c>
+      <c r="B283" t="s">
+        <v>145</v>
+      </c>
+      <c r="C283" s="1" t="s">
         <v>160</v>
-      </c>
-[...4 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" t="s">
-        <v>160</v>
+        <v>144</v>
       </c>
       <c r="B284" t="s">
+        <v>145</v>
+      </c>
+      <c r="C284" s="1" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" t="s">
-        <v>160</v>
+        <v>144</v>
       </c>
       <c r="B285" t="s">
-        <v>161</v>
+        <v>145</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>164</v>
+        <v>66</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" t="s">
-        <v>160</v>
+        <v>144</v>
       </c>
       <c r="B286" t="s">
-        <v>161</v>
+        <v>145</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" t="s">
-        <v>160</v>
+        <v>144</v>
       </c>
       <c r="B287" t="s">
-        <v>161</v>
+        <v>145</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" t="s">
-        <v>160</v>
+        <v>144</v>
       </c>
       <c r="B288" t="s">
-        <v>161</v>
+        <v>145</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" t="s">
-        <v>160</v>
+        <v>144</v>
       </c>
       <c r="B289" t="s">
-        <v>161</v>
+        <v>145</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B290" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B291" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B292" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>58</v>
+        <v>169</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B293" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>6</v>
+        <v>170</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B294" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>7</v>
+        <v>171</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B295" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>7</v>
+        <v>172</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B296" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B297" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B298" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B299" t="s">
+        <v>167</v>
+      </c>
+      <c r="C299" s="1" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B300" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>174</v>
+        <v>66</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B301" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>175</v>
+        <v>5</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B302" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>176</v>
+        <v>6</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B303" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>177</v>
+        <v>6</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B304" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B305" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B306" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B307" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B308" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>25</v>
+        <v>180</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B309" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B310" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B311" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B312" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B313" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B314" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B315" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>8</v>
+        <v>187</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B316" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B317" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C317" s="1" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B318" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C318" s="1" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B319" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C319" s="1" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B320" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C320" s="1" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B321" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>141</v>
+        <v>192</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B322" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B323" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>193</v>
+        <v>7</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B324" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>194</v>
+        <v>8</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B325" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>124</v>
+        <v>194</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B326" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C326" s="1" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B327" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C327" s="1" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B328" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C328" s="1" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B329" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>198</v>
+        <v>147</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B330" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B331" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" t="s">
-        <v>201</v>
+        <v>166</v>
       </c>
       <c r="B332" t="s">
-        <v>202</v>
+        <v>167</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>8</v>
+        <v>200</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" t="s">
-        <v>201</v>
+        <v>166</v>
       </c>
       <c r="B333" t="s">
-        <v>202</v>
+        <v>167</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" t="s">
+        <v>166</v>
+      </c>
+      <c r="B334" t="s">
+        <v>167</v>
+      </c>
+      <c r="C334" s="1" t="s">
         <v>201</v>
-      </c>
-[...4 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" t="s">
-        <v>201</v>
+        <v>166</v>
       </c>
       <c r="B335" t="s">
+        <v>167</v>
+      </c>
+      <c r="C335" s="1" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" t="s">
-        <v>201</v>
+        <v>166</v>
       </c>
       <c r="B336" t="s">
-        <v>202</v>
+        <v>167</v>
       </c>
       <c r="C336" s="1" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" t="s">
-        <v>201</v>
+        <v>166</v>
       </c>
       <c r="B337" t="s">
-        <v>202</v>
+        <v>167</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>9</v>
+        <v>204</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" t="s">
-        <v>201</v>
+        <v>166</v>
       </c>
       <c r="B338" t="s">
-        <v>202</v>
+        <v>167</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>165</v>
+        <v>205</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" t="s">
-        <v>201</v>
+        <v>166</v>
       </c>
       <c r="B339" t="s">
-        <v>202</v>
+        <v>167</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>148</v>
+        <v>206</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B340" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>149</v>
+        <v>7</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B341" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>204</v>
+        <v>156</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B342" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B343" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>58</v>
+        <v>157</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B344" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>174</v>
+        <v>209</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B345" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>180</v>
+        <v>8</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B346" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>181</v>
+        <v>171</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B347" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>172</v>
+        <v>154</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B348" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>176</v>
+        <v>155</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B349" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>175</v>
+        <v>210</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B350" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>171</v>
+        <v>161</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B351" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>173</v>
+        <v>66</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B352" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B353" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>179</v>
+        <v>186</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B354" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>177</v>
+        <v>187</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B355" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="C355" s="1" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B356" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>103</v>
+        <v>182</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B357" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>205</v>
+        <v>181</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B358" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>198</v>
+        <v>177</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B359" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>196</v>
+        <v>179</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B360" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>197</v>
+        <v>176</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B361" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>206</v>
+        <v>185</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B362" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>11</v>
+        <v>183</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B363" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>6</v>
+        <v>184</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B364" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>207</v>
+        <v>109</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B365" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B366" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B367" t="s">
+        <v>208</v>
+      </c>
+      <c r="C367" s="1" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B368" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B369" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="C369" s="1" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B370" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>213</v>
+        <v>10</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B371" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>214</v>
+        <v>5</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B372" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B373" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>113</v>
+        <v>214</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" t="s">
-        <v>216</v>
+        <v>207</v>
       </c>
       <c r="B374" t="s">
-        <v>217</v>
+        <v>208</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" t="s">
+        <v>207</v>
+      </c>
+      <c r="B375" t="s">
+        <v>208</v>
+      </c>
+      <c r="C375" s="1" t="s">
         <v>216</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" t="s">
-        <v>216</v>
+        <v>207</v>
       </c>
       <c r="B376" t="s">
+        <v>208</v>
+      </c>
+      <c r="C376" s="1" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" t="s">
-        <v>216</v>
+        <v>207</v>
       </c>
       <c r="B377" t="s">
-        <v>217</v>
+        <v>208</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>127</v>
+        <v>218</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" t="s">
-        <v>216</v>
+        <v>207</v>
       </c>
       <c r="B378" t="s">
-        <v>217</v>
+        <v>208</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" t="s">
-        <v>216</v>
+        <v>207</v>
       </c>
       <c r="B379" t="s">
-        <v>217</v>
+        <v>208</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" t="s">
-        <v>216</v>
+        <v>207</v>
       </c>
       <c r="B380" t="s">
-        <v>217</v>
+        <v>208</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>130</v>
+        <v>221</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" t="s">
-        <v>216</v>
+        <v>207</v>
       </c>
       <c r="B381" t="s">
-        <v>217</v>
+        <v>208</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>131</v>
+        <v>119</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B382" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B383" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>221</v>
+        <v>8</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B384" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>134</v>
+        <v>7</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B385" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>58</v>
+        <v>133</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B386" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>6</v>
+        <v>224</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B387" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>7</v>
+        <v>225</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B388" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>222</v>
+        <v>136</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B389" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>11</v>
+        <v>137</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B390" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B391" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>180</v>
+        <v>227</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B392" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>176</v>
+        <v>140</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B393" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>170</v>
+        <v>66</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B394" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>174</v>
+        <v>5</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B395" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>177</v>
+        <v>6</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B396" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>178</v>
+        <v>228</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B397" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>171</v>
+        <v>10</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B398" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>175</v>
+        <v>229</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B399" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B400" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>172</v>
+        <v>182</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B401" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B402" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B403" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>25</v>
+        <v>183</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B404" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B405" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>186</v>
+        <v>177</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B406" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B407" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B408" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B409" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B410" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B411" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>225</v>
+        <v>24</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B412" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>226</v>
+        <v>193</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B413" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>198</v>
+        <v>192</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B414" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>199</v>
+        <v>191</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B415" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>205</v>
+        <v>189</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B416" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>103</v>
+        <v>190</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B417" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>227</v>
+        <v>190</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B418" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B419" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C419" s="1" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B420" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C420" s="1" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B421" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C421" s="1" t="s">
-        <v>231</v>
+        <v>204</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B422" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C422" s="1" t="s">
-        <v>232</v>
+        <v>205</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B423" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C423" s="1" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="424" spans="1:3">
+      <c r="A424" t="s">
+        <v>222</v>
+      </c>
+      <c r="B424" t="s">
+        <v>223</v>
+      </c>
+      <c r="C424" s="1" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="425" spans="1:3">
+      <c r="A425" t="s">
+        <v>222</v>
+      </c>
+      <c r="B425" t="s">
+        <v>223</v>
+      </c>
+      <c r="C425" s="1" t="s">
         <v>233</v>
+      </c>
+    </row>
+    <row r="426" spans="1:3">
+      <c r="A426" t="s">
+        <v>222</v>
+      </c>
+      <c r="B426" t="s">
+        <v>223</v>
+      </c>
+      <c r="C426" s="1" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="427" spans="1:3">
+      <c r="A427" t="s">
+        <v>222</v>
+      </c>
+      <c r="B427" t="s">
+        <v>223</v>
+      </c>
+      <c r="C427" s="1" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="428" spans="1:3">
+      <c r="A428" t="s">
+        <v>222</v>
+      </c>
+      <c r="B428" t="s">
+        <v>223</v>
+      </c>
+      <c r="C428" s="1" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="429" spans="1:3">
+      <c r="A429" t="s">
+        <v>222</v>
+      </c>
+      <c r="B429" t="s">
+        <v>223</v>
+      </c>
+      <c r="C429" s="1" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="430" spans="1:3">
+      <c r="A430" t="s">
+        <v>222</v>
+      </c>
+      <c r="B430" t="s">
+        <v>223</v>
+      </c>
+      <c r="C430" s="1" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="431" spans="1:3">
+      <c r="A431" t="s">
+        <v>222</v>
+      </c>
+      <c r="B431" t="s">
+        <v>223</v>
+      </c>
+      <c r="C431" s="1" t="s">
+        <v>239</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
@@ -6155,50 +6261,58 @@
     <hyperlink ref="C399" r:id="rId_hyperlink_398"/>
     <hyperlink ref="C400" r:id="rId_hyperlink_399"/>
     <hyperlink ref="C401" r:id="rId_hyperlink_400"/>
     <hyperlink ref="C402" r:id="rId_hyperlink_401"/>
     <hyperlink ref="C403" r:id="rId_hyperlink_402"/>
     <hyperlink ref="C404" r:id="rId_hyperlink_403"/>
     <hyperlink ref="C405" r:id="rId_hyperlink_404"/>
     <hyperlink ref="C406" r:id="rId_hyperlink_405"/>
     <hyperlink ref="C407" r:id="rId_hyperlink_406"/>
     <hyperlink ref="C408" r:id="rId_hyperlink_407"/>
     <hyperlink ref="C409" r:id="rId_hyperlink_408"/>
     <hyperlink ref="C410" r:id="rId_hyperlink_409"/>
     <hyperlink ref="C411" r:id="rId_hyperlink_410"/>
     <hyperlink ref="C412" r:id="rId_hyperlink_411"/>
     <hyperlink ref="C413" r:id="rId_hyperlink_412"/>
     <hyperlink ref="C414" r:id="rId_hyperlink_413"/>
     <hyperlink ref="C415" r:id="rId_hyperlink_414"/>
     <hyperlink ref="C416" r:id="rId_hyperlink_415"/>
     <hyperlink ref="C417" r:id="rId_hyperlink_416"/>
     <hyperlink ref="C418" r:id="rId_hyperlink_417"/>
     <hyperlink ref="C419" r:id="rId_hyperlink_418"/>
     <hyperlink ref="C420" r:id="rId_hyperlink_419"/>
     <hyperlink ref="C421" r:id="rId_hyperlink_420"/>
     <hyperlink ref="C422" r:id="rId_hyperlink_421"/>
     <hyperlink ref="C423" r:id="rId_hyperlink_422"/>
+    <hyperlink ref="C424" r:id="rId_hyperlink_423"/>
+    <hyperlink ref="C425" r:id="rId_hyperlink_424"/>
+    <hyperlink ref="C426" r:id="rId_hyperlink_425"/>
+    <hyperlink ref="C427" r:id="rId_hyperlink_426"/>
+    <hyperlink ref="C428" r:id="rId_hyperlink_427"/>
+    <hyperlink ref="C429" r:id="rId_hyperlink_428"/>
+    <hyperlink ref="C430" r:id="rId_hyperlink_429"/>
+    <hyperlink ref="C431" r:id="rId_hyperlink_430"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>