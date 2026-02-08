--- v0 (2025-11-03)
+++ v1 (2026-02-08)
@@ -12,208 +12,289 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="326">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="356">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
+    <t>Calçamento de ruas</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>Empenho Calçamento Ruas.pdf</t>
+  </si>
+  <si>
+    <t>Empenho 2026</t>
+  </si>
+  <si>
+    <t>CNO.pdf</t>
+  </si>
+  <si>
+    <t>ordem de serviço.pdf</t>
+  </si>
+  <si>
+    <t>TERMO DE VISTORIA 1FASE (1).pdf</t>
+  </si>
+  <si>
+    <t>Quadra Campo Sintético</t>
+  </si>
+  <si>
+    <t>TERMO DE VISTORIA 1FASE (3).pdf</t>
+  </si>
+  <si>
+    <t>Medição 01 (2).pdf</t>
+  </si>
+  <si>
+    <t>ART - CRISTAL execução assinado.pdf</t>
+  </si>
+  <si>
+    <t>Empenhos Quadra.pdf</t>
+  </si>
+  <si>
+    <t>Empenhos 2026</t>
+  </si>
+  <si>
+    <t>Sumula Infra (1).pdf</t>
+  </si>
+  <si>
+    <t>Estrutura metálica em container (Prédio da Prefeitura)</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>Empenho estrutura metálica.pdf</t>
+  </si>
+  <si>
+    <t>Reforma EMEI Primeiros Passos</t>
+  </si>
+  <si>
+    <t>Empenho EMEI Primeiros Passos.pdf</t>
+  </si>
+  <si>
+    <t>Reforma Escola Antônio Curi</t>
+  </si>
+  <si>
+    <t>Empenho Escola Antônio Curi.pdf</t>
+  </si>
+  <si>
+    <t>Reforma na Escola Otto Becker</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>ORDEM DE SERVIÇO ASSINADA.pdf</t>
+  </si>
+  <si>
+    <t>Empenho Escola Otto Becker.pdf</t>
+  </si>
+  <si>
+    <t>ART CRISTAL.pdf</t>
+  </si>
+  <si>
     <t>Reforma Prédio Casa do Produtor</t>
   </si>
   <si>
     <t>10/10/2025</t>
   </si>
   <si>
     <t>ART REFORMA.pdf</t>
   </si>
   <si>
     <t>Planilha orçamento Mão de obra casa do produtor.pdf</t>
   </si>
   <si>
     <t>MEMORIAL DESCRITIVO.pdf</t>
   </si>
   <si>
     <t>BDI_REFORMA.pdf</t>
   </si>
   <si>
+    <t>Medição 01 (1).pdf</t>
+  </si>
+  <si>
+    <t>Medição 02 (2).pdf</t>
+  </si>
+  <si>
+    <t>Medição 03.pdf</t>
+  </si>
+  <si>
+    <t>Medição Final.pdf</t>
+  </si>
+  <si>
     <t>Pavimentação das Ruas Pelotas, Capão do Leão, Guaíba e Tiarajú</t>
   </si>
   <si>
     <t>23/05/2025</t>
   </si>
   <si>
     <t>Empenhos Calçamento.pdf</t>
   </si>
   <si>
     <t>medição 01.pdf</t>
   </si>
   <si>
     <t>TERMO DE VISTORIA 1FASE.pdf</t>
   </si>
   <si>
     <t>Medição 02.pdf</t>
   </si>
   <si>
     <t>TERMO DE VISTORIA 2FASE.pdf</t>
   </si>
   <si>
     <t>Relatorio fotográfico Rua Pelotas e outras.pdf</t>
   </si>
   <si>
     <t>medição 03.pdf</t>
   </si>
   <si>
     <t>TERMO DE VISTORIA 3FASE.pdf</t>
   </si>
   <si>
     <t>TERMO DE VISTORIA 4FASE.pdf</t>
   </si>
   <si>
     <t>medição 04 final.pdf</t>
   </si>
   <si>
     <t>medição aditivo.pdf</t>
   </si>
   <si>
     <t>termo aceitação obra.pdf</t>
   </si>
   <si>
     <t>Pavimentação Rua Saião Lobato</t>
   </si>
   <si>
+    <t>Ordem Início Obra.pdf</t>
+  </si>
+  <si>
     <t>Empenhos Saião Lobato.pdf</t>
   </si>
   <si>
-    <t>Ordem Início Obra.pdf</t>
+    <t>TERMO DE VISTORIA TOTAL.pdf</t>
   </si>
   <si>
     <t>Pavimentação de parte Vila Formosa e Ruas adjacentes à Rua do Palanque</t>
   </si>
   <si>
     <t>05/05/2025</t>
   </si>
   <si>
     <t>Ordem Início 15.05.2025</t>
   </si>
   <si>
     <t>Empenho Vila Formosa.pdf</t>
   </si>
   <si>
     <t>medição 01 passeios.pdf</t>
   </si>
   <si>
     <t>TERMO DE VISTORIA 3FASE-7.pdf</t>
   </si>
   <si>
     <t>TERMO DE VISTORIA 4FASE-5.pdf</t>
   </si>
   <si>
     <t>TERMO DE VISTORIA 5FASE.pdf</t>
   </si>
   <si>
     <t>TERMO DE VISTORIA 6FASE.pdf</t>
   </si>
   <si>
     <t>Relatorio fotográfico Vila Formosa 2025.pdf</t>
   </si>
   <si>
-    <t>Quadra Campo Sintético</t>
+    <t>Pavimentação de Ruas do Bairro Panorama</t>
   </si>
   <si>
     <t>02/01/2025</t>
   </si>
   <si>
-    <t>Sumula Infra (1).pdf</t>
-[...7 lines deleted...]
-  <si>
     <t>termo aceitação obra contabilidade.pdf</t>
   </si>
   <si>
     <t>medição final.pdf</t>
   </si>
   <si>
     <t>TERMO DE VISTORIA 8FASE.pdf</t>
   </si>
   <si>
     <t>7ª medição.pdf</t>
   </si>
   <si>
     <t>Medição 06.pdf</t>
   </si>
   <si>
     <t>02 Relatorio fotográfico Pav Bairro Panorama.pdf</t>
   </si>
   <si>
     <t>03 Medição 05 Pav Panorama.pdf</t>
   </si>
   <si>
     <t>Empenhos Pagos até 14 de maio.pdf</t>
   </si>
   <si>
     <t>Empenhos Aditivo 01 Peters.pdf</t>
   </si>
   <si>
     <t>medição 4.pdf</t>
   </si>
   <si>
-    <t>Medição 03.pdf</t>
-[...1 lines deleted...]
-  <si>
     <t>medição 02.pdf</t>
   </si>
   <si>
     <t>Medição 01 Pav Panorama.pdf</t>
   </si>
   <si>
     <t>Relatorio fotográfico.pdf</t>
   </si>
   <si>
     <t>Empenhos Contrato 25 2024.pdf</t>
   </si>
   <si>
     <t>Reforma Escola Otto Becker</t>
   </si>
   <si>
     <t>Empenhos Escola Otto Becker</t>
   </si>
   <si>
     <t>Empenhos Obra Otto Becker.pdf</t>
   </si>
   <si>
     <t>Empenhos Pagos até 14.05.pdf</t>
   </si>
   <si>
     <t>CNO Escola Otto Becker</t>
@@ -228,50 +309,59 @@
     <t>Pavimentação da Rua Canela e Rua São Lourenço do Sul</t>
   </si>
   <si>
     <t>Empenhos Contrato 02 2025.pdf</t>
   </si>
   <si>
     <t>ordem de inicio.pdf</t>
   </si>
   <si>
     <t>PM Cristal - 1095712-06 - Contrato de Repasse.pdf</t>
   </si>
   <si>
     <t>01_PAV_Cristal_Rua_Sao_Lourenco_e_Canela.pdf</t>
   </si>
   <si>
     <t>02_PAV_Cristal_Rua_Sao_Lourenco_e_Canela.pdf</t>
   </si>
   <si>
     <t>03_PAV_Cristal_Rua_Sao_Lourenco_e_Canela.pdf</t>
   </si>
   <si>
     <t>04_PAV_Cristal_Rua_Sao_Lourenco_e_Canela.pdf</t>
   </si>
   <si>
     <t>cronograma_assinado.pdf</t>
+  </si>
+  <si>
+    <t>RRE_1AAmedicao_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Relatorio fotográfico 1ªmedição.pdf</t>
+  </si>
+  <si>
+    <t>RRE 2ªmedição.pdf</t>
   </si>
   <si>
     <t>Pavimentação Parte da ERS 354 Estrada do Palanque</t>
   </si>
   <si>
     <t>Elaboração Projeto Técnico</t>
   </si>
   <si>
     <t>Empenhos Emitidos Obra</t>
   </si>
   <si>
     <t>Cemtec ERS 2023.pdf</t>
   </si>
   <si>
     <t>Cemtec Obra ERS 2023.pdf</t>
   </si>
   <si>
     <t>Relatório Fotográfico</t>
   </si>
   <si>
     <t>Reconstrução Balneário Recurso DEFESA CÍVIL</t>
   </si>
   <si>
     <t>31/10/2024</t>
   </si>
@@ -1337,62 +1427,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/665762/images/original/ART REFORMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/665763/images/original/Planilha or&#231;amento M&#227;o de obra casa do produtor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/665764/images/original/MEMORIAL DESCRITIVO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/665765/images/original/BDI_REFORMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/595657/images/original/Empenhos Cal&#231;amento.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607037/images/original/medi&#231;&#227;o 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607038/images/original/TERMO DE VISTORIA 1FASE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/617747/images/original/Medi&#231;&#227;o 02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/617746/images/original/TERMO DE VISTORIA 2FASE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607036/images/original/Relatorio fotogr&#225;fico Rua Pelotas e outras.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/660850/images/original/medi&#231;&#227;o 03.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/660849/images/original/TERMO DE VISTORIA 3FASE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/660857/images/original/TERMO DE VISTORIA 4FASE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/660856/images/original/medi&#231;&#227;o 04 final.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/660858/images/original/medi&#231;&#227;o aditivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/660860/images/original/termo aceita&#231;&#227;o obra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/606111/images/original/Empenhos Sai&#227;o Lobato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/624951/images/original/Ordem In&#237;cio Obra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/582504/images/original/Ordem In&#237;cio Obra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/582498/images/original/Empenho Vila Formosa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/660897/images/original/medi&#231;&#227;o 01 passeios.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/660896/images/original/Medi&#231;&#227;o 02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/660898/images/original/TERMO DE VISTORIA 3FASE-7.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/660899/images/original/TERMO DE VISTORIA 4FASE-5.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/660864/images/original/TERMO DE VISTORIA 5FASE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/660866/images/original/TERMO DE VISTORIA 6FASE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/660867/images/original/Relatorio fotogr&#225;fico Vila Formosa 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607035/images/original/Relatorio fotogr&#225;fico Vila Formosa 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/660865/images/original/termo aceita&#231;&#227;o obra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/552225/images/original/Sumula Infra (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/606112/images/original/Empenhos Quadra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/624956/images/original/termo aceita&#231;&#227;o obra contabilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/624957/images/original/medi&#231;&#227;o final.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/624955/images/original/TERMO DE VISTORIA 8FASE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/611209/images/original/7&#170; medi&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/595646/images/original/TERMO DE VISTORIA 6FASE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/595645/images/original/Medi&#231;&#227;o 06.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/587418/images/original/02 Relatorio fotogr&#225;fico Pav Bairro Panorama.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/587416/images/original/03 Medi&#231;&#227;o 05 Pav Panorama.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/581352/images/original/Empenhos Pagos at&#233; 14 de maio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/581351/images/original/Empenhos Aditivo 01 Peters.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/578951/images/original/medi&#231;&#227;o 4.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/555997/images/original/TERMO DE VISTORIA 3FASE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/555996/images/original/Medi&#231;&#227;o 03.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/555995/images/original/TERMO DE VISTORIA 2FASE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/555994/images/original/medi&#231;&#227;o 02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/555993/images/original/TERMO DE VISTORIA 1FASE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/555992/images/original/Medi&#231;&#227;o 01 Pav Panorama.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/548721/images/original/Relatorio fotogr&#225;fico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/525952/images/original/Empenhos Contrato 25 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/503259/images/original/Empenho Otto Becker.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/552223/images/original/Empenhos Obra Otto Becker.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/581354/images/original/Empenhos Pagos at&#233; 14.05.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/503261/images/original/CNO OBRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/584747/images/original/Medi&#231;&#227;o 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/584746/images/original/Medi&#231;&#227;o 02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/584748/images/original/Medi&#231;&#227;o 03.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/584749/images/original/TERMO DE VISTORIA 3FASE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/525947/images/original/Empenhos Contrato 02 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/620127/images/original/ordem de inicio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496351/images/original/PM Cristal - 1095712-06 - Contrato de Repasse.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496361/images/original/01_PAV_Cristal_Rua_Sao_Lourenco_e_Canela.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496363/images/original/02_PAV_Cristal_Rua_Sao_Lourenco_e_Canela.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496364/images/original/03_PAV_Cristal_Rua_Sao_Lourenco_e_Canela.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496362/images/original/04_PAV_Cristal_Rua_Sao_Lourenco_e_Canela.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496365/images/original/cronograma_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302961/images/original/Trabalho de Impress&#227;o Remota (56).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302964/images/original/Trabalho de Impress&#227;o Remota (59).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/587440/images/original/Cemtec ERS 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/587441/images/original/Cemtec Obra ERS 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/304250/images/original/Relatorio fotogr&#225;fico ERS 354.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/587437/images/original/TERMO DE VISTORIA 4FASE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/587436/images/original/medi&#231;&#227;o 01 passeios.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/498642/images/original/Empenhos emitidos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/506165/images/original/TERMO DE VISTORIA 2FASE QUADRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/506166/images/original/TERMO DE VISTORIA 2FASE DECKS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/461251/images/original/Empenhos Formosa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/461252/images/original/ordem de inicio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/499813/images/original/Relatorio fotogr&#225;fico Vila Formosa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/499812/images/original/TERMO DE VISTORIA 3FASE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/492360/images/original/Empenho Sulcredi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/492365/images/original/ordem in&#237;cio assinada.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/492366/images/original/termo conclus&#227;o OBRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/492368/images/original/Relatorio fotogr&#225;fico Ponte Cacaio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/461254/images/original/Pav Emancipacao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/467178/images/original/projeto do asfalto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496372/images/original/TERMO_DE_CONVENIO_n&#186; 02 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496369/images/original/TERMO ADITIVO DE CONV&#202;NIO N&#186;  01 2024 - concluido.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496371/images/original/TERMO DE CONV&#202;NIO N&#186; 03-2024 - pavimenta&#231;&#227;o - estapa 2 (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/552220/images/original/termo aceita&#231;&#227;o obra .pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/555262/images/original/Relatorio fotogr&#225;fico Av Passo do Mendon&#231;a.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/498622/images/original/Relatorio fotogr&#225;fico Av Passo do Mendon&#231;a.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/464674/images/original/Relatorio fotogr&#225;fico medi&#231;&#227;o 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/461253/images/original/ordem de inicio Passo Mendon&#231;a.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/461250/images/original/Empenhos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/416408/images/original/Trabalho de Impress&#227;o Remota (19).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/416405/images/original/Ordem In&#237;cio de Obra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/450020/images/original/Relatorio fotogr&#225;fico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/498624/images/original/Relatorio fotogr&#225;fico Jose Aparecido.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/501889/images/original/termo conclus&#227;o obra Pav Jos&#233; Aparecido assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415180/images/original/Trabalho de Impress&#227;o Remota - 2024-04-03T094819.861.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/618629/images/original/TERMO DE VISTORIA 5FASE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/399938/images/original/Trabalho de Impress&#227;o Remota (14).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/401196/images/original/Medi&#231;&#227;o 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/398823/images/original/relatorio a&#231;ude Juliane Kneip.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/398822/images/original/relatorio a&#231;ude Leandro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/398821/images/original/relatorio a&#231;ude Moacir.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/398820/images/original/relatorio a&#231;ude Vilmar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/401198/images/original/planilha de horas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/401192/images/original/relatorio a&#231;ude Luis Correa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/401191/images/original/relatorio a&#231;ude Joao Efigenio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/401190/images/original/relatorio a&#231;ude Eroni Koch.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/401195/images/original/relatorio a&#231;ude Regina Dummer Correa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/414506/images/original/Medi&#231;&#227;o 03.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/414510/images/original/Relat&#243;rio Ronaldo Becker.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/414509/images/original/Relat&#243;rio Isair Rehbein.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/414508/images/original/Relat&#243;rio Patricia Lopes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/414507/images/original/Relatorio Solismar Borba.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/414573/images/original/CONCLUS&#195;O .pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400357/images/original/Trabalho de Impress&#227;o Remota (80).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/432174/images/original/Relatorio fotogr&#225;fico Pra&#231;a Bairro Panorama.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/432175/images/original/Relatorio fotogr&#225;fico Pra&#231;a Formosa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/433726/images/original/termo aceita&#231;&#227;o Pra&#231;a.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/399704/images/original/Empenhos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/420317/images/original/Trabalho de Impress&#227;o Remota (19).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/432940/images/original/Relatorio fotogr&#225;fico Pavimenta&#231;&#227;o Ayrton Senna.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/433727/images/original/termo aceita&#231;&#227;o obra contabilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302965/images/original/Trabalho de Impress&#227;o Remota (60).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/310958/images/original/Relatorio fotogr&#225;fico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/310959/images/original/TERMO DE VISTORIA 2FASE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/269235/images/original/Relatorio fotogr&#225;fico Oficina.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/269340/images/original/Trabalho de Impress&#227;o Remota (14).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/269246/images/original/Trabalho de Impress&#227;o Remota (12).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/269247/images/original/Trabalho de Impress&#227;o Remota (11).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/269229/images/original/Relatorio fotogr&#225;fico Farmacia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302958/images/original/Trabalho de Impress&#227;o Remota (55).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/347487/images/original/Termo de Conclus&#227;o de Obra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/349527/images/original/Relatorio fotogr&#225;fico Pavimenta&#231;&#227;o Formosa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302934/images/original/Trabalho de Impress&#227;o Remota (52).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302932/images/original/Trabalho de Impress&#227;o Remota (53).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/250846/images/original/termo aceita&#231;&#227;o obra Cal&#231;ada Pr&#233;dios.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/250918/images/original/Relatorio fotogr&#225;fico Pavimenta&#231;&#227;o 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/179297/images/original/Empenhos emitidos 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/179919/images/original/Relatorio fotogr&#225;fico medi&#231;&#227;o 01 SUBSTITUI&#199;&#195;O DE PONTE DE MADEIRA POR ADUELAS DE CONCRETO &#8211; PONTE DO SISSI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/192947/images/original/Relatorio fotogr&#225;fico medi&#231;&#227;o 02 SUBSTITUI&#199;&#195;O DE PONTE DE MADEIRA POR ADUELAS DE CONCRETO &#8211; PONTE DO SISSI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/195589/images/original/Relatorio fotogr&#225;fico medi&#231;&#227;o 03 SUBSTITUI&#199;&#195;O DE PONTE DE MADEIRA POR ADUELAS DE CONCRETO &#8211; PONTE DO SISSI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/201458/images/original/Relatorio fotogr&#225;fico Ponte Telmo Kruger.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/208595/images/original/PONTE DO SISSI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/208596/images/original/PONTE DO TELMO KRUGER.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/248941/images/original/termo recebimento de obra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/248946/images/original/11154 Reforma Pr&#233;dio Antigo da PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/248945/images/original/11088 Ilumina&#231;&#227;o P&#250;blica de LED.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/418579/images/original/Lumin&#225;rias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/179296/images/original/Empenhos Emitidos 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/248944/images/original/10402 Pavimenta&#231;&#227;o Vila Formosa vecto 291122 Cont. n&#186; 5221.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/249016/images/original/Empenhos Pagos CEMTEC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/250847/images/original/termo aceita&#231;&#227;o obra Vila Formosa I.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/250919/images/original/Relatorio fotogr&#225;fico Pavimenta&#231;&#227;o Formosa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164898/images/original/Relatorio fotogr&#225;fico Muro de Conten&#231;&#227;o esta&#231;&#227;o de transbordo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164899/images/original/10371 Esta&#231;&#227;o  de  Transbordo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164894/images/original/10342 Reforma Gin&#225;sio E.M.Otto Becker.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164895/images/original/ART EXECU&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164896/images/original/CNO OBRA REFORMA OTTO BECKER.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164897/images/original/ordem de servi&#231;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164911/images/original/Relatorio fotogr&#225;fico reforma Otto Becker.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164912/images/original/termo aceita&#231;&#227;o obra EM Otto Becker.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/147396/images/original/WhatsApp Image 2021-06-17 at 15.09.46 (1).jpeg" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/147398/images/original/Relat&#243;rio Fotogr&#225;fico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164890/images/original/10341 Reforma da E.M.E.I.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164891/images/original/CND Creche.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164892/images/original/Conclus&#227;o da creche.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164889/images/original/10340 Reforma E.M. Ant&#244;nio Curi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/201452/images/original/Empenhos Salas de Aula junto EM Ant&#244;nio Curi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/201453/images/original/Empenhos Fechamento Quadra junto EM Ant&#244;nio Curi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/201454/images/original/Relatorio fotogr&#225;fico Fechamento da quadra Esc Antonio Curi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/201455/images/original/Relatorio fotogr&#225;fico Amplia&#231;&#227;o da Esc Antonio Curi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/201456/images/original/termo aceita&#231;&#227;o obra Amplia&#231;&#227;o Salas de Aula EM Antonio Curi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/201457/images/original/termo aceita&#231;&#227;o obra Fechamento Quadra EM Ant&#244;nio Curi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164883/images/original/10339 Reforma E.M.Otto Becker.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164884/images/original/ART EXECU&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164885/images/original/CNO OBRA REFORMA OTTO BECKER.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164886/images/original/ordem de servi&#231;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164887/images/original/Relatorio fotogr&#225;fico reforma Otto Becker.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164888/images/original/termo aceita&#231;&#227;o obra Reforma EM Otto Becker.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164913/images/original/Relatorio fotogr&#225;fico reforma Otto Becker.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164914/images/original/termo aceita&#231;&#227;o obra EM Otto Becker.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/120914/images/original/Licitacao_2020_1512_PRDTermo formalizacao Disp 56.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/120915/images/original/Licitacao_2020_1512_PRDProposta CEMTEC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/120917/images/original/Licitacao_2020_1512_PRDProjeto basico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/120918/images/original/Contrato_2020_57_0Contrato 57 e Anexos - CEMTEC - Academia UBS Butia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/120919/images/original/Empenhos Academia Junto UBS But&#225;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128998/images/original/Relatorio fotogr&#225;fico academia UBS Buti&#225; Concluido.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/81008/images/original/PREFEITURA - E01 - 02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/81007/images/original/PREFEITURA - E01 - 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/81009/images/original/PREFEITURA - E01 - 03.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/81010/images/original/PREFEITURA - E01 - 04.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/110992/images/original/Relatorio fotogr&#225;fico Prefeitura parcial 1&#186;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/118162/images/original/Relatorio fotogr&#225;fico Prefeitura parcial 2&#186;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/120931/images/original/Empenhos Liquidados at&#233; 21 09 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/121411/images/original/Relatorio fotogr&#225;fico Prefeitura parcial01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170600/images/original/Empenhos Pagos at&#233; Final da Obra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/81004/images/original/Prancha 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/81005/images/original/Prancha 01a.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/81006/images/original/Empenhos Emitidos at&#233; 30 04 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/91538/images/original/Relatorio fotogr&#225;fico Ponte Ceriaco parcial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/110993/images/original/Relatorio fotogr&#225;fico Ponte Ceriaco conclu&#237;da.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/81013/images/original/Plano de Aplica&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/81014/images/original/Empenhos Liquidados at&#233; 13 05 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/110994/images/original/Relatorio fotogr&#225;fico defesa civil 2020 parcial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128999/images/original/Empenhos Liquidados at&#233; em 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/129000/images/original/Relatorio fotogr&#225;fico defesa civil 2020 conclu&#237;do.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3235/images/original/Empenhos Emitidos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41885/images/original/Relatorio fotogr&#225;fico Pavimenta&#231;&#227;o at&#233; 05 de Junho 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41886/images/original/Empenhos Emitidos at&#233; 05 06 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/69698/images/original/Empenhos Emitidos em 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80999/images/original/Empenhos Liquidados  at&#233; 30 04 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/91539/images/original/Relatorio fotogr&#225;fico Pavimenta&#231;&#227;o contrato 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/91540/images/original/Relatorio fotogr&#225;fico Pavimenta&#231;&#227;o contrato 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/110995/images/original/Relatorio fotogr&#225;fico Pavimenta&#231;&#227;o contrato 2019 parcial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/120933/images/original/Empenhos Emitidos at&#233; 21 09 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/120934/images/original/Empenhos Liquidados at&#233; 21 09 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/121412/images/original/Relatorio fotogr&#225;fico Pavimenta&#231;&#227;o contrato 2019 conclu&#237;do.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/129001/images/original/Empenhos Liquidados do dia 22 09 2020 &#224; 31 12  2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/129002/images/original/Relatorio fotogr&#225;fico Pavimenta&#231;&#227;o contrato 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3232/images/original/Movimenta&#231;&#227;o em 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3233/images/original/Relatorio fotogr&#225;fico UBS Buti&#225; 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41871/images/original/Relatorio fotogr&#225;fico UBS Buti&#225; em andamento at&#233; 05 Junho 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41872/images/original/Movimenta&#231;&#227;o em 2018 at&#233; 05 06 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/69699/images/original/Relatorio fotogr&#225;fico UBS Buti&#225;  2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/69703/images/original/Movimenta&#231;&#227;o UBS Buti&#225;  2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80995/images/original/Termo de Recebimento definitivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80994/images/original/Movimenta&#231;&#227;o UBS Buti&#225; 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/91541/images/original/Relatorio fotogr&#225;fico UBS Buti&#225; conclu&#237;da.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3230/images/original/Creche Pre Escola 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3254/images/original/Relatorio fotogr&#225;fico creche PARCIAL 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41873/images/original/Creche Pre Escola 2019 at&#233; 05 06 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41874/images/original/Relatorio fotogr&#225;fico creche at&#233; 05 de Junho 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/69704/images/original/Relatorio fotogr&#225;fico creche 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/69705/images/original/Creche Pre Escola 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80996/images/original/Creche Pre Escola 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80997/images/original/Conclus&#227;o da creche.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/110996/images/original/Relatorio fotogr&#225;fico creche conclu&#237;da com cobertura e espelhos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2983/images/original/Quadra Poliesportiva Campo de Futebol 2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2984/images/original/Quadra Poliesportiva Campo de Futebol 2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2985/images/original/Quadra Poliesportiva Campo de Futebol 2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2986/images/original/Quadra Poliesportiva Campo de Futebol 2017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2987/images/original/Quadra Poliesportiva Campo de Futebol 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3323/images/original/Relatorio fotogr&#225;fico Quadra Campo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41876/images/original/Relatorio fotogr&#225;fico Quadra Campo At&#233; 05 de Jun 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41875/images/original/Quadra Poliesportiva Campo de Futebol 2019 at&#233; 05 06 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/69706/images/original/Relatorio fotogr&#225;fico QUADRA DE AREIA conclu&#237;do.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/69707/images/original/Quadra Poliesportiva Campo de Futebol 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80986/images/original/Quadra Poliesportiva Campo de Futebol 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80987/images/original/Conclus&#227;o da quadra areia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/91542/images/original/Relatorio fotogr&#225;fico QUADRA DE AREIA conclu&#237;do com ilumina&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/16374/images/original/PRH HORTO (2).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3272/images/original/Empenho da Obra de Drenagem Pluvial Emitidos 2017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3274/images/original/Empenho da Obra de Drenagem Pluvial pagos 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3276/images/original/Relatorio fotogr&#225;fico drenagem pluvial 2017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3277/images/original/Relatorio fotogr&#225;fico drenagem pluvial 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3278/images/original/Termo de Recebimento da Obra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3005/images/original/Centro de Eventos 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3007/images/original/Relatorio fotogr&#225;fico CENTRO DE EVENTOS conclu&#237;do 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3008/images/original/Termo de recebimento de obra Centro de Eventos 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2981/images/original/Relatorio fotogr&#225;fico quadra cordeiro conclu&#237;da 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2980/images/original/Quadra Poliesportiva Vila Cordeiro 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2982/images/original/Termo de recebimento de obra Quadra Cordeiro 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3226/images/original/Creche Pre Escola 2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3227/images/original/Creche Pre Escola 2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3228/images/original/Creche Pre Escola 2017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3229/images/original/Relatorio fotogr&#225;fico CRECHE at&#233; 2017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2997/images/original/Centro de Eventos 2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2998/images/original/Centro de Eventos 2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2999/images/original/Centro de Eventos 2017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3000/images/original/Relatorio fotogr&#225;fico CENTRO DE EVENTOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2755/images/original/2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2756/images/original/2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2757/images/original/2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2758/images/original/2017.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703434/images/original/Empenho Cal&#231;amento Ruas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725165/images/original/014 - Centec - Global.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725167/images/original/CNO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725168/images/original/ordem de servi&#231;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725169/images/original/TERMO DE VISTORIA 1FASE (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725183/images/original/TERMO DE VISTORIA 1FASE (3).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725181/images/original/Medi&#231;&#227;o 01 (2).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/707484/images/original/CNO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/707483/images/original/ART - CRISTAL execu&#231;&#227;o assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/606112/images/original/Empenhos Quadra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/725184/images/original/Empenhos NATAN DEVENS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/552225/images/original/Sumula Infra (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703439/images/original/Empenho estrutura met&#225;lica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703432/images/original/Empenho EMEI Primeiros Passos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703441/images/original/Empenho Escola Ant&#244;nio Curi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703430/images/original/ORDEM DE SERVI&#199;O ASSINADA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/703431/images/original/Empenho Escola Otto Becker.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/707489/images/original/ART CRISTAL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/707490/images/original/CNO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/665762/images/original/ART REFORMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/665763/images/original/Planilha or&#231;amento M&#227;o de obra casa do produtor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/665764/images/original/MEMORIAL DESCRITIVO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/665765/images/original/BDI_REFORMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/707480/images/original/Medi&#231;&#227;o 01 (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/707481/images/original/Medi&#231;&#227;o 02 (2).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/707482/images/original/Medi&#231;&#227;o 03.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/727210/images/original/Medi&#231;&#227;o Final.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/595657/images/original/Empenhos Cal&#231;amento.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607037/images/original/medi&#231;&#227;o 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607038/images/original/TERMO DE VISTORIA 1FASE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/617747/images/original/Medi&#231;&#227;o 02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/617746/images/original/TERMO DE VISTORIA 2FASE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607036/images/original/Relatorio fotogr&#225;fico Rua Pelotas e outras.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/660850/images/original/medi&#231;&#227;o 03.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/660849/images/original/TERMO DE VISTORIA 3FASE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/660857/images/original/TERMO DE VISTORIA 4FASE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/660856/images/original/medi&#231;&#227;o 04 final.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/660858/images/original/medi&#231;&#227;o aditivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/660860/images/original/termo aceita&#231;&#227;o obra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/624951/images/original/Ordem In&#237;cio Obra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/606111/images/original/Empenhos Sai&#227;o Lobato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/698615/images/original/TERMO DE VISTORIA TOTAL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/582504/images/original/Ordem In&#237;cio Obra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/582498/images/original/Empenho Vila Formosa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/660897/images/original/medi&#231;&#227;o 01 passeios.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/660896/images/original/Medi&#231;&#227;o 02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/660898/images/original/TERMO DE VISTORIA 3FASE-7.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/660899/images/original/TERMO DE VISTORIA 4FASE-5.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/660864/images/original/TERMO DE VISTORIA 5FASE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/660866/images/original/TERMO DE VISTORIA 6FASE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/660867/images/original/Relatorio fotogr&#225;fico Vila Formosa 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607035/images/original/Relatorio fotogr&#225;fico Vila Formosa 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/660865/images/original/termo aceita&#231;&#227;o obra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/624956/images/original/termo aceita&#231;&#227;o obra contabilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/624957/images/original/medi&#231;&#227;o final.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/624955/images/original/TERMO DE VISTORIA 8FASE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/611209/images/original/7&#170; medi&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/595646/images/original/TERMO DE VISTORIA 6FASE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/595645/images/original/Medi&#231;&#227;o 06.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/587418/images/original/02 Relatorio fotogr&#225;fico Pav Bairro Panorama.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/587416/images/original/03 Medi&#231;&#227;o 05 Pav Panorama.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/581352/images/original/Empenhos Pagos at&#233; 14 de maio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/581351/images/original/Empenhos Aditivo 01 Peters.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/578951/images/original/medi&#231;&#227;o 4.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/555997/images/original/TERMO DE VISTORIA 3FASE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/555996/images/original/Medi&#231;&#227;o 03.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/555995/images/original/TERMO DE VISTORIA 2FASE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/555994/images/original/medi&#231;&#227;o 02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/555993/images/original/TERMO DE VISTORIA 1FASE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/555992/images/original/Medi&#231;&#227;o 01 Pav Panorama.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/548721/images/original/Relatorio fotogr&#225;fico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/525952/images/original/Empenhos Contrato 25 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/503259/images/original/Empenho Otto Becker.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/552223/images/original/Empenhos Obra Otto Becker.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/581354/images/original/Empenhos Pagos at&#233; 14.05.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/503261/images/original/CNO OBRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/584747/images/original/Medi&#231;&#227;o 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/584746/images/original/Medi&#231;&#227;o 02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/584748/images/original/Medi&#231;&#227;o 03.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/584749/images/original/TERMO DE VISTORIA 3FASE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/525947/images/original/Empenhos Contrato 02 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/620127/images/original/ordem de inicio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496351/images/original/PM Cristal - 1095712-06 - Contrato de Repasse.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496361/images/original/01_PAV_Cristal_Rua_Sao_Lourenco_e_Canela.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496363/images/original/02_PAV_Cristal_Rua_Sao_Lourenco_e_Canela.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496364/images/original/03_PAV_Cristal_Rua_Sao_Lourenco_e_Canela.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496362/images/original/04_PAV_Cristal_Rua_Sao_Lourenco_e_Canela.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496365/images/original/cronograma_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/698611/images/original/RRE_1AAmedicao_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/698612/images/original/Relatorio fotogr&#225;fico 1&#170;medi&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/698613/images/original/RRE 2&#170;medi&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302961/images/original/Trabalho de Impress&#227;o Remota (56).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302964/images/original/Trabalho de Impress&#227;o Remota (59).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/587440/images/original/Cemtec ERS 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/587441/images/original/Cemtec Obra ERS 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/304250/images/original/Relatorio fotogr&#225;fico ERS 354.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/587437/images/original/TERMO DE VISTORIA 4FASE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/587436/images/original/medi&#231;&#227;o 01 passeios.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/498642/images/original/Empenhos emitidos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/506165/images/original/TERMO DE VISTORIA 2FASE QUADRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/506166/images/original/TERMO DE VISTORIA 2FASE DECKS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/461251/images/original/Empenhos Formosa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/461252/images/original/ordem de inicio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/499813/images/original/Relatorio fotogr&#225;fico Vila Formosa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/499812/images/original/TERMO DE VISTORIA 3FASE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/492360/images/original/Empenho Sulcredi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/492365/images/original/ordem in&#237;cio assinada.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/492366/images/original/termo conclus&#227;o OBRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/492368/images/original/Relatorio fotogr&#225;fico Ponte Cacaio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/461254/images/original/Pav Emancipacao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/467178/images/original/projeto do asfalto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496372/images/original/TERMO_DE_CONVENIO_n&#186; 02 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496369/images/original/TERMO ADITIVO DE CONV&#202;NIO N&#186;  01 2024 - concluido.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496371/images/original/TERMO DE CONV&#202;NIO N&#186; 03-2024 - pavimenta&#231;&#227;o - estapa 2 (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/552220/images/original/termo aceita&#231;&#227;o obra .pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/555262/images/original/Relatorio fotogr&#225;fico Av Passo do Mendon&#231;a.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/498622/images/original/Relatorio fotogr&#225;fico Av Passo do Mendon&#231;a.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/464674/images/original/Relatorio fotogr&#225;fico medi&#231;&#227;o 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/461253/images/original/ordem de inicio Passo Mendon&#231;a.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/461250/images/original/Empenhos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/416408/images/original/Trabalho de Impress&#227;o Remota (19).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/416405/images/original/Ordem In&#237;cio de Obra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/450020/images/original/Relatorio fotogr&#225;fico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/498624/images/original/Relatorio fotogr&#225;fico Jose Aparecido.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/501889/images/original/termo conclus&#227;o obra Pav Jos&#233; Aparecido assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415180/images/original/Trabalho de Impress&#227;o Remota - 2024-04-03T094819.861.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/618629/images/original/TERMO DE VISTORIA 5FASE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/399938/images/original/Trabalho de Impress&#227;o Remota (14).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/401196/images/original/Medi&#231;&#227;o 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/398823/images/original/relatorio a&#231;ude Juliane Kneip.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/398822/images/original/relatorio a&#231;ude Leandro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/398821/images/original/relatorio a&#231;ude Moacir.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/398820/images/original/relatorio a&#231;ude Vilmar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/401198/images/original/planilha de horas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/401192/images/original/relatorio a&#231;ude Luis Correa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/401191/images/original/relatorio a&#231;ude Joao Efigenio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/401190/images/original/relatorio a&#231;ude Eroni Koch.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/401195/images/original/relatorio a&#231;ude Regina Dummer Correa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/414506/images/original/Medi&#231;&#227;o 03.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/414510/images/original/Relat&#243;rio Ronaldo Becker.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/414509/images/original/Relat&#243;rio Isair Rehbein.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/414508/images/original/Relat&#243;rio Patricia Lopes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/414507/images/original/Relatorio Solismar Borba.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/414573/images/original/CONCLUS&#195;O .pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400357/images/original/Trabalho de Impress&#227;o Remota (80).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/432174/images/original/Relatorio fotogr&#225;fico Pra&#231;a Bairro Panorama.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/432175/images/original/Relatorio fotogr&#225;fico Pra&#231;a Formosa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/433726/images/original/termo aceita&#231;&#227;o Pra&#231;a.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/399704/images/original/Empenhos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/420317/images/original/Trabalho de Impress&#227;o Remota (19).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/432940/images/original/Relatorio fotogr&#225;fico Pavimenta&#231;&#227;o Ayrton Senna.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/433727/images/original/termo aceita&#231;&#227;o obra contabilidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302965/images/original/Trabalho de Impress&#227;o Remota (60).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/310958/images/original/Relatorio fotogr&#225;fico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/310959/images/original/TERMO DE VISTORIA 2FASE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/269235/images/original/Relatorio fotogr&#225;fico Oficina.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/269340/images/original/Trabalho de Impress&#227;o Remota (14).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/269246/images/original/Trabalho de Impress&#227;o Remota (12).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/269247/images/original/Trabalho de Impress&#227;o Remota (11).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/269229/images/original/Relatorio fotogr&#225;fico Farmacia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302958/images/original/Trabalho de Impress&#227;o Remota (55).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/347487/images/original/Termo de Conclus&#227;o de Obra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/349527/images/original/Relatorio fotogr&#225;fico Pavimenta&#231;&#227;o Formosa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302934/images/original/Trabalho de Impress&#227;o Remota (52).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302932/images/original/Trabalho de Impress&#227;o Remota (53).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/250846/images/original/termo aceita&#231;&#227;o obra Cal&#231;ada Pr&#233;dios.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/250918/images/original/Relatorio fotogr&#225;fico Pavimenta&#231;&#227;o 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/179297/images/original/Empenhos emitidos 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/179919/images/original/Relatorio fotogr&#225;fico medi&#231;&#227;o 01 SUBSTITUI&#199;&#195;O DE PONTE DE MADEIRA POR ADUELAS DE CONCRETO &#8211; PONTE DO SISSI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/192947/images/original/Relatorio fotogr&#225;fico medi&#231;&#227;o 02 SUBSTITUI&#199;&#195;O DE PONTE DE MADEIRA POR ADUELAS DE CONCRETO &#8211; PONTE DO SISSI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/195589/images/original/Relatorio fotogr&#225;fico medi&#231;&#227;o 03 SUBSTITUI&#199;&#195;O DE PONTE DE MADEIRA POR ADUELAS DE CONCRETO &#8211; PONTE DO SISSI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/201458/images/original/Relatorio fotogr&#225;fico Ponte Telmo Kruger.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/208595/images/original/PONTE DO SISSI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/208596/images/original/PONTE DO TELMO KRUGER.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/248941/images/original/termo recebimento de obra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/248946/images/original/11154 Reforma Pr&#233;dio Antigo da PM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/248945/images/original/11088 Ilumina&#231;&#227;o P&#250;blica de LED.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/418579/images/original/Lumin&#225;rias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/179296/images/original/Empenhos Emitidos 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/248944/images/original/10402 Pavimenta&#231;&#227;o Vila Formosa vecto 291122 Cont. n&#186; 5221.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/249016/images/original/Empenhos Pagos CEMTEC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/250847/images/original/termo aceita&#231;&#227;o obra Vila Formosa I.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/250919/images/original/Relatorio fotogr&#225;fico Pavimenta&#231;&#227;o Formosa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164898/images/original/Relatorio fotogr&#225;fico Muro de Conten&#231;&#227;o esta&#231;&#227;o de transbordo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164899/images/original/10371 Esta&#231;&#227;o  de  Transbordo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164894/images/original/10342 Reforma Gin&#225;sio E.M.Otto Becker.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164895/images/original/ART EXECU&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164896/images/original/CNO OBRA REFORMA OTTO BECKER.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164897/images/original/ordem de servi&#231;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164911/images/original/Relatorio fotogr&#225;fico reforma Otto Becker.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164912/images/original/termo aceita&#231;&#227;o obra EM Otto Becker.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/147396/images/original/WhatsApp Image 2021-06-17 at 15.09.46 (1).jpeg" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/147398/images/original/Relat&#243;rio Fotogr&#225;fico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164890/images/original/10341 Reforma da E.M.E.I.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164891/images/original/CND Creche.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164892/images/original/Conclus&#227;o da creche.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164889/images/original/10340 Reforma E.M. Ant&#244;nio Curi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/201452/images/original/Empenhos Salas de Aula junto EM Ant&#244;nio Curi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/201453/images/original/Empenhos Fechamento Quadra junto EM Ant&#244;nio Curi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/201454/images/original/Relatorio fotogr&#225;fico Fechamento da quadra Esc Antonio Curi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/201455/images/original/Relatorio fotogr&#225;fico Amplia&#231;&#227;o da Esc Antonio Curi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/201456/images/original/termo aceita&#231;&#227;o obra Amplia&#231;&#227;o Salas de Aula EM Antonio Curi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/201457/images/original/termo aceita&#231;&#227;o obra Fechamento Quadra EM Ant&#244;nio Curi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164883/images/original/10339 Reforma E.M.Otto Becker.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164884/images/original/ART EXECU&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164885/images/original/CNO OBRA REFORMA OTTO BECKER.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164886/images/original/ordem de servi&#231;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164887/images/original/Relatorio fotogr&#225;fico reforma Otto Becker.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164888/images/original/termo aceita&#231;&#227;o obra Reforma EM Otto Becker.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164913/images/original/Relatorio fotogr&#225;fico reforma Otto Becker.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164914/images/original/termo aceita&#231;&#227;o obra EM Otto Becker.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/120914/images/original/Licitacao_2020_1512_PRDTermo formalizacao Disp 56.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/120915/images/original/Licitacao_2020_1512_PRDProposta CEMTEC.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/120917/images/original/Licitacao_2020_1512_PRDProjeto basico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/120918/images/original/Contrato_2020_57_0Contrato 57 e Anexos - CEMTEC - Academia UBS Butia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/120919/images/original/Empenhos Academia Junto UBS But&#225;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128998/images/original/Relatorio fotogr&#225;fico academia UBS Buti&#225; Concluido.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/81008/images/original/PREFEITURA - E01 - 02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/81007/images/original/PREFEITURA - E01 - 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/81009/images/original/PREFEITURA - E01 - 03.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/81010/images/original/PREFEITURA - E01 - 04.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/110992/images/original/Relatorio fotogr&#225;fico Prefeitura parcial 1&#186;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/118162/images/original/Relatorio fotogr&#225;fico Prefeitura parcial 2&#186;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/120931/images/original/Empenhos Liquidados at&#233; 21 09 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/121411/images/original/Relatorio fotogr&#225;fico Prefeitura parcial01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170600/images/original/Empenhos Pagos at&#233; Final da Obra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/81004/images/original/Prancha 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/81005/images/original/Prancha 01a.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/81006/images/original/Empenhos Emitidos at&#233; 30 04 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/91538/images/original/Relatorio fotogr&#225;fico Ponte Ceriaco parcial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/110993/images/original/Relatorio fotogr&#225;fico Ponte Ceriaco conclu&#237;da.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/81013/images/original/Plano de Aplica&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/81014/images/original/Empenhos Liquidados at&#233; 13 05 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/110994/images/original/Relatorio fotogr&#225;fico defesa civil 2020 parcial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128999/images/original/Empenhos Liquidados at&#233; em 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/129000/images/original/Relatorio fotogr&#225;fico defesa civil 2020 conclu&#237;do.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3235/images/original/Empenhos Emitidos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41885/images/original/Relatorio fotogr&#225;fico Pavimenta&#231;&#227;o at&#233; 05 de Junho 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41886/images/original/Empenhos Emitidos at&#233; 05 06 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/69698/images/original/Empenhos Emitidos em 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80999/images/original/Empenhos Liquidados  at&#233; 30 04 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/91539/images/original/Relatorio fotogr&#225;fico Pavimenta&#231;&#227;o contrato 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/91540/images/original/Relatorio fotogr&#225;fico Pavimenta&#231;&#227;o contrato 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/110995/images/original/Relatorio fotogr&#225;fico Pavimenta&#231;&#227;o contrato 2019 parcial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/120933/images/original/Empenhos Emitidos at&#233; 21 09 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/120934/images/original/Empenhos Liquidados at&#233; 21 09 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/121412/images/original/Relatorio fotogr&#225;fico Pavimenta&#231;&#227;o contrato 2019 conclu&#237;do.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/129001/images/original/Empenhos Liquidados do dia 22 09 2020 &#224; 31 12  2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/129002/images/original/Relatorio fotogr&#225;fico Pavimenta&#231;&#227;o contrato 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3232/images/original/Movimenta&#231;&#227;o em 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3233/images/original/Relatorio fotogr&#225;fico UBS Buti&#225; 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41871/images/original/Relatorio fotogr&#225;fico UBS Buti&#225; em andamento at&#233; 05 Junho 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41872/images/original/Movimenta&#231;&#227;o em 2018 at&#233; 05 06 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/69699/images/original/Relatorio fotogr&#225;fico UBS Buti&#225;  2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/69703/images/original/Movimenta&#231;&#227;o UBS Buti&#225;  2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80995/images/original/Termo de Recebimento definitivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80994/images/original/Movimenta&#231;&#227;o UBS Buti&#225; 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/91541/images/original/Relatorio fotogr&#225;fico UBS Buti&#225; conclu&#237;da.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3230/images/original/Creche Pre Escola 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3254/images/original/Relatorio fotogr&#225;fico creche PARCIAL 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41873/images/original/Creche Pre Escola 2019 at&#233; 05 06 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41874/images/original/Relatorio fotogr&#225;fico creche at&#233; 05 de Junho 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/69704/images/original/Relatorio fotogr&#225;fico creche 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/69705/images/original/Creche Pre Escola 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80996/images/original/Creche Pre Escola 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80997/images/original/Conclus&#227;o da creche.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/110996/images/original/Relatorio fotogr&#225;fico creche conclu&#237;da com cobertura e espelhos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2983/images/original/Quadra Poliesportiva Campo de Futebol 2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2984/images/original/Quadra Poliesportiva Campo de Futebol 2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2985/images/original/Quadra Poliesportiva Campo de Futebol 2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2986/images/original/Quadra Poliesportiva Campo de Futebol 2017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2987/images/original/Quadra Poliesportiva Campo de Futebol 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3323/images/original/Relatorio fotogr&#225;fico Quadra Campo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41876/images/original/Relatorio fotogr&#225;fico Quadra Campo At&#233; 05 de Jun 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41875/images/original/Quadra Poliesportiva Campo de Futebol 2019 at&#233; 05 06 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/69706/images/original/Relatorio fotogr&#225;fico QUADRA DE AREIA conclu&#237;do.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/69707/images/original/Quadra Poliesportiva Campo de Futebol 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80986/images/original/Quadra Poliesportiva Campo de Futebol 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80987/images/original/Conclus&#227;o da quadra areia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/91542/images/original/Relatorio fotogr&#225;fico QUADRA DE AREIA conclu&#237;do com ilumina&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/16374/images/original/PRH HORTO (2).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3272/images/original/Empenho da Obra de Drenagem Pluvial Emitidos 2017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3274/images/original/Empenho da Obra de Drenagem Pluvial pagos 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3276/images/original/Relatorio fotogr&#225;fico drenagem pluvial 2017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3277/images/original/Relatorio fotogr&#225;fico drenagem pluvial 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3278/images/original/Termo de Recebimento da Obra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3005/images/original/Centro de Eventos 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3007/images/original/Relatorio fotogr&#225;fico CENTRO DE EVENTOS conclu&#237;do 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3008/images/original/Termo de recebimento de obra Centro de Eventos 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2981/images/original/Relatorio fotogr&#225;fico quadra cordeiro conclu&#237;da 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2980/images/original/Quadra Poliesportiva Vila Cordeiro 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2982/images/original/Termo de recebimento de obra Quadra Cordeiro 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3226/images/original/Creche Pre Escola 2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3227/images/original/Creche Pre Escola 2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3228/images/original/Creche Pre Escola 2017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3229/images/original/Relatorio fotogr&#225;fico CRECHE at&#233; 2017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2997/images/original/Centro de Eventos 2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2998/images/original/Centro de Eventos 2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2999/images/original/Centro de Eventos 2017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/3000/images/original/Relatorio fotogr&#225;fico CENTRO DE EVENTOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2755/images/original/2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2756/images/original/2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2757/images/original/2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2758/images/original/2017.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C280"/>
+  <dimension ref="A1:C305"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C280" sqref="C280"/>
+      <selection activeCell="C305" sqref="C305"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
@@ -1410,3071 +1500,3346 @@
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>3</v>
       </c>
       <c r="B5" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
+        <v>3</v>
+      </c>
+      <c r="B6" t="s">
+        <v>4</v>
+      </c>
+      <c r="C6" s="1" t="s">
         <v>9</v>
-      </c>
-[...4 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B7" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B8" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B9" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B10" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B12" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B13" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="B14" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="B15" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="B16" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="B17" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B18" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B19" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B20" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>28</v>
+        <v>7</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B21" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B22" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B23" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B24" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B25" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B26" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B27" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B28" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="B29" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="B30" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B31" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B32" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
+        <v>39</v>
+      </c>
+      <c r="B33" t="s">
         <v>40</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="1" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
+        <v>39</v>
+      </c>
+      <c r="B34" t="s">
         <v>40</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" s="1" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
+        <v>39</v>
+      </c>
+      <c r="B35" t="s">
         <v>40</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="1" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
+        <v>39</v>
+      </c>
+      <c r="B36" t="s">
         <v>40</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36" s="1" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
+        <v>39</v>
+      </c>
+      <c r="B37" t="s">
         <v>40</v>
       </c>
-      <c r="B37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" s="1" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
+        <v>39</v>
+      </c>
+      <c r="B38" t="s">
         <v>40</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" s="1" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
+        <v>39</v>
+      </c>
+      <c r="B39" t="s">
         <v>40</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39" s="1" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
+        <v>39</v>
+      </c>
+      <c r="B40" t="s">
         <v>40</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" s="1" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
+        <v>53</v>
+      </c>
+      <c r="B41" t="s">
         <v>40</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" s="1" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
+        <v>53</v>
+      </c>
+      <c r="B42" t="s">
         <v>40</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" s="1" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
+        <v>53</v>
+      </c>
+      <c r="B43" t="s">
         <v>40</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" s="1" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="B44" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>18</v>
+        <v>59</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="B45" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="B46" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="B47" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="B48" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>13</v>
+        <v>62</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="B49" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="B50" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>54</v>
+        <v>64</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="B51" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B52" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B53" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>58</v>
+        <v>66</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B54" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>56</v>
+        <v>67</v>
       </c>
       <c r="B55" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>56</v>
+        <v>67</v>
       </c>
       <c r="B56" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>56</v>
+        <v>67</v>
       </c>
       <c r="B57" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>14</v>
+        <v>71</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>56</v>
+        <v>67</v>
       </c>
       <c r="B58" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>51</v>
+        <v>72</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>56</v>
+        <v>67</v>
       </c>
       <c r="B59" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="B60" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="B61" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="B62" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="B63" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="B64" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="B65" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="B66" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>70</v>
+        <v>48</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="B67" t="s">
+        <v>68</v>
+      </c>
+      <c r="C67" s="1" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>73</v>
+        <v>45</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="B69" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="B70" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>75</v>
+        <v>43</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="B71" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="B72" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="B73" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>19</v>
+        <v>82</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="B74" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>30</v>
+        <v>84</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="B75" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="B76" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="B77" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
         <v>83</v>
       </c>
       <c r="B78" t="s">
-        <v>84</v>
+        <v>68</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
         <v>83</v>
       </c>
       <c r="B79" t="s">
-        <v>84</v>
+        <v>68</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>86</v>
+        <v>44</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
         <v>83</v>
       </c>
       <c r="B80" t="s">
-        <v>84</v>
+        <v>68</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>77</v>
+        <v>37</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
         <v>83</v>
       </c>
       <c r="B81" t="s">
-        <v>84</v>
+        <v>68</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>62</v>
+        <v>89</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B82" t="s">
-        <v>88</v>
+        <v>68</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B83" t="s">
-        <v>88</v>
+        <v>68</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B84" t="s">
-        <v>88</v>
+        <v>68</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B85" t="s">
-        <v>88</v>
+        <v>68</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="B86" t="s">
-        <v>94</v>
+        <v>68</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="B87" t="s">
-        <v>94</v>
+        <v>68</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="B88" t="s">
-        <v>94</v>
+        <v>68</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="B89" t="s">
-        <v>94</v>
+        <v>68</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="B90" t="s">
-        <v>94</v>
+        <v>68</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
+        <v>90</v>
+      </c>
+      <c r="B91" t="s">
+        <v>68</v>
+      </c>
+      <c r="C91" s="1" t="s">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="B92" t="s">
+        <v>68</v>
+      </c>
+      <c r="C92" s="1" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B93" t="s">
-        <v>101</v>
+        <v>68</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B94" t="s">
-        <v>101</v>
+        <v>68</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B95" t="s">
-        <v>101</v>
+        <v>68</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B96" t="s">
-        <v>101</v>
+        <v>68</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="B97" t="s">
-        <v>109</v>
+        <v>68</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="B98" t="s">
-        <v>109</v>
+        <v>68</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>111</v>
+        <v>49</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="B99" t="s">
-        <v>109</v>
+        <v>68</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>77</v>
+        <v>61</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
         <v>108</v>
       </c>
       <c r="B100" t="s">
         <v>109</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
         <v>108</v>
       </c>
       <c r="B101" t="s">
         <v>109</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="B102" t="s">
-        <v>115</v>
+        <v>109</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
+        <v>113</v>
+      </c>
+      <c r="B103" t="s">
         <v>114</v>
       </c>
-      <c r="B103" t="s">
+      <c r="C103" s="1" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
+        <v>113</v>
+      </c>
+      <c r="B104" t="s">
+        <v>114</v>
+      </c>
+      <c r="C104" s="1" t="s">
         <v>116</v>
-      </c>
-[...4 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="B105" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="B106" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>119</v>
+        <v>89</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B107" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B108" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B109" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B110" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="B111" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="B112" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="B113" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="B114" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="B115" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" t="s">
-        <v>116</v>
+        <v>130</v>
       </c>
       <c r="B116" t="s">
-        <v>117</v>
+        <v>131</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
-        <v>116</v>
+        <v>130</v>
       </c>
       <c r="B117" t="s">
-        <v>117</v>
+        <v>131</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
-        <v>116</v>
+        <v>130</v>
       </c>
       <c r="B118" t="s">
-        <v>117</v>
+        <v>131</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
-        <v>116</v>
+        <v>130</v>
       </c>
       <c r="B119" t="s">
-        <v>117</v>
+        <v>131</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" t="s">
-        <v>116</v>
+        <v>130</v>
       </c>
       <c r="B120" t="s">
-        <v>117</v>
+        <v>131</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="B121" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="B122" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="B123" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="B124" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>139</v>
+        <v>107</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="B125" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="B126" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="B127" t="s">
-        <v>135</v>
+        <v>145</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>77</v>
+        <v>137</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="B128" t="s">
-        <v>135</v>
+        <v>145</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>139</v>
+        <v>64</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="B129" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>145</v>
+        <v>137</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="B130" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="B131" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="B132" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="B133" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="B134" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="C134" s="1" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" t="s">
+        <v>146</v>
+      </c>
+      <c r="B135" t="s">
+        <v>147</v>
+      </c>
+      <c r="C135" s="1" t="s">
         <v>153</v>
-      </c>
-[...4 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" t="s">
-        <v>153</v>
+        <v>146</v>
       </c>
       <c r="B136" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" t="s">
-        <v>156</v>
+        <v>146</v>
       </c>
       <c r="B137" t="s">
-        <v>157</v>
+        <v>147</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" t="s">
-        <v>159</v>
+        <v>146</v>
       </c>
       <c r="B138" t="s">
-        <v>157</v>
+        <v>147</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>139</v>
+        <v>156</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" t="s">
-        <v>159</v>
+        <v>146</v>
       </c>
       <c r="B139" t="s">
+        <v>147</v>
+      </c>
+      <c r="C139" s="1" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" t="s">
-        <v>159</v>
+        <v>146</v>
       </c>
       <c r="B140" t="s">
-        <v>157</v>
+        <v>147</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>145</v>
+        <v>158</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" t="s">
+        <v>146</v>
+      </c>
+      <c r="B141" t="s">
+        <v>147</v>
+      </c>
+      <c r="C141" s="1" t="s">
         <v>159</v>
-      </c>
-[...4 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" t="s">
-        <v>161</v>
+        <v>146</v>
       </c>
       <c r="B142" t="s">
-        <v>162</v>
+        <v>147</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" t="s">
+        <v>146</v>
+      </c>
+      <c r="B143" t="s">
+        <v>147</v>
+      </c>
+      <c r="C143" s="1" t="s">
         <v>161</v>
-      </c>
-[...4 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" t="s">
-        <v>165</v>
+        <v>146</v>
       </c>
       <c r="B144" t="s">
-        <v>166</v>
+        <v>147</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" t="s">
-        <v>165</v>
+        <v>146</v>
       </c>
       <c r="B145" t="s">
-        <v>166</v>
+        <v>147</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" t="s">
+        <v>164</v>
+      </c>
+      <c r="B146" t="s">
         <v>165</v>
       </c>
-      <c r="B146" t="s">
+      <c r="C146" s="1" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" t="s">
+        <v>164</v>
+      </c>
+      <c r="B147" t="s">
         <v>165</v>
       </c>
-      <c r="B147" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C147" s="1" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" t="s">
+        <v>164</v>
+      </c>
+      <c r="B148" t="s">
         <v>165</v>
       </c>
-      <c r="B148" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C148" s="1" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" t="s">
+        <v>164</v>
+      </c>
+      <c r="B149" t="s">
         <v>165</v>
       </c>
-      <c r="B149" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C149" s="1" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" t="s">
+        <v>170</v>
+      </c>
+      <c r="B150" t="s">
         <v>165</v>
       </c>
-      <c r="B150" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C150" s="1" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" t="s">
+        <v>170</v>
+      </c>
+      <c r="B151" t="s">
         <v>165</v>
       </c>
-      <c r="B151" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C151" s="1" t="s">
-        <v>139</v>
+        <v>172</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="B152" t="s">
-        <v>175</v>
+        <v>165</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>176</v>
+        <v>107</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" t="s">
-        <v>177</v>
+        <v>170</v>
       </c>
       <c r="B153" t="s">
-        <v>175</v>
+        <v>165</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>178</v>
+        <v>169</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="B154" t="s">
+        <v>174</v>
+      </c>
+      <c r="C154" s="1" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" t="s">
-        <v>180</v>
+        <v>173</v>
       </c>
       <c r="B155" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" t="s">
-        <v>180</v>
+        <v>173</v>
       </c>
       <c r="B156" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" t="s">
+        <v>178</v>
+      </c>
+      <c r="B157" t="s">
+        <v>179</v>
+      </c>
+      <c r="C157" s="1" t="s">
         <v>180</v>
-      </c>
-[...4 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="B158" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="B159" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="B160" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="B161" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="B162" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B163" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>193</v>
+        <v>169</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B164" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>194</v>
+        <v>107</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B165" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" t="s">
+        <v>189</v>
+      </c>
+      <c r="B166" t="s">
+        <v>187</v>
+      </c>
+      <c r="C166" s="1" t="s">
         <v>190</v>
-      </c>
-[...4 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B167" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
       <c r="B168" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="B169" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>77</v>
+        <v>197</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" t="s">
+        <v>195</v>
+      </c>
+      <c r="B170" t="s">
+        <v>196</v>
+      </c>
+      <c r="C170" s="1" t="s">
         <v>198</v>
-      </c>
-[...4 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="B171" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="B172" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" t="s">
-        <v>203</v>
+        <v>195</v>
       </c>
       <c r="B173" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" t="s">
-        <v>203</v>
+        <v>195</v>
       </c>
       <c r="B174" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" t="s">
+        <v>195</v>
+      </c>
+      <c r="B175" t="s">
+        <v>196</v>
+      </c>
+      <c r="C175" s="1" t="s">
         <v>203</v>
-      </c>
-[...4 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" t="s">
-        <v>203</v>
+        <v>195</v>
       </c>
       <c r="B176" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>207</v>
+        <v>169</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B177" t="s">
-        <v>191</v>
+        <v>205</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="B178" t="s">
-        <v>191</v>
+        <v>205</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="B179" t="s">
-        <v>191</v>
+        <v>205</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" t="s">
+        <v>210</v>
+      </c>
+      <c r="B180" t="s">
+        <v>205</v>
+      </c>
+      <c r="C180" s="1" t="s">
         <v>211</v>
-      </c>
-[...4 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="B181" t="s">
-        <v>191</v>
+        <v>205</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>193</v>
+        <v>212</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="B182" t="s">
-        <v>191</v>
+        <v>205</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>194</v>
+        <v>213</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="B183" t="s">
-        <v>191</v>
+        <v>205</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>195</v>
+        <v>214</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="B184" t="s">
-        <v>191</v>
+        <v>205</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>196</v>
+        <v>215</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="B185" t="s">
-        <v>191</v>
+        <v>217</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="B186" t="s">
-        <v>191</v>
+        <v>217</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>196</v>
+        <v>219</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" t="s">
-        <v>211</v>
+        <v>220</v>
       </c>
       <c r="B187" t="s">
-        <v>191</v>
+        <v>221</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>197</v>
+        <v>222</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="B188" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>216</v>
+        <v>223</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="B189" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>217</v>
+        <v>224</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="B190" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>218</v>
+        <v>225</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="B191" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>219</v>
+        <v>226</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="B192" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>220</v>
+        <v>227</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" t="s">
-        <v>214</v>
+        <v>228</v>
       </c>
       <c r="B193" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>221</v>
+        <v>229</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
       <c r="B194" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>224</v>
+        <v>107</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
       <c r="B195" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
       <c r="B196" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
       <c r="B197" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" t="s">
-        <v>222</v>
+        <v>233</v>
       </c>
       <c r="B198" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>228</v>
+        <v>234</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" t="s">
-        <v>222</v>
+        <v>233</v>
       </c>
       <c r="B199" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" t="s">
-        <v>222</v>
+        <v>233</v>
       </c>
       <c r="B200" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" t="s">
-        <v>222</v>
+        <v>233</v>
       </c>
       <c r="B201" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" t="s">
-        <v>222</v>
+        <v>233</v>
       </c>
       <c r="B202" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>232</v>
+        <v>238</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" t="s">
         <v>233</v>
       </c>
       <c r="B203" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" t="s">
         <v>233</v>
       </c>
       <c r="B204" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" t="s">
-        <v>233</v>
+        <v>241</v>
       </c>
       <c r="B205" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>236</v>
+        <v>242</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" t="s">
-        <v>233</v>
+        <v>241</v>
       </c>
       <c r="B206" t="s">
+        <v>221</v>
+      </c>
+      <c r="C206" s="1" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" t="s">
-        <v>233</v>
+        <v>241</v>
       </c>
       <c r="B207" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>238</v>
+        <v>224</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B208" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>240</v>
+        <v>225</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B209" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>241</v>
+        <v>226</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B210" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B211" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>243</v>
+        <v>226</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B212" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>244</v>
+        <v>227</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" t="s">
+        <v>244</v>
+      </c>
+      <c r="B213" t="s">
         <v>245</v>
       </c>
-      <c r="B213" t="s">
+      <c r="C213" s="1" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" t="s">
+        <v>244</v>
+      </c>
+      <c r="B214" t="s">
         <v>245</v>
       </c>
-      <c r="B214" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C214" s="1" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" t="s">
+        <v>244</v>
+      </c>
+      <c r="B215" t="s">
         <v>245</v>
       </c>
-      <c r="B215" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C215" s="1" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" t="s">
+        <v>244</v>
+      </c>
+      <c r="B216" t="s">
         <v>245</v>
       </c>
-      <c r="B216" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C216" s="1" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" t="s">
+        <v>244</v>
+      </c>
+      <c r="B217" t="s">
         <v>245</v>
       </c>
-      <c r="B217" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C217" s="1" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" t="s">
+        <v>244</v>
+      </c>
+      <c r="B218" t="s">
         <v>245</v>
       </c>
-      <c r="B218" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C218" s="1" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="B219" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="B220" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="B221" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="B222" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="B223" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="B224" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="B225" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="B226" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="C226" s="1" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="B227" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="C227" s="1" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="B228" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="B229" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="B230" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="B231" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="B232" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" t="s">
-        <v>260</v>
+        <v>269</v>
       </c>
       <c r="B233" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" t="s">
-        <v>260</v>
+        <v>269</v>
       </c>
       <c r="B234" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="B235" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="B236" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="B237" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="B238" t="s">
-        <v>246</v>
+        <v>276</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="B239" t="s">
-        <v>246</v>
+        <v>276</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="B240" t="s">
-        <v>246</v>
+        <v>276</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="B241" t="s">
-        <v>246</v>
+        <v>276</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="B242" t="s">
-        <v>246</v>
+        <v>276</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>202</v>
+        <v>281</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="B243" t="s">
-        <v>246</v>
+        <v>276</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="B244" t="s">
-        <v>246</v>
+        <v>276</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="B245" t="s">
-        <v>246</v>
+        <v>276</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="B246" t="s">
-        <v>246</v>
+        <v>276</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="B247" t="s">
-        <v>246</v>
+        <v>276</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="B248" t="s">
-        <v>246</v>
+        <v>276</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="B249" t="s">
-        <v>246</v>
+        <v>276</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="B250" t="s">
-        <v>246</v>
+        <v>276</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" t="s">
-        <v>279</v>
+        <v>290</v>
       </c>
       <c r="B251" t="s">
-        <v>246</v>
+        <v>276</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" t="s">
-        <v>279</v>
+        <v>290</v>
       </c>
       <c r="B252" t="s">
-        <v>246</v>
+        <v>276</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" t="s">
-        <v>279</v>
+        <v>290</v>
       </c>
       <c r="B253" t="s">
-        <v>246</v>
+        <v>276</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" t="s">
-        <v>279</v>
+        <v>290</v>
       </c>
       <c r="B254" t="s">
-        <v>246</v>
+        <v>276</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" t="s">
-        <v>279</v>
+        <v>290</v>
       </c>
       <c r="B255" t="s">
-        <v>246</v>
+        <v>276</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" t="s">
-        <v>279</v>
+        <v>290</v>
       </c>
       <c r="B256" t="s">
-        <v>246</v>
+        <v>276</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="B257" t="s">
-        <v>294</v>
+        <v>276</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" t="s">
-        <v>296</v>
+        <v>290</v>
       </c>
       <c r="B258" t="s">
-        <v>297</v>
+        <v>276</v>
       </c>
       <c r="C258" s="1" t="s">
         <v>298</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" t="s">
-        <v>296</v>
+        <v>290</v>
       </c>
       <c r="B259" t="s">
-        <v>297</v>
+        <v>276</v>
       </c>
       <c r="C259" s="1" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="B260" t="s">
-        <v>297</v>
+        <v>276</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="B261" t="s">
-        <v>297</v>
+        <v>276</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="B262" t="s">
-        <v>297</v>
+        <v>276</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="B263" t="s">
+        <v>276</v>
+      </c>
+      <c r="C263" s="1" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="B264" t="s">
-        <v>304</v>
+        <v>276</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="B265" t="s">
-        <v>304</v>
+        <v>276</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" t="s">
-        <v>308</v>
+        <v>300</v>
       </c>
       <c r="B266" t="s">
-        <v>309</v>
+        <v>276</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" t="s">
-        <v>308</v>
+        <v>300</v>
       </c>
       <c r="B267" t="s">
-        <v>309</v>
+        <v>276</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>311</v>
+        <v>232</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" t="s">
+        <v>300</v>
+      </c>
+      <c r="B268" t="s">
+        <v>276</v>
+      </c>
+      <c r="C268" s="1" t="s">
         <v>308</v>
-      </c>
-[...4 lines deleted...]
-        <v>312</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" t="s">
-        <v>270</v>
+        <v>309</v>
       </c>
       <c r="B269" t="s">
-        <v>313</v>
+        <v>276</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" t="s">
-        <v>270</v>
+        <v>309</v>
       </c>
       <c r="B270" t="s">
-        <v>313</v>
+        <v>276</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" t="s">
-        <v>270</v>
+        <v>309</v>
       </c>
       <c r="B271" t="s">
-        <v>313</v>
+        <v>276</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" t="s">
-        <v>270</v>
+        <v>309</v>
       </c>
       <c r="B272" t="s">
+        <v>276</v>
+      </c>
+      <c r="C272" s="1" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
       <c r="B273" t="s">
-        <v>313</v>
+        <v>276</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>318</v>
+        <v>314</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
       <c r="B274" t="s">
-        <v>313</v>
+        <v>276</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
       <c r="B275" t="s">
-        <v>313</v>
+        <v>276</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
       <c r="B276" t="s">
-        <v>313</v>
+        <v>276</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>321</v>
+        <v>317</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="B277" t="s">
-        <v>313</v>
+        <v>276</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="B278" t="s">
-        <v>313</v>
+        <v>276</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="B279" t="s">
-        <v>313</v>
+        <v>276</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="B280" t="s">
-        <v>313</v>
+        <v>276</v>
       </c>
       <c r="C280" s="1" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" t="s">
+        <v>309</v>
+      </c>
+      <c r="B281" t="s">
+        <v>276</v>
+      </c>
+      <c r="C281" s="1" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" t="s">
+        <v>323</v>
+      </c>
+      <c r="B282" t="s">
+        <v>324</v>
+      </c>
+      <c r="C282" s="1" t="s">
         <v>325</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" t="s">
+        <v>326</v>
+      </c>
+      <c r="B283" t="s">
+        <v>327</v>
+      </c>
+      <c r="C283" s="1" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" t="s">
+        <v>326</v>
+      </c>
+      <c r="B284" t="s">
+        <v>327</v>
+      </c>
+      <c r="C284" s="1" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" t="s">
+        <v>326</v>
+      </c>
+      <c r="B285" t="s">
+        <v>327</v>
+      </c>
+      <c r="C285" s="1" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" t="s">
+        <v>326</v>
+      </c>
+      <c r="B286" t="s">
+        <v>327</v>
+      </c>
+      <c r="C286" s="1" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" t="s">
+        <v>326</v>
+      </c>
+      <c r="B287" t="s">
+        <v>327</v>
+      </c>
+      <c r="C287" s="1" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" t="s">
+        <v>333</v>
+      </c>
+      <c r="B288" t="s">
+        <v>334</v>
+      </c>
+      <c r="C288" s="1" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" t="s">
+        <v>333</v>
+      </c>
+      <c r="B289" t="s">
+        <v>334</v>
+      </c>
+      <c r="C289" s="1" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" t="s">
+        <v>333</v>
+      </c>
+      <c r="B290" t="s">
+        <v>334</v>
+      </c>
+      <c r="C290" s="1" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" t="s">
+        <v>338</v>
+      </c>
+      <c r="B291" t="s">
+        <v>339</v>
+      </c>
+      <c r="C291" s="1" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" t="s">
+        <v>338</v>
+      </c>
+      <c r="B292" t="s">
+        <v>339</v>
+      </c>
+      <c r="C292" s="1" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" t="s">
+        <v>338</v>
+      </c>
+      <c r="B293" t="s">
+        <v>339</v>
+      </c>
+      <c r="C293" s="1" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" t="s">
+        <v>300</v>
+      </c>
+      <c r="B294" t="s">
+        <v>343</v>
+      </c>
+      <c r="C294" s="1" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" t="s">
+        <v>300</v>
+      </c>
+      <c r="B295" t="s">
+        <v>343</v>
+      </c>
+      <c r="C295" s="1" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" t="s">
+        <v>300</v>
+      </c>
+      <c r="B296" t="s">
+        <v>343</v>
+      </c>
+      <c r="C296" s="1" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" t="s">
+        <v>300</v>
+      </c>
+      <c r="B297" t="s">
+        <v>343</v>
+      </c>
+      <c r="C297" s="1" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" t="s">
+        <v>333</v>
+      </c>
+      <c r="B298" t="s">
+        <v>343</v>
+      </c>
+      <c r="C298" s="1" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" t="s">
+        <v>333</v>
+      </c>
+      <c r="B299" t="s">
+        <v>343</v>
+      </c>
+      <c r="C299" s="1" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" t="s">
+        <v>333</v>
+      </c>
+      <c r="B300" t="s">
+        <v>343</v>
+      </c>
+      <c r="C300" s="1" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" t="s">
+        <v>333</v>
+      </c>
+      <c r="B301" t="s">
+        <v>343</v>
+      </c>
+      <c r="C301" s="1" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" t="s">
+        <v>338</v>
+      </c>
+      <c r="B302" t="s">
+        <v>343</v>
+      </c>
+      <c r="C302" s="1" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" t="s">
+        <v>338</v>
+      </c>
+      <c r="B303" t="s">
+        <v>343</v>
+      </c>
+      <c r="C303" s="1" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" t="s">
+        <v>338</v>
+      </c>
+      <c r="B304" t="s">
+        <v>343</v>
+      </c>
+      <c r="C304" s="1" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" t="s">
+        <v>338</v>
+      </c>
+      <c r="B305" t="s">
+        <v>343</v>
+      </c>
+      <c r="C305" s="1" t="s">
+        <v>355</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
@@ -4715,50 +5080,75 @@
     <hyperlink ref="C256" r:id="rId_hyperlink_255"/>
     <hyperlink ref="C257" r:id="rId_hyperlink_256"/>
     <hyperlink ref="C258" r:id="rId_hyperlink_257"/>
     <hyperlink ref="C259" r:id="rId_hyperlink_258"/>
     <hyperlink ref="C260" r:id="rId_hyperlink_259"/>
     <hyperlink ref="C261" r:id="rId_hyperlink_260"/>
     <hyperlink ref="C262" r:id="rId_hyperlink_261"/>
     <hyperlink ref="C263" r:id="rId_hyperlink_262"/>
     <hyperlink ref="C264" r:id="rId_hyperlink_263"/>
     <hyperlink ref="C265" r:id="rId_hyperlink_264"/>
     <hyperlink ref="C266" r:id="rId_hyperlink_265"/>
     <hyperlink ref="C267" r:id="rId_hyperlink_266"/>
     <hyperlink ref="C268" r:id="rId_hyperlink_267"/>
     <hyperlink ref="C269" r:id="rId_hyperlink_268"/>
     <hyperlink ref="C270" r:id="rId_hyperlink_269"/>
     <hyperlink ref="C271" r:id="rId_hyperlink_270"/>
     <hyperlink ref="C272" r:id="rId_hyperlink_271"/>
     <hyperlink ref="C273" r:id="rId_hyperlink_272"/>
     <hyperlink ref="C274" r:id="rId_hyperlink_273"/>
     <hyperlink ref="C275" r:id="rId_hyperlink_274"/>
     <hyperlink ref="C276" r:id="rId_hyperlink_275"/>
     <hyperlink ref="C277" r:id="rId_hyperlink_276"/>
     <hyperlink ref="C278" r:id="rId_hyperlink_277"/>
     <hyperlink ref="C279" r:id="rId_hyperlink_278"/>
     <hyperlink ref="C280" r:id="rId_hyperlink_279"/>
+    <hyperlink ref="C281" r:id="rId_hyperlink_280"/>
+    <hyperlink ref="C282" r:id="rId_hyperlink_281"/>
+    <hyperlink ref="C283" r:id="rId_hyperlink_282"/>
+    <hyperlink ref="C284" r:id="rId_hyperlink_283"/>
+    <hyperlink ref="C285" r:id="rId_hyperlink_284"/>
+    <hyperlink ref="C286" r:id="rId_hyperlink_285"/>
+    <hyperlink ref="C287" r:id="rId_hyperlink_286"/>
+    <hyperlink ref="C288" r:id="rId_hyperlink_287"/>
+    <hyperlink ref="C289" r:id="rId_hyperlink_288"/>
+    <hyperlink ref="C290" r:id="rId_hyperlink_289"/>
+    <hyperlink ref="C291" r:id="rId_hyperlink_290"/>
+    <hyperlink ref="C292" r:id="rId_hyperlink_291"/>
+    <hyperlink ref="C293" r:id="rId_hyperlink_292"/>
+    <hyperlink ref="C294" r:id="rId_hyperlink_293"/>
+    <hyperlink ref="C295" r:id="rId_hyperlink_294"/>
+    <hyperlink ref="C296" r:id="rId_hyperlink_295"/>
+    <hyperlink ref="C297" r:id="rId_hyperlink_296"/>
+    <hyperlink ref="C298" r:id="rId_hyperlink_297"/>
+    <hyperlink ref="C299" r:id="rId_hyperlink_298"/>
+    <hyperlink ref="C300" r:id="rId_hyperlink_299"/>
+    <hyperlink ref="C301" r:id="rId_hyperlink_300"/>
+    <hyperlink ref="C302" r:id="rId_hyperlink_301"/>
+    <hyperlink ref="C303" r:id="rId_hyperlink_302"/>
+    <hyperlink ref="C304" r:id="rId_hyperlink_303"/>
+    <hyperlink ref="C305" r:id="rId_hyperlink_304"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>