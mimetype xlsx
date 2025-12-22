--- v0 (2025-11-02)
+++ v1 (2025-12-22)
@@ -12,59 +12,68 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
+  </si>
+  <si>
+    <t>Política de Investimentos 2026</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>POLINVEST 2026 CRISTAL RS20251212.pdf</t>
   </si>
   <si>
     <t>Política de Investimentos 2025</t>
   </si>
   <si>
     <t>01/01/2025</t>
   </si>
   <si>
     <t>POLITICA DE INVESTIMENTOS 2025 20250120.pdf</t>
   </si>
   <si>
     <t>Política de Investimentos 2024</t>
   </si>
   <si>
     <t>01/01/2024</t>
   </si>
   <si>
     <t>Política de Investimentos 2023</t>
   </si>
   <si>
     <t>01/01/2023</t>
   </si>
   <si>
     <t>Política de Investimentos 2022</t>
   </si>
@@ -419,176 +428,188 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/515767/images/original/POLITICA DE INVESTIMENTOS 2025 20250120.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/418989/images/original/POLINVEST 2024 CRISTAL RS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/418990/images/original/POLINVEST 2023  CRISTAL RS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419006/images/original/POLITICA DE INVESTIMENTOS 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419075/images/original/POLITICA DE INVESTIMENTOS 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419072/images/original/POLITICA DE INVESTIMENTOS 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419073/images/original/Doc3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419074/images/original/Pol&#237;tica de Investimentos 2019.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/704150/images/original/POLINVEST 2026  CRISTAL RS20251212.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/515767/images/original/POLITICA DE INVESTIMENTOS 2025 20250120.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/418989/images/original/POLINVEST 2024 CRISTAL RS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/418990/images/original/POLINVEST 2023  CRISTAL RS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419006/images/original/POLITICA DE INVESTIMENTOS 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419075/images/original/POLITICA DE INVESTIMENTOS 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419072/images/original/POLITICA DE INVESTIMENTOS 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419073/images/original/Doc3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419074/images/original/Pol&#237;tica de Investimentos 2019.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C9"/>
+  <dimension ref="A1:C10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C9" sqref="C9"/>
+      <selection activeCell="C10" sqref="C10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C4" s="1" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
+        <v>12</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B6" t="s">
+        <v>14</v>
+      </c>
+      <c r="C6" s="1" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B7" t="s">
+        <v>16</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B8" t="s">
+        <v>18</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B9" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C9" s="1" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3">
+      <c r="A10" t="s">
         <v>19</v>
+      </c>
+      <c r="B10" t="s">
+        <v>20</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
+    <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>