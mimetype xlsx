--- v0 (2025-12-08)
+++ v1 (2026-02-08)
@@ -12,104 +12,116 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="241">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="245">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
     <t>DEM. COMP. DA CARTEIRA INVEST. MENSAL 2025</t>
   </si>
   <si>
     <t>01/01/2025</t>
   </si>
   <si>
     <t>Janeiro 2025</t>
   </si>
   <si>
     <t>Fevereiro 2025</t>
   </si>
   <si>
     <t>Março 2025</t>
   </si>
   <si>
     <t>Abril 2025</t>
   </si>
   <si>
     <t>Maio 2025</t>
   </si>
   <si>
     <t>Junho 2025</t>
   </si>
   <si>
     <t>Julho 2025</t>
   </si>
   <si>
     <t>Agosto 2025</t>
   </si>
   <si>
     <t>Setembro 2025</t>
   </si>
   <si>
+    <t>Outubro 2025</t>
+  </si>
+  <si>
+    <t>Novembro 2025</t>
+  </si>
+  <si>
+    <t>Dezembro 2025</t>
+  </si>
+  <si>
     <t>DEM. DE RENT. TRIMESTRAL 2025</t>
   </si>
   <si>
     <t>Janeiro a Março 2025</t>
   </si>
   <si>
     <t>Abril a Junho 2025</t>
   </si>
   <si>
     <t>Julho a Setembro</t>
+  </si>
+  <si>
+    <t>Outubro a Dezembro 2025</t>
   </si>
   <si>
     <t>AAPRS MENSAL 2025</t>
   </si>
   <si>
     <t>Fevereiro e Março 2025</t>
   </si>
   <si>
     <t>Abril e Maio 2025</t>
   </si>
   <si>
     <t>DEM. COMP. DA CARTEIRA INVEST. MENSAL 2024</t>
   </si>
   <si>
     <t>01/01/2024</t>
   </si>
   <si>
     <t>1 JAN DEMONST COMPOS CARTEIRA INVESTIMENTOS FAPS CRISTAL RS (1).pdf</t>
   </si>
   <si>
     <t>2 FEV DEMONST COMPOS CARTEIRA INVESTIMENTOS FAPS CRISTAL RS.pdf</t>
   </si>
   <si>
     <t>3 MAR DEMONST COMPOS CARTEIRA INVESTIMENTOS FAPS CRISTAL RS.pdf</t>
   </si>
@@ -1082,62 +1094,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/530116/images/original/1 JAN 25  DEMONST COMPOS CARTEIRA INVESTIMENTOS  FAPS CRISTAL RS20250311_rotated.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/553843/images/original/2 FEV 25  DEMONST COMPOS CARTEIRA INVESTIMENTOS  FAPS CRISTAL RS20250415.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/553844/images/original/3 MAR 25  DEMONST COMPOS CARTEIRA INVESTIMENTOS  FAPS CRISTAL RS20250415.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/606127/images/original/4 ABR 25  DEMONST COMPOS CARTEIRA INVESTIMENTOS  FAPS CRISTAL RS20250704_rotated.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/606126/images/original/5 MAI 25  DEMONST COMPOS CARTEIRA INVESTIMENTOS  FAPS CRISTAL RS20250704_rotated.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/627709/images/original/6 JUN 25  DEMONST COMPOS CARTEIRA INVESTIMENTOS  FAPS CRISTAL RS20250825.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/627710/images/original/7 JUL 25  DEMONST COMPOS CARTEIRA INVESTIMENTOS  FAPS CRISTAL RS20250825.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/655449/images/original/08 AGO 25  DEMONST COMPOS CARTEIRA INVESTIM FAPS CRISTAL RS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/690939/images/original/09 SET 25  DEMONST COMPOS CARTEIRA INVESTIM FAPS CRISTAL RS20251105_08522398.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/553845/images/original/1 JAN FEV MAR 2025  DEMONSTR RENTAB TRIMESTRAL RPPS FAPS 20250415.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/627712/images/original/2 ABR MAI JUN 2025  DEMONSTR RENTAB TRIMESTRAL RPPS FAPS 20250825.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/690940/images/original/3 JUL  AGO SET 202  DEMONSTR RENTAB TRIMESTRAL RPPS FAPS 20251105_08500011.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/530118/images/original/1 JAN 2025 RELATORIO DE AAPRs   FAPS CRISTAL RS20250311_rotated.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/553846/images/original/2 FEV  3 MAR 2025 RELATORIO DE AAPRs   FAPS CRISTAL RS20250415.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/606128/images/original/4  5  2025 RELATORIO DE AAPRs   FAPS CRISTAL RS20250704.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/627715/images/original/6 JUN 2025 RELATORIO DE AAPRs   FAPS CRISTAL RS20250825.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/627714/images/original/7 JUL  2025 RELATORIO DE AAPRs   FAPS CRISTAL RS2025082520250825.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/655551/images/original/08 AGOSTO 2025 RELATORIO DE AAPRs   FAPS CRISTAL RS20250922.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/690941/images/original/09 SETEMBRO 2025 RELATORIO DE AAPRs   FAPS CRISTAL rs 20251105_08461743.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419177/images/original/1 JAN DEMONST COMPOS CARTEIRA INVESTIMENTOS  FAPS CRISTAL RS (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419176/images/original/2 FEV DEMONST COMPOS CARTEIRA INVESTIMENTOS  FAPS CRISTAL RS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/460720/images/original/3 MAR  DEMONST COMPOS CARTEIRA INVESTIMENTOS  FAPS CRISTAL RS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/460721/images/original/04 ABR  DEMONST COMPOS CARTEIRA INVESTIMENTOS  FAPS CRISTAL RS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/480402/images/original/05 MAIO  DEMONST COMPOS CARTEIRA INVESTIMENTOS  FAPS CRISTAL RS20240829.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/480403/images/original/06 JUNHO DEMONST COMPOS CARTEIRA INVESTIMENTOS  FAPS CRISTAL RS20240829.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/480401/images/original/07 JULHO DEMONST COMPOS CARTEIRA INVESTIMENTOS  FAPS CRISTAL RS20240829.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/487438/images/original/08 AGOSTO DEMONST COMPOS CARTEIRA INVESTIMENTOS  FAPS CRISTAL20240918.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/500864/images/original/09 SET  DEMONST COMPOS CARTEIRA INVESTIM FAPS CRISTAL202420241125.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/500865/images/original/10 OUT DEMONST COMPOS CARTEIRA INVESTIM FAPS CRISTAL202420241125.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514549/images/original/11 NOV DEMONST COMPOS CARTEIRA INVESTIM FAPS CRISTAL20242024112520250113.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514550/images/original/12 DEZ DEMONST COMPOS CARTEIRA INVESTIM FAPS CRISTAL202420250113.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/449041/images/original/1 JAN FEV MAR  DEMONSTR RENTAB TRIMESTRAL RPPS FAPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/480460/images/original/2 ABRIL MAIO JUNHO  DEMONSTR RENTAB TRIMESTRAL RPPS FAPS20240829_rotated (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/500866/images/original/3 TRIMESTRE  DEMONSTR RENTAB TRIMESTRAL RPPS FAP20241125.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514547/images/original/4 TRIMESTRE  DEMONSTR RENTAB TRIMESTRAL RPPS FAP202420250113.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419170/images/original/1 REL AAPRs  JAN E FEV 2024 FAPS CRISTAL RS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/460722/images/original/3  4   REL AAPRs  MAR  E ABR 2024 FAPS CRISTAL RS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/480459/images/original/5 6 7  REL AAPRs MAIO JUNHO JULHO  2024 FAPS CRISTAL RS20240829.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/487440/images/original/08 AGOSTO REL AAPS  2024 FAPS CRISTAL RS20240918.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/500868/images/original/09 set 10 out   REL AAPS  2024 FAPS CRISTAL RS2024091820241125.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514548/images/original/11 NOV 12 DEZ   REL AAPS  2024 FAPS CRISTAL RS20250113.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419255/images/original/BALAN&#199;O OR&#199;AMENT&#193;RIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419254/images/original/BALAN&#199;O FINANCEIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419256/images/original/BALAN&#199;O PATRIMONIAL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419257/images/original/DEMONSTRA&#199;&#195;O DAS VARIA&#199;&#213;ES PATRIMONIAIS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419253/images/original/DEMONSTRA&#199;&#195;O DOS FLUXOS DE CAIXA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419244/images/original/1 DEMONSTRA COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENT JAN  2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419236/images/original/2 DEMONSTRA COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENT FEV  2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419237/images/original/3 DEMONSTRA COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENT MAR  2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419238/images/original/4 DEMONSTRA COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENT ABR  2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419247/images/original/5 DEMONSTRA COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENT MAIO  2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419243/images/original/6 DEMONSTRA COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENT JUNHO  2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419246/images/original/7 DEMONSTRA COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENT JULHO 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419239/images/original/8 DEMONSTRA COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENT AGOSTO 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419241/images/original/9 DEMONSTRA COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENT SETEMBRO 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419242/images/original/10  DEMONSTRA COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENT OUTUBRO 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419245/images/original/11  DEMONSTRA COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENT NOVEMBR 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419240/images/original/12  DEMONSTRA COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENT DEZEMBR 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419228/images/original/1 DEMONSTRATIVO RENDIMENTO TRIMESTRAL JAN A MAR 23.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419229/images/original/2 DEMONSTRATIVO RENDIMENTO TRIMESTRAL ABR A JUN 23.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419227/images/original/3 DEMONSTRATIVO RENDIMENTO TRIMESTRAL JULHO AGOSTO SETEMBRO  23.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419226/images/original/4 DEMONSTRATIVO RENDIMENTO TRIMESTRAL OUT NOV DEZ  2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419222/images/original/RELATORIO DE AAPRS JAN A JULHO 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419220/images/original/8 9 RELATORIO DE AAPRS AGOSTO SETEMBRO 2023_rotated.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419221/images/original/10 11 12  RELATORIO DE AAPRS OUT NOV DEZ  2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419259/images/original/BALAN&#199;O OR&#199;AMENT&#193;RIO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419261/images/original/BALAN&#199;O FINANCEIRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419263/images/original/BALAN&#199;O PATRIMONIAL 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419262/images/original/DEMONSTRA&#199;&#195;O DAS VARIA&#199;&#213;ES PATRIMONIAIS 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419260/images/original/DEMONSTRA&#199;&#195;O DOS FLUXOS DE CAIXA 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419312/images/original/1 JAN  RELATORIO DE AAPRs JAN FEV MAR ABRIL  2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419313/images/original/6 7  REL AAPRs  JUNHO JULHO  2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419310/images/original/8 9 REL AAPRs  AGOSTO SETEMBRO  2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419311/images/original/10 11 12  REL AAPRs  OUT-NOV-DEZ  2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419305/images/original/1 DEMONSTRATIVO DE RENTABILIDADE TRIMESTRAL JAN MAR&#199;O  2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419304/images/original/2 DEMONSTRATIVO DE RENTABILIDADE TRIMESTRAL ABRIL A JUNHO  2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419307/images/original/3 DEMONSTRATIVO DE RENTABILIDADE TRIMESTRAL JULHO A SETEMB  2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419306/images/original/4 DEMONSTRATIVO DE RENTABILIDADE TRIMESTRAL OUT A DEZ   2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419292/images/original/1 COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENTOS JAN 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419295/images/original/2 COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENTOS FEV 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419293/images/original/3 COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENTOS MAR&#199;O 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419297/images/original/4 COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENTOS ABRIL 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419299/images/original/5 COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENTOS MAIO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419294/images/original/6 COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENTOS JUNHO 20220001.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419301/images/original/7 COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENTOS JULHO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419300/images/original/8 COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENTOS AGOSTO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419296/images/original/9 COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENTOS SETEMBRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419298/images/original/10 COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENTOS OUTUBRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419303/images/original/11 COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENTOS NOVEMBRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419302/images/original/12  COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENTOS DEZEMBRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419323/images/original/Balan&#231;o Or&#231;ament&#225;rio RPPS Cristal 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419319/images/original/Balan&#231;o Financeiro  RPPS  de Cristal 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419322/images/original/Balan&#231;o Patrimonial  RPPS  de Cristal 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419321/images/original/Demonstra&#231;&#227;o das Varia&#231;&#245;es Patrimoniais  RPPS  de Cristal 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419320/images/original/Demonstra&#231;&#227;o dos Fluxos de Caixa  RPPS  de Cristal 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419345/images/original/1 JAN  RELATORIO DE AAPRs JAN  2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419347/images/original/2 3 RELATORIO DE AAPRs  Fev e Mar  2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419346/images/original/4 5 RELATORIO DE AAPRs  ABRIL MAIO   20210015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419350/images/original/6 7 8 RELATORIOS AAPRs JUNHO A AGOSTO 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419348/images/original/09 10 11 12  RELATORIO DE AAPRs SET  A DEZ 20210072.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419340/images/original/1 DEMONSTRATIVO DE RENTABILIDADE TRIMESTRAL Jan a Mar 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419341/images/original/2 DEMONSTRATIVO DE RENTABILIDADE TRIMESTRAL ABRIL MAIO JUNH 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419342/images/original/3 DEMONSTRATIVO DE RENTABILIDADE TRIMESTRAL SET 20210042.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419343/images/original/4 DEMONSTRATIVO DE RENTABILIDADE TRIMESTRAL OUT A DEZ 20210073.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419334/images/original/1 COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENTOS JAN 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419328/images/original/2 DEMONSTRATIVO  COMPOS CARTEIRA  INVESTIMENTOS Fev  2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419329/images/original/3DEMONSTRATIVO  COMPOS CARTEIRA  INVESTIMENTOS Mar 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419326/images/original/4 DEMONSTRATIVO  COMPOS CARTEIRA  INVESTIMENTOS ABRIL 2021 0016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419327/images/original/5 DEMONSTRATIVO  COMPOS CARTEIRA  INVESTIMENTOS MAIO 2021 0017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419335/images/original/6 7 8  DEMONSTRATIVO  COMPOS CARTEIRA  INVESTIMENTOS JUNHO  JULHO  AGOSTO 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419330/images/original/9 COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENTOS SET  20210041.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419331/images/original/10 COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENTOS OUT 20210069.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419333/images/original/11 COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENTOS NOV 20210070.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419332/images/original/12 COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENTOS DEZ 20210071.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419400/images/original/Balan&#231;o Or&#231;ament&#225;rio RPPS Cristal 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419397/images/original/Balan&#231;o Financeiro  RPPS  de Cristal 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419401/images/original/Balan&#231;o Patrimonial  RPPS  de Cristal 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419399/images/original/Demonstra&#231;&#227;o das Varia&#231;&#245;es Patrimoniais  RPPS  de Cristal 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419398/images/original/Demonstra&#231;&#227;o dos Fluxos de Caixa  RPPS  de Cristal 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419380/images/original/1 RELATORIO DE AAPRs JAN A MAR&#199;O 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419382/images/original/4  RELATORIO DE AAPRs ABRIL  2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419381/images/original/5 RELATORIO DE AAPR MAIO 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419383/images/original/6 RELATORIO DE AAPR JUNHO 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419384/images/original/7 RELATORIO DE AAPRs JULHO 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419386/images/original/9 RELATORIO DE AAPRs SET 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419387/images/original/12 RELATORIO DE AAPRs DEZ 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419385/images/original/10  11  RELATORIO DE AAPRs  OUT NOV  2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419373/images/original/1 DEMONSTRATIVO DE RENTABILIDADE  TRIMESTRAL 1&#186; TRIM  2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419372/images/original/2  DEMONSTRATIVO DE RENTABILIDADE  TRIMESTRAL 2&#186; TRIM  2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419371/images/original/3 DEMONSTTRATIVO DE RENTABILIDADE TRIMESTRAL 3&#186; TRIM 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419358/images/original/1 COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENTOS JAN 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419360/images/original/2 COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENTOS FEV  2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419368/images/original/3 COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENTOS MAR&#199;O  2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419359/images/original/4 COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENTOS ABRIL  2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419363/images/original/5 COMPOSI&#199;&#195;O DA CARTEIRA  DE INVESTIMENTOS MAIO 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419365/images/original/6 COMPOSI&#199;&#195;O DA CARTEIRA  DE INVESTIMENTOS JUNHO 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419361/images/original/7 RELATORIO DE AAPRs JULHO 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419367/images/original/8 COMPOSI&#199;&#195;O DA CARTTEIRA DE INVESTIMENTOS  AGOSTO 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419362/images/original/9 COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENTOS SET 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419366/images/original/10 DEMONSTR COMPOSICAO CARTEIRA INVESTIMENTOS OUT 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419364/images/original/11 DEMONSTR COMPOSICAO CARTEIRA INVESTIMENTOS NOV 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419369/images/original/12  DEMONSTR COMPOSICAO CARTEIRA INVESTIMENTOS DEZ 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419143/images/original/Balan&#231;o Or&#231;ament&#225;rio Encerramento  2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419142/images/original/Balan&#231;o Financeira Encerramento  2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419140/images/original/Balan&#231;o Patrimonial Encerramento  2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419141/images/original/Demonstra&#231;&#227;o das Varia&#231;&#245;es Patrimoniais Encerramento  2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419139/images/original/Demonstrativo Fluxo de Caixa RPPS 2019 Encerramento.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419136/images/original/Balan&#231;o Or&#231;ament&#225;rio 1&#186; Semestre 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419135/images/original/Balan&#231;o Patrimonial 1&#186; Semestre 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419134/images/original/Balan&#231;o Financeira 1&#186; Semestre 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419137/images/original/Demonstra&#231;&#227;o das Varia&#231;&#245;es Patrimoniais 1&#186; Semestre 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419133/images/original/Demonstrativo Fluxo de Caixa RPPS 2019 1&#186; Semestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419129/images/original/RPPS FAPS DEMONSTRATIVO DE RENTABILIDADE 1&#186; TRIMESTRAL  2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419130/images/original/RELAT TRIMESTRAL DE INVESTIMENTOS 2&#186; Trim  2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419131/images/original/RELAT TRIMESTRAL DE INVESTIMENTOS  3&#186; Trim  2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419128/images/original/RELAT&#211;RIO TRIMESTRAL  4&#186; TRIMESTRE E ANUAL  DE 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419108/images/original/RPPS FAPS DEMONSTRATIVO COMPOSICAO DA CARTEIRA INVESTIM JANEIRO 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419107/images/original/RPPS FAPS DEMONSTRATIVO COMPOSICAO DA CARTEIRA INVESTIM FEVEREIRO 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419106/images/original/RPPS FAPS DEMONSTRATIVO COMPOSICAO DA CARTEIRA INVESTIM MAR&#199;O 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419103/images/original/RPPS FAPS DEMONSTRATIVO COMPOSICAO DA CARTEIRA INVESTIM ABRIL 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419102/images/original/RPPS FAPS DEMONSTRATIVO COMPOSICAO DA CARTEIRA INVESTIM MAIO 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419111/images/original/6 DEMONSTRAT DA COMPOSI&#199;&#195;O DA CARTEIRA D INVESTIMENTOS JUNHO 19 .pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419110/images/original/7DEMONSTRAT DA COMPOSI&#199;&#195;O DA CARTEIRA D INVESTIMENTOS JULHO 19.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419109/images/original/8 COMPOSI&#199;&#195;O DA CARTTEIRA DE INVESTIMENTOS AGOSTO  2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419112/images/original/9 COMPOSI&#199;&#195;O DA CARTTEIRA DE INVESTIMENTOS SETEMBRO  2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419105/images/original/10 COMPOSI&#199;&#195;O DA CARTTEIRA DE INVESTIMENTOS OUTUBRO  2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419104/images/original/11 COMPOSI&#199;&#195;O DA CARTTEIRA DE INVESTIMENTOS NOVEMBRO  2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419101/images/original/12 DEMONSTRATIVO COMPOSI&#199;&#195;O DA CARTEIRA DEZ 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419085/images/original/RPPS FAPS AAPRs MENSAL JAN a ABR 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419084/images/original/RPPS FAPS AAPRs MENSAL maio 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419087/images/original/RELATORIO DE AAPR   JUNHO A JULHO  2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419086/images/original/AAPRs AGOSTO SETEMBRO   2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419088/images/original/AAPRs OUTUBRO NOVEMBRO   2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419083/images/original/RELAT AAPRs DEZ 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419035/images/original/Balan&#231;o Financeira Encerramento 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419036/images/original/Balan&#231;o Or&#231;ament&#225;rio Encerramento 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419037/images/original/Balan&#231;o Patrimonial Encerramento 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419038/images/original/Demonstra&#231;&#227;o das Varia&#231;&#245;es Patrimoniais Encerramento 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419034/images/original/RPPS FAPS DEMONSTRATIVO COMPOSICAO DA CARTEIRA INVESTIM DEZ 2018 20190123_10423341.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419033/images/original/RPPS FAPS DEMONSTRATIVO DE RENTABILIDADE TRIMESTRAL DEZ 2018 20190123_10401306.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419032/images/original/RPPS FAPS AAPRs  DEZ 2018 20190123_10383912.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419031/images/original/Fluxo de Caixa 2018 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419056/images/original/Balan&#231;o Or&#231;ament&#225;rio 1&#186; Semestre 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419054/images/original/Balan&#231;o Financeira 1&#186; Semestre 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419057/images/original/Balan&#231;o Patrimonial 1&#186; Semestre 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419055/images/original/Demonstra&#231;&#227;o das Varia&#231;&#245;es Patrimoniais 1&#186; Semestre 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419053/images/original/Demon Fluxo de Caixa 1&#186; Sem 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419027/images/original/Balan&#231;o Or&#231;ament&#225;rio Encerramento 2017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419025/images/original/Balan&#231;o Financeira Encerramento 2017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419026/images/original/Balan&#231;o Patrimonial Encerramento 2017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419028/images/original/Demonstra&#231;&#227;o das Varia&#231;&#245;es Patrimoniais Encerramento 2017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419024/images/original/Demon Fluxo de Caixa 2&#186; Sem 2017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419020/images/original/Balan&#231;o Or&#231;ament&#225;rio 1&#186; Semestre 2017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419017/images/original/Balan&#231;o Financeira 1&#186; Semestre 2017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419019/images/original/Balan&#231;o Patrimonial 1&#186; Semestre 2017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419018/images/original/Demonstra&#231;&#227;o das Varia&#231;&#245;es Patrimoniais 1&#186; Semestre 2017.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/530116/images/original/1 JAN 25  DEMONST COMPOS CARTEIRA INVESTIMENTOS  FAPS CRISTAL RS20250311_rotated.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/553843/images/original/2 FEV 25  DEMONST COMPOS CARTEIRA INVESTIMENTOS  FAPS CRISTAL RS20250415.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/553844/images/original/3 MAR 25  DEMONST COMPOS CARTEIRA INVESTIMENTOS  FAPS CRISTAL RS20250415.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/606127/images/original/4 ABR 25  DEMONST COMPOS CARTEIRA INVESTIMENTOS  FAPS CRISTAL RS20250704_rotated.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/606126/images/original/5 MAI 25  DEMONST COMPOS CARTEIRA INVESTIMENTOS  FAPS CRISTAL RS20250704_rotated.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/627709/images/original/6 JUN 25  DEMONST COMPOS CARTEIRA INVESTIMENTOS  FAPS CRISTAL RS20250825.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/627710/images/original/7 JUL 25  DEMONST COMPOS CARTEIRA INVESTIMENTOS  FAPS CRISTAL RS20250825.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/655449/images/original/08 AGO 25  DEMONST COMPOS CARTEIRA INVESTIM FAPS CRISTAL RS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/690939/images/original/09 SET 25  DEMONST COMPOS CARTEIRA INVESTIM FAPS CRISTAL RS20251105_08522398.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/713809/images/original/10 OUT 25  DEMONST COMPOS CARTEIRA INVESTIM FAPS CRISTAL RS2025120251125_13525472.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/713810/images/original/11 NOV 25  DEMONST COMPOS CARTEIRA INVESTIM FAPS CRISTAL RS2025120251125_13525472.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/713811/images/original/12 DEZ 25 DEMONSTR COMPOS CARTEIRA 20260112_14251370.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/553845/images/original/1 JAN FEV MAR 2025  DEMONSTR RENTAB TRIMESTRAL RPPS FAPS 20250415.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/627712/images/original/2 ABR MAI JUN 2025  DEMONSTR RENTAB TRIMESTRAL RPPS FAPS 20250825.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/690940/images/original/3 JUL  AGO SET 202  DEMONSTR RENTAB TRIMESTRAL RPPS FAPS 20251105_08500011.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/713817/images/original/4 OUT NOV DEZ 25 DEMONSTRATIVO RENDIM TRIMESTRAL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/530118/images/original/1 JAN 2025 RELATORIO DE AAPRs   FAPS CRISTAL RS20250311_rotated.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/553846/images/original/2 FEV  3 MAR 2025 RELATORIO DE AAPRs   FAPS CRISTAL RS20250415.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/606128/images/original/4  5  2025 RELATORIO DE AAPRs   FAPS CRISTAL RS20250704.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/627715/images/original/6 JUN 2025 RELATORIO DE AAPRs   FAPS CRISTAL RS20250825.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/627714/images/original/7 JUL  2025 RELATORIO DE AAPRs   FAPS CRISTAL RS2025082520250825.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/655551/images/original/08 AGOSTO 2025 RELATORIO DE AAPRs   FAPS CRISTAL RS20250922.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/690941/images/original/09 SETEMBRO 2025 RELATORIO DE AAPRs   FAPS CRISTAL rs 20251105_08461743.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/713830/images/original/10  OUT 2025 RELATORIO DE AAPRs   FAPS CRISTAL20251125_13505203.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/713831/images/original/11 NOV  2025 RELATORIO DE AAPRs   FAPS CRISTAL2025112520251212_14052705.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/713832/images/original/12 DEZ 25 REL AAPRs20260112_14053614.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419177/images/original/1 JAN DEMONST COMPOS CARTEIRA INVESTIMENTOS  FAPS CRISTAL RS (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419176/images/original/2 FEV DEMONST COMPOS CARTEIRA INVESTIMENTOS  FAPS CRISTAL RS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/460720/images/original/3 MAR  DEMONST COMPOS CARTEIRA INVESTIMENTOS  FAPS CRISTAL RS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/460721/images/original/04 ABR  DEMONST COMPOS CARTEIRA INVESTIMENTOS  FAPS CRISTAL RS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/480402/images/original/05 MAIO  DEMONST COMPOS CARTEIRA INVESTIMENTOS  FAPS CRISTAL RS20240829.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/480403/images/original/06 JUNHO DEMONST COMPOS CARTEIRA INVESTIMENTOS  FAPS CRISTAL RS20240829.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/480401/images/original/07 JULHO DEMONST COMPOS CARTEIRA INVESTIMENTOS  FAPS CRISTAL RS20240829.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/487438/images/original/08 AGOSTO DEMONST COMPOS CARTEIRA INVESTIMENTOS  FAPS CRISTAL20240918.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/500864/images/original/09 SET  DEMONST COMPOS CARTEIRA INVESTIM FAPS CRISTAL202420241125.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/500865/images/original/10 OUT DEMONST COMPOS CARTEIRA INVESTIM FAPS CRISTAL202420241125.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514549/images/original/11 NOV DEMONST COMPOS CARTEIRA INVESTIM FAPS CRISTAL20242024112520250113.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514550/images/original/12 DEZ DEMONST COMPOS CARTEIRA INVESTIM FAPS CRISTAL202420250113.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/449041/images/original/1 JAN FEV MAR  DEMONSTR RENTAB TRIMESTRAL RPPS FAPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/480460/images/original/2 ABRIL MAIO JUNHO  DEMONSTR RENTAB TRIMESTRAL RPPS FAPS20240829_rotated (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/500866/images/original/3 TRIMESTRE  DEMONSTR RENTAB TRIMESTRAL RPPS FAP20241125.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514547/images/original/4 TRIMESTRE  DEMONSTR RENTAB TRIMESTRAL RPPS FAP202420250113.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419170/images/original/1 REL AAPRs  JAN E FEV 2024 FAPS CRISTAL RS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/460722/images/original/3  4   REL AAPRs  MAR  E ABR 2024 FAPS CRISTAL RS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/480459/images/original/5 6 7  REL AAPRs MAIO JUNHO JULHO  2024 FAPS CRISTAL RS20240829.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/487440/images/original/08 AGOSTO REL AAPS  2024 FAPS CRISTAL RS20240918.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/500868/images/original/09 set 10 out   REL AAPS  2024 FAPS CRISTAL RS2024091820241125.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514548/images/original/11 NOV 12 DEZ   REL AAPS  2024 FAPS CRISTAL RS20250113.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419255/images/original/BALAN&#199;O OR&#199;AMENT&#193;RIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419254/images/original/BALAN&#199;O FINANCEIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419256/images/original/BALAN&#199;O PATRIMONIAL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419257/images/original/DEMONSTRA&#199;&#195;O DAS VARIA&#199;&#213;ES PATRIMONIAIS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419253/images/original/DEMONSTRA&#199;&#195;O DOS FLUXOS DE CAIXA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419244/images/original/1 DEMONSTRA COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENT JAN  2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419236/images/original/2 DEMONSTRA COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENT FEV  2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419237/images/original/3 DEMONSTRA COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENT MAR  2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419238/images/original/4 DEMONSTRA COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENT ABR  2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419247/images/original/5 DEMONSTRA COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENT MAIO  2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419243/images/original/6 DEMONSTRA COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENT JUNHO  2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419246/images/original/7 DEMONSTRA COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENT JULHO 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419239/images/original/8 DEMONSTRA COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENT AGOSTO 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419241/images/original/9 DEMONSTRA COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENT SETEMBRO 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419242/images/original/10  DEMONSTRA COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENT OUTUBRO 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419245/images/original/11  DEMONSTRA COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENT NOVEMBR 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419240/images/original/12  DEMONSTRA COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENT DEZEMBR 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419228/images/original/1 DEMONSTRATIVO RENDIMENTO TRIMESTRAL JAN A MAR 23.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419229/images/original/2 DEMONSTRATIVO RENDIMENTO TRIMESTRAL ABR A JUN 23.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419227/images/original/3 DEMONSTRATIVO RENDIMENTO TRIMESTRAL JULHO AGOSTO SETEMBRO  23.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419226/images/original/4 DEMONSTRATIVO RENDIMENTO TRIMESTRAL OUT NOV DEZ  2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419222/images/original/RELATORIO DE AAPRS JAN A JULHO 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419220/images/original/8 9 RELATORIO DE AAPRS AGOSTO SETEMBRO 2023_rotated.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419221/images/original/10 11 12  RELATORIO DE AAPRS OUT NOV DEZ  2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419259/images/original/BALAN&#199;O OR&#199;AMENT&#193;RIO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419261/images/original/BALAN&#199;O FINANCEIRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419263/images/original/BALAN&#199;O PATRIMONIAL 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419262/images/original/DEMONSTRA&#199;&#195;O DAS VARIA&#199;&#213;ES PATRIMONIAIS 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419260/images/original/DEMONSTRA&#199;&#195;O DOS FLUXOS DE CAIXA 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419312/images/original/1 JAN  RELATORIO DE AAPRs JAN FEV MAR ABRIL  2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419313/images/original/6 7  REL AAPRs  JUNHO JULHO  2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419310/images/original/8 9 REL AAPRs  AGOSTO SETEMBRO  2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419311/images/original/10 11 12  REL AAPRs  OUT-NOV-DEZ  2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419305/images/original/1 DEMONSTRATIVO DE RENTABILIDADE TRIMESTRAL JAN MAR&#199;O  2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419304/images/original/2 DEMONSTRATIVO DE RENTABILIDADE TRIMESTRAL ABRIL A JUNHO  2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419307/images/original/3 DEMONSTRATIVO DE RENTABILIDADE TRIMESTRAL JULHO A SETEMB  2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419306/images/original/4 DEMONSTRATIVO DE RENTABILIDADE TRIMESTRAL OUT A DEZ   2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419292/images/original/1 COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENTOS JAN 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419295/images/original/2 COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENTOS FEV 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419293/images/original/3 COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENTOS MAR&#199;O 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419297/images/original/4 COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENTOS ABRIL 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419299/images/original/5 COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENTOS MAIO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419294/images/original/6 COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENTOS JUNHO 20220001.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419301/images/original/7 COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENTOS JULHO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419300/images/original/8 COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENTOS AGOSTO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419296/images/original/9 COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENTOS SETEMBRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419298/images/original/10 COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENTOS OUTUBRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419303/images/original/11 COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENTOS NOVEMBRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419302/images/original/12  COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENTOS DEZEMBRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419323/images/original/Balan&#231;o Or&#231;ament&#225;rio RPPS Cristal 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419319/images/original/Balan&#231;o Financeiro  RPPS  de Cristal 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419322/images/original/Balan&#231;o Patrimonial  RPPS  de Cristal 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419321/images/original/Demonstra&#231;&#227;o das Varia&#231;&#245;es Patrimoniais  RPPS  de Cristal 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419320/images/original/Demonstra&#231;&#227;o dos Fluxos de Caixa  RPPS  de Cristal 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419345/images/original/1 JAN  RELATORIO DE AAPRs JAN  2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419347/images/original/2 3 RELATORIO DE AAPRs  Fev e Mar  2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419346/images/original/4 5 RELATORIO DE AAPRs  ABRIL MAIO   20210015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419350/images/original/6 7 8 RELATORIOS AAPRs JUNHO A AGOSTO 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419348/images/original/09 10 11 12  RELATORIO DE AAPRs SET  A DEZ 20210072.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419340/images/original/1 DEMONSTRATIVO DE RENTABILIDADE TRIMESTRAL Jan a Mar 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419341/images/original/2 DEMONSTRATIVO DE RENTABILIDADE TRIMESTRAL ABRIL MAIO JUNH 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419342/images/original/3 DEMONSTRATIVO DE RENTABILIDADE TRIMESTRAL SET 20210042.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419343/images/original/4 DEMONSTRATIVO DE RENTABILIDADE TRIMESTRAL OUT A DEZ 20210073.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419334/images/original/1 COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENTOS JAN 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419328/images/original/2 DEMONSTRATIVO  COMPOS CARTEIRA  INVESTIMENTOS Fev  2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419329/images/original/3DEMONSTRATIVO  COMPOS CARTEIRA  INVESTIMENTOS Mar 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419326/images/original/4 DEMONSTRATIVO  COMPOS CARTEIRA  INVESTIMENTOS ABRIL 2021 0016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419327/images/original/5 DEMONSTRATIVO  COMPOS CARTEIRA  INVESTIMENTOS MAIO 2021 0017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419335/images/original/6 7 8  DEMONSTRATIVO  COMPOS CARTEIRA  INVESTIMENTOS JUNHO  JULHO  AGOSTO 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419330/images/original/9 COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENTOS SET  20210041.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419331/images/original/10 COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENTOS OUT 20210069.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419333/images/original/11 COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENTOS NOV 20210070.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419332/images/original/12 COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENTOS DEZ 20210071.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419400/images/original/Balan&#231;o Or&#231;ament&#225;rio RPPS Cristal 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419397/images/original/Balan&#231;o Financeiro  RPPS  de Cristal 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419401/images/original/Balan&#231;o Patrimonial  RPPS  de Cristal 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419399/images/original/Demonstra&#231;&#227;o das Varia&#231;&#245;es Patrimoniais  RPPS  de Cristal 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419398/images/original/Demonstra&#231;&#227;o dos Fluxos de Caixa  RPPS  de Cristal 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419380/images/original/1 RELATORIO DE AAPRs JAN A MAR&#199;O 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419382/images/original/4  RELATORIO DE AAPRs ABRIL  2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419381/images/original/5 RELATORIO DE AAPR MAIO 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419383/images/original/6 RELATORIO DE AAPR JUNHO 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419384/images/original/7 RELATORIO DE AAPRs JULHO 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419386/images/original/9 RELATORIO DE AAPRs SET 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419387/images/original/12 RELATORIO DE AAPRs DEZ 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419385/images/original/10  11  RELATORIO DE AAPRs  OUT NOV  2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419373/images/original/1 DEMONSTRATIVO DE RENTABILIDADE  TRIMESTRAL 1&#186; TRIM  2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419372/images/original/2  DEMONSTRATIVO DE RENTABILIDADE  TRIMESTRAL 2&#186; TRIM  2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419371/images/original/3 DEMONSTTRATIVO DE RENTABILIDADE TRIMESTRAL 3&#186; TRIM 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419358/images/original/1 COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENTOS JAN 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419360/images/original/2 COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENTOS FEV  2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419368/images/original/3 COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENTOS MAR&#199;O  2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419359/images/original/4 COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENTOS ABRIL  2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419363/images/original/5 COMPOSI&#199;&#195;O DA CARTEIRA  DE INVESTIMENTOS MAIO 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419365/images/original/6 COMPOSI&#199;&#195;O DA CARTEIRA  DE INVESTIMENTOS JUNHO 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419361/images/original/7 RELATORIO DE AAPRs JULHO 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419367/images/original/8 COMPOSI&#199;&#195;O DA CARTTEIRA DE INVESTIMENTOS  AGOSTO 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419362/images/original/9 COMPOSI&#199;&#195;O DA CARTEIRA DE INVESTIMENTOS SET 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419366/images/original/10 DEMONSTR COMPOSICAO CARTEIRA INVESTIMENTOS OUT 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419364/images/original/11 DEMONSTR COMPOSICAO CARTEIRA INVESTIMENTOS NOV 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419369/images/original/12  DEMONSTR COMPOSICAO CARTEIRA INVESTIMENTOS DEZ 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419143/images/original/Balan&#231;o Or&#231;ament&#225;rio Encerramento  2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419142/images/original/Balan&#231;o Financeira Encerramento  2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419140/images/original/Balan&#231;o Patrimonial Encerramento  2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419141/images/original/Demonstra&#231;&#227;o das Varia&#231;&#245;es Patrimoniais Encerramento  2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419139/images/original/Demonstrativo Fluxo de Caixa RPPS 2019 Encerramento.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419136/images/original/Balan&#231;o Or&#231;ament&#225;rio 1&#186; Semestre 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419135/images/original/Balan&#231;o Patrimonial 1&#186; Semestre 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419134/images/original/Balan&#231;o Financeira 1&#186; Semestre 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419137/images/original/Demonstra&#231;&#227;o das Varia&#231;&#245;es Patrimoniais 1&#186; Semestre 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419133/images/original/Demonstrativo Fluxo de Caixa RPPS 2019 1&#186; Semestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419129/images/original/RPPS FAPS DEMONSTRATIVO DE RENTABILIDADE 1&#186; TRIMESTRAL  2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419130/images/original/RELAT TRIMESTRAL DE INVESTIMENTOS 2&#186; Trim  2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419131/images/original/RELAT TRIMESTRAL DE INVESTIMENTOS  3&#186; Trim  2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419128/images/original/RELAT&#211;RIO TRIMESTRAL  4&#186; TRIMESTRE E ANUAL  DE 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419108/images/original/RPPS FAPS DEMONSTRATIVO COMPOSICAO DA CARTEIRA INVESTIM JANEIRO 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419107/images/original/RPPS FAPS DEMONSTRATIVO COMPOSICAO DA CARTEIRA INVESTIM FEVEREIRO 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419106/images/original/RPPS FAPS DEMONSTRATIVO COMPOSICAO DA CARTEIRA INVESTIM MAR&#199;O 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419103/images/original/RPPS FAPS DEMONSTRATIVO COMPOSICAO DA CARTEIRA INVESTIM ABRIL 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419102/images/original/RPPS FAPS DEMONSTRATIVO COMPOSICAO DA CARTEIRA INVESTIM MAIO 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419111/images/original/6 DEMONSTRAT DA COMPOSI&#199;&#195;O DA CARTEIRA D INVESTIMENTOS JUNHO 19 .pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419110/images/original/7DEMONSTRAT DA COMPOSI&#199;&#195;O DA CARTEIRA D INVESTIMENTOS JULHO 19.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419109/images/original/8 COMPOSI&#199;&#195;O DA CARTTEIRA DE INVESTIMENTOS AGOSTO  2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419112/images/original/9 COMPOSI&#199;&#195;O DA CARTTEIRA DE INVESTIMENTOS SETEMBRO  2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419105/images/original/10 COMPOSI&#199;&#195;O DA CARTTEIRA DE INVESTIMENTOS OUTUBRO  2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419104/images/original/11 COMPOSI&#199;&#195;O DA CARTTEIRA DE INVESTIMENTOS NOVEMBRO  2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419101/images/original/12 DEMONSTRATIVO COMPOSI&#199;&#195;O DA CARTEIRA DEZ 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419085/images/original/RPPS FAPS AAPRs MENSAL JAN a ABR 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419084/images/original/RPPS FAPS AAPRs MENSAL maio 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419087/images/original/RELATORIO DE AAPR   JUNHO A JULHO  2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419086/images/original/AAPRs AGOSTO SETEMBRO   2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419088/images/original/AAPRs OUTUBRO NOVEMBRO   2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419083/images/original/RELAT AAPRs DEZ 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419035/images/original/Balan&#231;o Financeira Encerramento 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419036/images/original/Balan&#231;o Or&#231;ament&#225;rio Encerramento 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419037/images/original/Balan&#231;o Patrimonial Encerramento 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419038/images/original/Demonstra&#231;&#227;o das Varia&#231;&#245;es Patrimoniais Encerramento 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419034/images/original/RPPS FAPS DEMONSTRATIVO COMPOSICAO DA CARTEIRA INVESTIM DEZ 2018 20190123_10423341.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419033/images/original/RPPS FAPS DEMONSTRATIVO DE RENTABILIDADE TRIMESTRAL DEZ 2018 20190123_10401306.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419032/images/original/RPPS FAPS AAPRs  DEZ 2018 20190123_10383912.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419031/images/original/Fluxo de Caixa 2018 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419056/images/original/Balan&#231;o Or&#231;ament&#225;rio 1&#186; Semestre 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419054/images/original/Balan&#231;o Financeira 1&#186; Semestre 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419057/images/original/Balan&#231;o Patrimonial 1&#186; Semestre 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419055/images/original/Demonstra&#231;&#227;o das Varia&#231;&#245;es Patrimoniais 1&#186; Semestre 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419053/images/original/Demon Fluxo de Caixa 1&#186; Sem 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419027/images/original/Balan&#231;o Or&#231;ament&#225;rio Encerramento 2017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419025/images/original/Balan&#231;o Financeira Encerramento 2017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419026/images/original/Balan&#231;o Patrimonial Encerramento 2017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419028/images/original/Demonstra&#231;&#227;o das Varia&#231;&#245;es Patrimoniais Encerramento 2017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419024/images/original/Demon Fluxo de Caixa 2&#186; Sem 2017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419020/images/original/Balan&#231;o Or&#231;ament&#225;rio 1&#186; Semestre 2017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419017/images/original/Balan&#231;o Financeira 1&#186; Semestre 2017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419019/images/original/Balan&#231;o Patrimonial 1&#186; Semestre 2017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/419018/images/original/Demonstra&#231;&#227;o das Varia&#231;&#245;es Patrimoniais 1&#186; Semestre 2017.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C197"/>
+  <dimension ref="A1:C204"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C197" sqref="C197"/>
+      <selection activeCell="C204" sqref="C204"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
@@ -1210,2103 +1222,2180 @@
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
         <v>3</v>
       </c>
       <c r="B9" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
         <v>3</v>
       </c>
       <c r="B10" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="B11" t="s">
         <v>4</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="B12" t="s">
         <v>4</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="B13" t="s">
         <v>4</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B14" t="s">
         <v>4</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>5</v>
+        <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B15" t="s">
         <v>4</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B16" t="s">
         <v>4</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B17" t="s">
         <v>4</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B18" t="s">
         <v>4</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B19" t="s">
         <v>4</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B20" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B21" t="s">
-        <v>22</v>
+        <v>4</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B22" t="s">
-        <v>22</v>
+        <v>4</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>22</v>
+        <v>4</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B24" t="s">
-        <v>22</v>
+        <v>4</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B25" t="s">
-        <v>22</v>
+        <v>4</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B26" t="s">
-        <v>22</v>
+        <v>4</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B27" t="s">
-        <v>22</v>
+        <v>4</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="B28" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="B29" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="B30" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="B31" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="B32" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="B33" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="B34" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="B35" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
+        <v>25</v>
+      </c>
+      <c r="B36" t="s">
+        <v>26</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="B37" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="B38" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="B39" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
+        <v>39</v>
+      </c>
+      <c r="B40" t="s">
+        <v>26</v>
+      </c>
+      <c r="C40" s="1" t="s">
         <v>40</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B41" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B42" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="B43" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="B44" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
+        <v>44</v>
+      </c>
+      <c r="B46" t="s">
+        <v>26</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="B47" t="s">
+        <v>26</v>
+      </c>
+      <c r="C47" s="1" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="B48" t="s">
-        <v>55</v>
+        <v>26</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="B49" t="s">
-        <v>55</v>
+        <v>26</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="B50" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
+        <v>51</v>
+      </c>
+      <c r="B51" t="s">
+        <v>52</v>
+      </c>
+      <c r="C51" s="1" t="s">
         <v>54</v>
-      </c>
-[...4 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="B52" t="s">
+        <v>52</v>
+      </c>
+      <c r="C52" s="1" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="B53" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="B54" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B55" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B56" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B57" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B58" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="B60" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="B61" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="B62" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
+        <v>58</v>
+      </c>
+      <c r="B63" t="s">
+        <v>59</v>
+      </c>
+      <c r="C63" s="1" t="s">
         <v>68</v>
-      </c>
-[...4 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>73</v>
+        <v>58</v>
       </c>
       <c r="B64" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>73</v>
+        <v>58</v>
       </c>
       <c r="B65" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>73</v>
+        <v>58</v>
       </c>
       <c r="B66" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="B67" t="s">
-        <v>78</v>
+        <v>59</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="B68" t="s">
-        <v>78</v>
+        <v>59</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="B69" t="s">
-        <v>78</v>
+        <v>59</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="B70" t="s">
-        <v>78</v>
+        <v>59</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
         <v>77</v>
       </c>
       <c r="B71" t="s">
+        <v>59</v>
+      </c>
+      <c r="C71" s="1" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="B72" t="s">
-        <v>85</v>
+        <v>59</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="B73" t="s">
-        <v>85</v>
+        <v>59</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="B74" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
+        <v>81</v>
+      </c>
+      <c r="B75" t="s">
+        <v>82</v>
+      </c>
+      <c r="C75" s="1" t="s">
         <v>84</v>
-      </c>
-[...4 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>90</v>
+        <v>81</v>
       </c>
       <c r="B76" t="s">
+        <v>82</v>
+      </c>
+      <c r="C76" s="1" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>90</v>
+        <v>81</v>
       </c>
       <c r="B77" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>90</v>
+        <v>81</v>
       </c>
       <c r="B78" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
+        <v>88</v>
+      </c>
+      <c r="B79" t="s">
+        <v>89</v>
+      </c>
+      <c r="C79" s="1" t="s">
         <v>90</v>
-      </c>
-[...4 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>95</v>
+        <v>88</v>
       </c>
       <c r="B80" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>95</v>
+        <v>88</v>
       </c>
       <c r="B81" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>95</v>
+        <v>88</v>
       </c>
       <c r="B82" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
+        <v>94</v>
+      </c>
+      <c r="B83" t="s">
+        <v>89</v>
+      </c>
+      <c r="C83" s="1" t="s">
         <v>95</v>
-      </c>
-[...4 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B84" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B85" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B86" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="B87" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="B88" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="B89" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="B90" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="B91" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>108</v>
+        <v>99</v>
       </c>
       <c r="B92" t="s">
-        <v>109</v>
+        <v>89</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>108</v>
+        <v>99</v>
       </c>
       <c r="B93" t="s">
-        <v>109</v>
+        <v>89</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>108</v>
+        <v>99</v>
       </c>
       <c r="B94" t="s">
-        <v>109</v>
+        <v>89</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
+        <v>99</v>
+      </c>
+      <c r="B95" t="s">
+        <v>89</v>
+      </c>
+      <c r="C95" s="1" t="s">
         <v>108</v>
-      </c>
-[...4 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>108</v>
+        <v>99</v>
       </c>
       <c r="B96" t="s">
+        <v>89</v>
+      </c>
+      <c r="C96" s="1" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>115</v>
+        <v>99</v>
       </c>
       <c r="B97" t="s">
-        <v>116</v>
+        <v>89</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>117</v>
+        <v>110</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>115</v>
+        <v>99</v>
       </c>
       <c r="B98" t="s">
-        <v>116</v>
+        <v>89</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>118</v>
+        <v>111</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="B99" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
+        <v>112</v>
+      </c>
+      <c r="B100" t="s">
+        <v>113</v>
+      </c>
+      <c r="C100" s="1" t="s">
         <v>115</v>
-      </c>
-[...4 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="B101" t="s">
+        <v>113</v>
+      </c>
+      <c r="C101" s="1" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
-        <v>122</v>
+        <v>112</v>
       </c>
       <c r="B102" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>123</v>
+        <v>117</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
-        <v>122</v>
+        <v>112</v>
       </c>
       <c r="B103" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="B104" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
+        <v>119</v>
+      </c>
+      <c r="B105" t="s">
+        <v>120</v>
+      </c>
+      <c r="C105" s="1" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" t="s">
-        <v>127</v>
+        <v>119</v>
       </c>
       <c r="B106" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
-        <v>127</v>
+        <v>119</v>
       </c>
       <c r="B107" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
-        <v>127</v>
+        <v>119</v>
       </c>
       <c r="B108" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
+        <v>126</v>
+      </c>
+      <c r="B109" t="s">
+        <v>120</v>
+      </c>
+      <c r="C109" s="1" t="s">
         <v>127</v>
-      </c>
-[...4 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B110" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B111" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B112" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="B113" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="B114" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="B115" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="B116" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="B117" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="B118" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
+        <v>131</v>
+      </c>
+      <c r="B119" t="s">
+        <v>120</v>
+      </c>
+      <c r="C119" s="1" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="B120" t="s">
+        <v>120</v>
+      </c>
+      <c r="C120" s="1" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
-        <v>145</v>
+        <v>131</v>
       </c>
       <c r="B121" t="s">
-        <v>146</v>
+        <v>120</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
-        <v>145</v>
+        <v>131</v>
       </c>
       <c r="B122" t="s">
-        <v>146</v>
+        <v>120</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="B123" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="s">
+        <v>142</v>
+      </c>
+      <c r="B124" t="s">
+        <v>143</v>
+      </c>
+      <c r="C124" s="1" t="s">
         <v>145</v>
-      </c>
-[...4 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="B125" t="s">
+        <v>143</v>
+      </c>
+      <c r="C125" s="1" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="B126" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="B127" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="B128" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" t="s">
-        <v>155</v>
+        <v>149</v>
       </c>
       <c r="B129" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" t="s">
-        <v>155</v>
+        <v>149</v>
       </c>
       <c r="B130" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" t="s">
-        <v>155</v>
+        <v>149</v>
       </c>
       <c r="B131" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" t="s">
-        <v>159</v>
+        <v>149</v>
       </c>
       <c r="B132" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" t="s">
-        <v>159</v>
+        <v>149</v>
       </c>
       <c r="B133" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" t="s">
-        <v>159</v>
+        <v>149</v>
       </c>
       <c r="B134" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" t="s">
-        <v>159</v>
+        <v>149</v>
       </c>
       <c r="B135" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" t="s">
         <v>159</v>
       </c>
       <c r="B136" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" t="s">
         <v>159</v>
       </c>
       <c r="B137" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" t="s">
         <v>159</v>
       </c>
       <c r="B138" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="B139" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="B140" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="B141" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="B142" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="B143" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="B144" t="s">
-        <v>172</v>
+        <v>150</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="B145" t="s">
-        <v>172</v>
+        <v>150</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>174</v>
+        <v>155</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="B146" t="s">
-        <v>172</v>
+        <v>150</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" t="s">
+        <v>163</v>
+      </c>
+      <c r="B147" t="s">
+        <v>150</v>
+      </c>
+      <c r="C147" s="1" t="s">
         <v>171</v>
-      </c>
-[...4 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="B148" t="s">
+        <v>150</v>
+      </c>
+      <c r="C148" s="1" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" t="s">
-        <v>178</v>
+        <v>163</v>
       </c>
       <c r="B149" t="s">
-        <v>179</v>
+        <v>150</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>180</v>
+        <v>173</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" t="s">
-        <v>178</v>
+        <v>163</v>
       </c>
       <c r="B150" t="s">
-        <v>179</v>
+        <v>150</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>181</v>
+        <v>174</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="B151" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" t="s">
+        <v>175</v>
+      </c>
+      <c r="B152" t="s">
+        <v>176</v>
+      </c>
+      <c r="C152" s="1" t="s">
         <v>178</v>
-      </c>
-[...4 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="B153" t="s">
+        <v>176</v>
+      </c>
+      <c r="C153" s="1" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" t="s">
-        <v>185</v>
+        <v>175</v>
       </c>
       <c r="B154" t="s">
-        <v>186</v>
+        <v>176</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" t="s">
-        <v>185</v>
+        <v>175</v>
       </c>
       <c r="B155" t="s">
-        <v>186</v>
+        <v>176</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>188</v>
+        <v>181</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="B156" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" t="s">
+        <v>182</v>
+      </c>
+      <c r="B157" t="s">
+        <v>183</v>
+      </c>
+      <c r="C157" s="1" t="s">
         <v>185</v>
-      </c>
-[...4 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
       <c r="B158" t="s">
+        <v>183</v>
+      </c>
+      <c r="C158" s="1" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
       <c r="B159" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>193</v>
+        <v>187</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
       <c r="B160" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>194</v>
+        <v>188</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" t="s">
+        <v>189</v>
+      </c>
+      <c r="B161" t="s">
+        <v>190</v>
+      </c>
+      <c r="C161" s="1" t="s">
         <v>191</v>
-      </c>
-[...4 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="B162" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="B163" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="B164" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="B165" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="B166" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="B167" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="B168" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="B169" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" t="s">
-        <v>204</v>
+        <v>195</v>
       </c>
       <c r="B170" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" t="s">
-        <v>204</v>
+        <v>195</v>
       </c>
       <c r="B171" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" t="s">
-        <v>204</v>
+        <v>195</v>
       </c>
       <c r="B172" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" t="s">
+        <v>195</v>
+      </c>
+      <c r="B173" t="s">
+        <v>190</v>
+      </c>
+      <c r="C173" s="1" t="s">
         <v>204</v>
-      </c>
-[...4 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" t="s">
-        <v>204</v>
+        <v>195</v>
       </c>
       <c r="B174" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" t="s">
-        <v>204</v>
+        <v>195</v>
       </c>
       <c r="B175" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" t="s">
-        <v>211</v>
+        <v>195</v>
       </c>
       <c r="B176" t="s">
-        <v>212</v>
+        <v>190</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="B177" t="s">
-        <v>212</v>
+        <v>190</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="B178" t="s">
-        <v>212</v>
+        <v>190</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" t="s">
+        <v>208</v>
+      </c>
+      <c r="B179" t="s">
+        <v>190</v>
+      </c>
+      <c r="C179" s="1" t="s">
         <v>211</v>
-      </c>
-[...4 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="B180" t="s">
+        <v>190</v>
+      </c>
+      <c r="C180" s="1" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="B181" t="s">
-        <v>212</v>
+        <v>190</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="B182" t="s">
-        <v>212</v>
+        <v>190</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="B183" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" t="s">
-        <v>221</v>
+        <v>215</v>
       </c>
       <c r="B184" t="s">
-        <v>222</v>
+        <v>216</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" t="s">
-        <v>221</v>
+        <v>215</v>
       </c>
       <c r="B185" t="s">
-        <v>222</v>
+        <v>216</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" t="s">
-        <v>221</v>
+        <v>215</v>
       </c>
       <c r="B186" t="s">
-        <v>222</v>
+        <v>216</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" t="s">
+        <v>215</v>
+      </c>
+      <c r="B187" t="s">
+        <v>216</v>
+      </c>
+      <c r="C187" s="1" t="s">
         <v>221</v>
-      </c>
-[...4 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" t="s">
-        <v>221</v>
+        <v>215</v>
       </c>
       <c r="B188" t="s">
+        <v>216</v>
+      </c>
+      <c r="C188" s="1" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" t="s">
-        <v>228</v>
+        <v>215</v>
       </c>
       <c r="B189" t="s">
-        <v>229</v>
+        <v>216</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>230</v>
+        <v>223</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" t="s">
-        <v>228</v>
+        <v>215</v>
       </c>
       <c r="B190" t="s">
-        <v>229</v>
+        <v>216</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>231</v>
+        <v>224</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="B191" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" t="s">
+        <v>225</v>
+      </c>
+      <c r="B192" t="s">
+        <v>226</v>
+      </c>
+      <c r="C192" s="1" t="s">
         <v>228</v>
-      </c>
-[...4 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="B193" t="s">
+        <v>226</v>
+      </c>
+      <c r="C193" s="1" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" t="s">
-        <v>235</v>
+        <v>225</v>
       </c>
       <c r="B194" t="s">
-        <v>236</v>
+        <v>226</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>237</v>
+        <v>230</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" t="s">
-        <v>235</v>
+        <v>225</v>
       </c>
       <c r="B195" t="s">
-        <v>236</v>
+        <v>226</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="B196" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>239</v>
+        <v>234</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" t="s">
+        <v>232</v>
+      </c>
+      <c r="B197" t="s">
+        <v>233</v>
+      </c>
+      <c r="C197" s="1" t="s">
         <v>235</v>
       </c>
-      <c r="B197" t="s">
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" t="s">
+        <v>232</v>
+      </c>
+      <c r="B198" t="s">
+        <v>233</v>
+      </c>
+      <c r="C198" s="1" t="s">
         <v>236</v>
       </c>
-      <c r="C197" s="1" t="s">
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" t="s">
+        <v>232</v>
+      </c>
+      <c r="B199" t="s">
+        <v>233</v>
+      </c>
+      <c r="C199" s="1" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" t="s">
+        <v>232</v>
+      </c>
+      <c r="B200" t="s">
+        <v>233</v>
+      </c>
+      <c r="C200" s="1" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" t="s">
+        <v>239</v>
+      </c>
+      <c r="B201" t="s">
         <v>240</v>
+      </c>
+      <c r="C201" s="1" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" t="s">
+        <v>239</v>
+      </c>
+      <c r="B202" t="s">
+        <v>240</v>
+      </c>
+      <c r="C202" s="1" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" t="s">
+        <v>239</v>
+      </c>
+      <c r="B203" t="s">
+        <v>240</v>
+      </c>
+      <c r="C203" s="1" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" t="s">
+        <v>239</v>
+      </c>
+      <c r="B204" t="s">
+        <v>240</v>
+      </c>
+      <c r="C204" s="1" t="s">
+        <v>244</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
@@ -3464,50 +3553,57 @@
     <hyperlink ref="C173" r:id="rId_hyperlink_172"/>
     <hyperlink ref="C174" r:id="rId_hyperlink_173"/>
     <hyperlink ref="C175" r:id="rId_hyperlink_174"/>
     <hyperlink ref="C176" r:id="rId_hyperlink_175"/>
     <hyperlink ref="C177" r:id="rId_hyperlink_176"/>
     <hyperlink ref="C178" r:id="rId_hyperlink_177"/>
     <hyperlink ref="C179" r:id="rId_hyperlink_178"/>
     <hyperlink ref="C180" r:id="rId_hyperlink_179"/>
     <hyperlink ref="C181" r:id="rId_hyperlink_180"/>
     <hyperlink ref="C182" r:id="rId_hyperlink_181"/>
     <hyperlink ref="C183" r:id="rId_hyperlink_182"/>
     <hyperlink ref="C184" r:id="rId_hyperlink_183"/>
     <hyperlink ref="C185" r:id="rId_hyperlink_184"/>
     <hyperlink ref="C186" r:id="rId_hyperlink_185"/>
     <hyperlink ref="C187" r:id="rId_hyperlink_186"/>
     <hyperlink ref="C188" r:id="rId_hyperlink_187"/>
     <hyperlink ref="C189" r:id="rId_hyperlink_188"/>
     <hyperlink ref="C190" r:id="rId_hyperlink_189"/>
     <hyperlink ref="C191" r:id="rId_hyperlink_190"/>
     <hyperlink ref="C192" r:id="rId_hyperlink_191"/>
     <hyperlink ref="C193" r:id="rId_hyperlink_192"/>
     <hyperlink ref="C194" r:id="rId_hyperlink_193"/>
     <hyperlink ref="C195" r:id="rId_hyperlink_194"/>
     <hyperlink ref="C196" r:id="rId_hyperlink_195"/>
     <hyperlink ref="C197" r:id="rId_hyperlink_196"/>
+    <hyperlink ref="C198" r:id="rId_hyperlink_197"/>
+    <hyperlink ref="C199" r:id="rId_hyperlink_198"/>
+    <hyperlink ref="C200" r:id="rId_hyperlink_199"/>
+    <hyperlink ref="C201" r:id="rId_hyperlink_200"/>
+    <hyperlink ref="C202" r:id="rId_hyperlink_201"/>
+    <hyperlink ref="C203" r:id="rId_hyperlink_202"/>
+    <hyperlink ref="C204" r:id="rId_hyperlink_203"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>