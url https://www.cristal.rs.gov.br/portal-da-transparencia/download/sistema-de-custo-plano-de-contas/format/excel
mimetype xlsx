--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -12,152 +12,170 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="314">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="320">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
     <t>Plano de Contas RPPS 2025</t>
   </si>
   <si>
     <t>01/01/2025</t>
   </si>
   <si>
     <t>Plano de Contas 12 2024 RPPS</t>
   </si>
   <si>
     <t>Plano de Contas 02 2025 RPPS</t>
   </si>
   <si>
     <t>Plano de Contas 03 2025 RPPS</t>
   </si>
   <si>
     <t>Plano de Contas 04 2025 RPPS</t>
   </si>
   <si>
     <t>Plano de Contas 05 2025 RPPS</t>
   </si>
   <si>
     <t>Plano de Contas 06 2025 RPPS</t>
   </si>
   <si>
     <t>Plano de Contas 07 2025 RPPS</t>
   </si>
   <si>
     <t>Plano de Contas 08 2025 RPPS</t>
   </si>
   <si>
     <t>Plano de Contas 09 2025 RPPS</t>
   </si>
   <si>
+    <t>Plano de Contas 10 2025 RPPS</t>
+  </si>
+  <si>
+    <t>Plano de Contas 11 2025 RPPS</t>
+  </si>
+  <si>
     <t>Plano de Contas CMV 2025</t>
   </si>
   <si>
     <t>Plano de Contas 12 2024 Leg</t>
   </si>
   <si>
     <t>Plano de Contas 02 2025 Leg</t>
   </si>
   <si>
     <t>Plano de Contas 03 2025 Leg</t>
   </si>
   <si>
     <t>Plano de Contas 04 2025 Leg</t>
   </si>
   <si>
     <t>Plano de Contas 05 2025 Leg</t>
   </si>
   <si>
     <t>Plano de Contas 06 2025 Leg</t>
   </si>
   <si>
     <t>Plano de Contas 07 2025 Leg</t>
   </si>
   <si>
     <t>Plano de Contas 08 2025 Leg</t>
   </si>
   <si>
     <t>Plano de Contas 09 2025 Leg</t>
   </si>
   <si>
+    <t>Plano de Contas 10 2025 Leg</t>
+  </si>
+  <si>
+    <t>Plano de Contas 11 2025 Leg.pdf</t>
+  </si>
+  <si>
     <t>Plano de Contas PM 2025</t>
   </si>
   <si>
     <t>Plano de Contas 12 2024 Exe</t>
   </si>
   <si>
     <t>Plano de Contas 02 2025 Exe</t>
   </si>
   <si>
     <t>Plano de Contas 03 2025 Exe</t>
   </si>
   <si>
     <t>Plano de Contas 04 2025 Exe</t>
   </si>
   <si>
     <t>Plano de Contas 05 2025 Exe</t>
   </si>
   <si>
     <t>Plano de Contas 06 2025 Exe</t>
   </si>
   <si>
     <t>Plano de Contas 07 2025 Exe</t>
   </si>
   <si>
     <t>Plano de Contas 08 2025 Exe</t>
   </si>
   <si>
     <t>Plano de Contas 09 2025 Exe</t>
+  </si>
+  <si>
+    <t>Plano de Contas 10 2025 Exe</t>
+  </si>
+  <si>
+    <t>Plano de Contas 11 2025 Exe</t>
   </si>
   <si>
     <t>Plano de Contas RPPS 2024</t>
   </si>
   <si>
     <t>01/01/2024</t>
   </si>
   <si>
     <t>Plano de Contas 01 2024 RPPS</t>
   </si>
   <si>
     <t>Plano de Contas 02 2024 RPPS</t>
   </si>
   <si>
     <t>Plano de Contas 03 2024 RPPS</t>
   </si>
   <si>
     <t>Plano de Contas 04 2024 RPPS</t>
   </si>
   <si>
     <t>Plano de Contas 05 2024 RPPS</t>
   </si>
   <si>
     <t>Plano de Contas 06 2024 RPPS</t>
   </si>
@@ -1301,62 +1319,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521872/images/original/Plano de Contas 12 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529792/images/original/Plano de Contas 02 2025 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549943/images/original/Plano de Contas 03 2025 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561078/images/original/Plano de Contas 04 2025 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588890/images/original/Plano de Contas 05 2025 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607475/images/original/Plano de Contas 06 2025 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626388/images/original/Plano de Contas 07 2025 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638634/images/original/Plano de Contas 08 2025 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661675/images/original/Plano de Contas 09 2025 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521871/images/original/Plano de Contas 12 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529791/images/original/Plano de Contas 02 2025 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549942/images/original/Plano de Contas 03 2025 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561076/images/original/Plano de Contas 04 2025 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588888/images/original/Plano de Contas 05 2025 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607474/images/original/Plano de Contas 06 2025 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626387/images/original/Plano de Contas 07 2025 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638633/images/original/Plano de Contas 08 2025 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661677/images/original/Plano de Contas 09 2025 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521870/images/original/Plano de Contas 12 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529790/images/original/Plano de Contas 02 2025 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549941/images/original/Plano de Contas 03 2025 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561075/images/original/Plano de Contas 04 2025 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588887/images/original/Plano de Contas 05 2025 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607473/images/original/Plano de Contas 06 2025 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638631/images/original/Plano de Contas 07 2025 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638632/images/original/Plano de Contas 08 2025 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661679/images/original/Plano de Contas 09 2025 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400385/images/original/Plano de Contas 01 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408232/images/original/Plano de Contas 02 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415715/images/original/Plano de Contas 03 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447521/images/original/Plano de Contas 04 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454802/images/original/Plano de Contas 05 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466130/images/original/Plano de Contas 06 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473298/images/original/Plano de Contas 07 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483583/images/original/Plano de Contas 08 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488786/images/original/Plano de Contas 09 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496286/images/original/Plano de Contas 10 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504539/images/original/Plano de Contas 11 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514279/images/original/Plano de Contas 12 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400384/images/original/Plano de Contas 01 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408230/images/original/Plano de Contas 02 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447520/images/original/Plano de Contas 04 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454801/images/original/Plano de Contas 05 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466129/images/original/Plano de Contas 06 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415714/images/original/Plano de Contas 03 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473297/images/original/Plano de Contas 07 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483582/images/original/Plano de Contas 08 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488785/images/original/Plano de Contas 09 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496285/images/original/Plano de Contas 10 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504538/images/original/Plano de Contas 11 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514278/images/original/Plano de Contas 12 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400383/images/original/Plano de Contas 01 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408229/images/original/Plano de Contas 02 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415713/images/original/Plano de Contas 03 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447519/images/original/Plano de Contas 04 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454800/images/original/Plano de Contas 05 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466127/images/original/Plano de Contas 06 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473296/images/original/Plano de Contas 07 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483581/images/original/Plano de Contas 08 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488784/images/original/Plano de Contas 09 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496284/images/original/Plano de Contas 10 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504537/images/original/Plano de Contas 11 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514276/images/original/Plano de Contas 12 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273134/images/original/Plano de Contas 01 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279027/images/original/Plano de Contas 02 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286499/images/original/Plano de Contas 03 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292332/images/original/Plano de Contas 04 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306382/images/original/Plano de Contas 06 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302138/images/original/Plano de Contas 05 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314419/images/original/Plano de Contas 07 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322771/images/original/Plano de Contas 08 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343368/images/original/Plano de Contas 09 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364160/images/original/Plano de Contas 10 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380206/images/original/Plano de Contas 11 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389761/images/original/Plano de Contas 12 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273133/images/original/Plano de Contas 01 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279026/images/original/Plano de Contas 02 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286498/images/original/Plano de Contas 03 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292331/images/original/Plano de Contas 04 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302137/images/original/Plano de Contas 05 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306381/images/original/Plano de Contas 06 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314418/images/original/Plano de Contas 07 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380205/images/original/Plano de Contas 11 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343367/images/original/Plano de Contas 09 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389755/images/original/Plano de Contas 12 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322770/images/original/Plano de Contas 08 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364159/images/original/Plano de Contas 10 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273132/images/original/Plano de Contas 01 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279025/images/original/Plano de Contas 02 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286497/images/original/Plano de Contas 03 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292330/images/original/Plano de Contas 04 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302135/images/original/Plano de Contas 05 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306380/images/original/Plano de Contas 06 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314417/images/original/Plano de Contas 07 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322769/images/original/Plano de Contas 08 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343361/images/original/Plano de Contas 09 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364158/images/original/Plano de Contas 10 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380204/images/original/Plano de Contas 11 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389752/images/original/Plano de Contas 12 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178287/images/original/Plano de contas UG 0002 01 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180662/images/original/Plano de contas UG 0002 02 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/196210/images/original/Plano de Contas 03 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200918/images/original/Plano de Contas 04 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205211/images/original/Plano de Contas 05 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209958/images/original/Plano de Contas 06 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215756/images/original/Plano de Contas 07 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221462/images/original/Plano de Contas 08 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239798/images/original/Plano de Contas 09 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247223/images/original/Plano de Contas 10 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252390/images/original/Plano de Contas 11 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263432/images/original/Plano de Contas 12 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178286/images/original/Plano de contas UG 0001 01 2022 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180661/images/original/Plano de contas UG 0001 02  2022 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/196208/images/original/Plano de Contas 03 2022 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200917/images/original/Plano de Contas 04 2022 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205210/images/original/Plano de Contas 05 2022 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209957/images/original/Plano de Contas 06 2022 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215755/images/original/Plano de Contas 07 2022 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221460/images/original/Plano de Contas 08 2022 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239797/images/original/Plano de Contas 09 2022 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247221/images/original/Plano de Contas 10 2022 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252389/images/original/Plano de Contas 11 2022 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263431/images/original/Plano de Contas 12 2022 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178284/images/original/Plano de contas UG 0000 01 2022 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180660/images/original/Plano de contas UG 0000 02 2022 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/196205/images/original/Plano de Contas 03 2022 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200916/images/original/Plano de Contas 04 2022 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205209/images/original/Plano de Contas 05 2022 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209956/images/original/Plano de Contas 06 2022 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215754/images/original/Plano de Contas 07 2022 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221459/images/original/Plano de Contas 08 2022 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239796/images/original/Plano de Contas 09 2022 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247220/images/original/Plano de Contas 10 2022 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252388/images/original/Plano de Contas 11 2022 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263430/images/original/Plano de Contas 12 2022 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130737/images/original/Plano de contas UG 0002 01 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132476/images/original/Plano de contas UG 0002 02 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134691/images/original/Plano de contas UG 0002 03 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137994/images/original/Plano de contas UG 0002 04 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141760/images/original/Plano de contas UG 0002 05 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145054/images/original/Plano de contas UG 0002 06 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149272/images/original/Plano de contas UG 0002 07 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153096/images/original/Plano de contas UG 0002 08 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160432/images/original/Plano de contas UG 0002 09 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164845/images/original/Plano de contas UG 0002 10 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170745/images/original/Plano de contas UG 0002 11 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174086/images/original/Plano de contas UG 0002 12 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130736/images/original/Plano de contas UG 0001 01 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132475/images/original/Plano de contas UG 0001 02 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134690/images/original/Plano de contas UG 0001 03 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137992/images/original/Plano de contas UG 0001 04 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141759/images/original/Plano de contas UG 0001 05 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145055/images/original/Plano de contas UG 0001 06 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149273/images/original/Plano de contas UG 0001 07 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153095/images/original/Plano de contas UG 0001 08 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160431/images/original/Plano de contas UG 0001 09 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164844/images/original/Plano de contas UG 0001 10 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170743/images/original/Plano de contas UG 0001 11 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174085/images/original/Plano de contas UG 0001 12 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130735/images/original/Plano de contas UG 0000 01 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132474/images/original/Plano de contas UG 0000 02 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134689/images/original/Plano de contas UG 0000 03 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137991/images/original/Plano de contas UG 0000 04 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141758/images/original/Plano de contas UG 0000 05 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145056/images/original/Plano de contas UG 0000 06 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149274/images/original/Plano de contas UG 0000 07 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153094/images/original/Plano de contas UG 0000 08 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160430/images/original/Plano de contas UG 0000 09 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164843/images/original/Plano de contas UG 0000 10 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170742/images/original/Plano de contas UG 0000 11 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174084/images/original/Plano de contas UG 0000 12 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72027/images/original/Plano de contas UG 0002 01 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73204/images/original/Plano de contas UG 0002 02 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75417/images/original/Plano de contas UG 0002 03 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80444/images/original/Plano de contas UG 0002 04 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92700/images/original/Plano de contas UG 0002 05 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109791/images/original/Plano de contas UG 0002 06 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115394/images/original/Plano de contas UG 0002 07 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119598/images/original/Plano de contas UG 0002 08 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122506/images/original/Plano de contas UG 0002 09 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124406/images/original/Plano de contas UG 0002 10 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126730/images/original/Plano de contas UG 0002 11 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128428/images/original/Plano de contas UG 0002 12 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128429/images/original/Plano de contas UG 0002 12 2020 RPPS               Encerrado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72026/images/original/Plano de contas UG 0001 01 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73203/images/original/Plano de contas UG 0001 02 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75416/images/original/Plano de contas UG 0001 03 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80443/images/original/Plano de contas UG 0001 04 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92699/images/original/Plano de contas UG 0001 05 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109790/images/original/Plano de contas UG 0001 06 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115393/images/original/Plano de contas UG 0001 07 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119596/images/original/Plano de contas UG 0001 08 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122504/images/original/Plano de contas UG 0001 09 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124407/images/original/Plano de contas UG 0001 10 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126729/images/original/Plano de contas UG 0001 11 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128426/images/original/Plano de contas UG 0001 12 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128427/images/original/Plano de contas UG 0001 12 2020 Legislativo     Encerrado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72025/images/original/Plano de contas UG 0000 01 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73202/images/original/Plano de contas UG 0000 02 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75415/images/original/Plano de contas UG 0000 03 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80442/images/original/Plano de contas UG 0000 04 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92698/images/original/Plano de contas UG 0000 05 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109788/images/original/Plano de contas UG 0000 06 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115392/images/original/Plano de contas UG 0000 07 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119595/images/original/Plano de contas UG 0000 08 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122503/images/original/Plano de contas UG 0000 09 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124408/images/original/Plano de contas UG 0000 10 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126726/images/original/Plano de contas UG 0000 11 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128424/images/original/Plano de contas UG 0000 12 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128425/images/original/Plano de contas UG 0000 12 2020 Executivo        Encerrado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/17223/images/original/Plano de Contas UG 0002 RPPS 01 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/18839/images/original/Plano de Contas UG 0002 RPPS 02 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35389/images/original/Plano de Contas UG 0002 RPPS 03 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38106/images/original/Plano de Contas UG 0002 RPPS 04 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41661/images/original/Plano de Contas UG 0002 RPPS 05 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44474/images/original/Plano de Contas UG 0002 RPPS 06 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48583/images/original/Plano de Contas UG 0002 RPPS 07 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51722/images/original/Plano de Contas UG 0002 RPPS 08 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/58053/images/original/Plano de Contas UG 0002 RPPS 09 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60005/images/original/Plano de Contas UG 0002 RPPS 10 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62587/images/original/Plano de Contas UG 0002 RPPS 11 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68346/images/original/Plano de Contas UG 0002 RPPS 12 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/17222/images/original/Plano de Contas UG 0001 CMV 01 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/18838/images/original/Plano de Contas UG 0001 CMV 02 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35388/images/original/Plano de Contas UG 0001 CMV 03 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38105/images/original/Plano de Contas UG 0001 CMV 04 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41662/images/original/Plano de Contas UG 0001 CMV 05 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44475/images/original/Plano de Contas UG 0001 CMV 06 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48584/images/original/Plano de Contas UG 0001 CMV 07 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51721/images/original/Plano de Contas UG 0001 CMV 08 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/58052/images/original/Plano de Contas UG 0001 CMV 09 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60006/images/original/Plano de Contas UG 0001 CMV 10 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62588/images/original/Plano de Contas UG 0001 CMV 11 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68347/images/original/Plano de Contas UG 0001 CMV 12 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/17221/images/original/Plano de Contas UG 0000 PM 01 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/18837/images/original/Plano de Contas UG 0000 PM 02 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35387/images/original/Plano de Contas UG 0000 PM 03 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38104/images/original/Plano de Contas UG 0000 PM 04 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41664/images/original/Plano de Contas UG 0000 PM 05 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44476/images/original/Plano de Contas UG 0000 PM 06 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48585/images/original/Plano de Contas UG 0000 PM 07 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51720/images/original/Plano de Contas UG 0000 PM 08 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/58051/images/original/Plano de Contas UG 0000 PM 09 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60007/images/original/Plano de Contas UG 0000 PM 10 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62589/images/original/Plano de Contas UG 0000 PM 11 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68348/images/original/Plano de Contas UG 0000 PM 12 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2478/images/original/Plano de Contas RPPS 03 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2471/images/original/Plano de Contas RPPS 10 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2472/images/original/Plano de Contas RPPS 09 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2473/images/original/Plano de Contas RPPS 08 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2474/images/original/Plano de Contas RPPS 07 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2475/images/original/Plano de Contas RPPS 06 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2476/images/original/Plano de Contas RPPS 05 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2477/images/original/Plano de Contas RPPS 04 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2479/images/original/Plano de Contas RPPS 02 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2480/images/original/Plano de Contas RPPS 01 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/4196/images/original/Plano de Contas RPPS 11 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/16259/images/original/Plano de Contas RPPS 12 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2469/images/original/Plano de Contas CMV 02 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2470/images/original/Plano de Contas CMV 01 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2460/images/original/Plano de Contas CMV 10 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2461/images/original/Plano de Contas CMV 09 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2462/images/original/Plano de Contas CMV 08 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2463/images/original/Plano de Contas CMV 07 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2464/images/original/Plano de Contas CMV 06 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2466/images/original/Plano de Contas CMV 05 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2467/images/original/Plano de Contas CMV 04 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2468/images/original/Plano de Contas CMV 03 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/4195/images/original/Plano de Contas CMV 11 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/16258/images/original/Plano de Contas CMV 12 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2459/images/original/Plano de Contas PM 10 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2458/images/original/Plano de Contas PM 09 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2457/images/original/Plano de Contas PM 08 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2456/images/original/Plano de Contas PM 07 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2455/images/original/Plano de Contas PM 06 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2454/images/original/Plano de Contas PM 05 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2453/images/original/Plano de Contas PM 04 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2451/images/original/Plano de Contas PM 03 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2450/images/original/Plano de Contas PM 02 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2449/images/original/Plano de Contas PM 01 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/4194/images/original/Plano de Contas PM 11 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/16257/images/original/Plano de Contas PM 12 2018.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521872/images/original/Plano de Contas 12 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529792/images/original/Plano de Contas 02 2025 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549943/images/original/Plano de Contas 03 2025 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561078/images/original/Plano de Contas 04 2025 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588890/images/original/Plano de Contas 05 2025 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607475/images/original/Plano de Contas 06 2025 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626388/images/original/Plano de Contas 07 2025 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638634/images/original/Plano de Contas 08 2025 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661675/images/original/Plano de Contas 09 2025 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/678769/images/original/Plano de Contas 10 2025 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/699906/images/original/Plano de Contas 11 2025 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521871/images/original/Plano de Contas 12 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529791/images/original/Plano de Contas 02 2025 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549942/images/original/Plano de Contas 03 2025 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561076/images/original/Plano de Contas 04 2025 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588888/images/original/Plano de Contas 05 2025 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607474/images/original/Plano de Contas 06 2025 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626387/images/original/Plano de Contas 07 2025 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638633/images/original/Plano de Contas 08 2025 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661677/images/original/Plano de Contas 09 2025 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/678768/images/original/Plano de Contas 10 2025 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/699905/images/original/Plano de Contas 11 2025 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521870/images/original/Plano de Contas 12 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529790/images/original/Plano de Contas 02 2025 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549941/images/original/Plano de Contas 03 2025 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561075/images/original/Plano de Contas 04 2025 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588887/images/original/Plano de Contas 05 2025 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607473/images/original/Plano de Contas 06 2025 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638631/images/original/Plano de Contas 07 2025 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638632/images/original/Plano de Contas 08 2025 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661679/images/original/Plano de Contas 09 2025 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/678767/images/original/Plano de Contas 10 2025 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/699904/images/original/Plano de Contas 11 2025 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400385/images/original/Plano de Contas 01 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408232/images/original/Plano de Contas 02 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415715/images/original/Plano de Contas 03 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447521/images/original/Plano de Contas 04 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454802/images/original/Plano de Contas 05 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466130/images/original/Plano de Contas 06 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473298/images/original/Plano de Contas 07 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483583/images/original/Plano de Contas 08 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488786/images/original/Plano de Contas 09 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496286/images/original/Plano de Contas 10 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504539/images/original/Plano de Contas 11 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514279/images/original/Plano de Contas 12 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400384/images/original/Plano de Contas 01 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408230/images/original/Plano de Contas 02 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447520/images/original/Plano de Contas 04 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454801/images/original/Plano de Contas 05 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466129/images/original/Plano de Contas 06 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415714/images/original/Plano de Contas 03 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473297/images/original/Plano de Contas 07 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483582/images/original/Plano de Contas 08 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488785/images/original/Plano de Contas 09 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496285/images/original/Plano de Contas 10 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504538/images/original/Plano de Contas 11 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514278/images/original/Plano de Contas 12 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400383/images/original/Plano de Contas 01 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408229/images/original/Plano de Contas 02 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415713/images/original/Plano de Contas 03 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447519/images/original/Plano de Contas 04 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454800/images/original/Plano de Contas 05 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466127/images/original/Plano de Contas 06 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473296/images/original/Plano de Contas 07 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483581/images/original/Plano de Contas 08 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488784/images/original/Plano de Contas 09 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496284/images/original/Plano de Contas 10 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504537/images/original/Plano de Contas 11 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514276/images/original/Plano de Contas 12 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273134/images/original/Plano de Contas 01 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279027/images/original/Plano de Contas 02 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286499/images/original/Plano de Contas 03 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292332/images/original/Plano de Contas 04 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306382/images/original/Plano de Contas 06 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302138/images/original/Plano de Contas 05 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314419/images/original/Plano de Contas 07 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322771/images/original/Plano de Contas 08 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343368/images/original/Plano de Contas 09 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364160/images/original/Plano de Contas 10 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380206/images/original/Plano de Contas 11 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389761/images/original/Plano de Contas 12 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273133/images/original/Plano de Contas 01 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279026/images/original/Plano de Contas 02 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286498/images/original/Plano de Contas 03 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292331/images/original/Plano de Contas 04 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302137/images/original/Plano de Contas 05 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306381/images/original/Plano de Contas 06 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314418/images/original/Plano de Contas 07 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380205/images/original/Plano de Contas 11 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343367/images/original/Plano de Contas 09 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389755/images/original/Plano de Contas 12 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322770/images/original/Plano de Contas 08 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364159/images/original/Plano de Contas 10 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273132/images/original/Plano de Contas 01 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279025/images/original/Plano de Contas 02 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286497/images/original/Plano de Contas 03 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292330/images/original/Plano de Contas 04 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302135/images/original/Plano de Contas 05 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306380/images/original/Plano de Contas 06 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314417/images/original/Plano de Contas 07 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322769/images/original/Plano de Contas 08 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343361/images/original/Plano de Contas 09 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364158/images/original/Plano de Contas 10 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380204/images/original/Plano de Contas 11 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389752/images/original/Plano de Contas 12 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178287/images/original/Plano de contas UG 0002 01 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180662/images/original/Plano de contas UG 0002 02 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/196210/images/original/Plano de Contas 03 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200918/images/original/Plano de Contas 04 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205211/images/original/Plano de Contas 05 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209958/images/original/Plano de Contas 06 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215756/images/original/Plano de Contas 07 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221462/images/original/Plano de Contas 08 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239798/images/original/Plano de Contas 09 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247223/images/original/Plano de Contas 10 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252390/images/original/Plano de Contas 11 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263432/images/original/Plano de Contas 12 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178286/images/original/Plano de contas UG 0001 01 2022 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180661/images/original/Plano de contas UG 0001 02  2022 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/196208/images/original/Plano de Contas 03 2022 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200917/images/original/Plano de Contas 04 2022 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205210/images/original/Plano de Contas 05 2022 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209957/images/original/Plano de Contas 06 2022 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215755/images/original/Plano de Contas 07 2022 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221460/images/original/Plano de Contas 08 2022 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239797/images/original/Plano de Contas 09 2022 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247221/images/original/Plano de Contas 10 2022 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252389/images/original/Plano de Contas 11 2022 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263431/images/original/Plano de Contas 12 2022 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178284/images/original/Plano de contas UG 0000 01 2022 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180660/images/original/Plano de contas UG 0000 02 2022 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/196205/images/original/Plano de Contas 03 2022 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200916/images/original/Plano de Contas 04 2022 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205209/images/original/Plano de Contas 05 2022 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209956/images/original/Plano de Contas 06 2022 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215754/images/original/Plano de Contas 07 2022 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221459/images/original/Plano de Contas 08 2022 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239796/images/original/Plano de Contas 09 2022 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247220/images/original/Plano de Contas 10 2022 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252388/images/original/Plano de Contas 11 2022 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263430/images/original/Plano de Contas 12 2022 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130737/images/original/Plano de contas UG 0002 01 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132476/images/original/Plano de contas UG 0002 02 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134691/images/original/Plano de contas UG 0002 03 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137994/images/original/Plano de contas UG 0002 04 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141760/images/original/Plano de contas UG 0002 05 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145054/images/original/Plano de contas UG 0002 06 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149272/images/original/Plano de contas UG 0002 07 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153096/images/original/Plano de contas UG 0002 08 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160432/images/original/Plano de contas UG 0002 09 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164845/images/original/Plano de contas UG 0002 10 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170745/images/original/Plano de contas UG 0002 11 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174086/images/original/Plano de contas UG 0002 12 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130736/images/original/Plano de contas UG 0001 01 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132475/images/original/Plano de contas UG 0001 02 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134690/images/original/Plano de contas UG 0001 03 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137992/images/original/Plano de contas UG 0001 04 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141759/images/original/Plano de contas UG 0001 05 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145055/images/original/Plano de contas UG 0001 06 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149273/images/original/Plano de contas UG 0001 07 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153095/images/original/Plano de contas UG 0001 08 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160431/images/original/Plano de contas UG 0001 09 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164844/images/original/Plano de contas UG 0001 10 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170743/images/original/Plano de contas UG 0001 11 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174085/images/original/Plano de contas UG 0001 12 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130735/images/original/Plano de contas UG 0000 01 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132474/images/original/Plano de contas UG 0000 02 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134689/images/original/Plano de contas UG 0000 03 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137991/images/original/Plano de contas UG 0000 04 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141758/images/original/Plano de contas UG 0000 05 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145056/images/original/Plano de contas UG 0000 06 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149274/images/original/Plano de contas UG 0000 07 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153094/images/original/Plano de contas UG 0000 08 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160430/images/original/Plano de contas UG 0000 09 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164843/images/original/Plano de contas UG 0000 10 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170742/images/original/Plano de contas UG 0000 11 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174084/images/original/Plano de contas UG 0000 12 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72027/images/original/Plano de contas UG 0002 01 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73204/images/original/Plano de contas UG 0002 02 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75417/images/original/Plano de contas UG 0002 03 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80444/images/original/Plano de contas UG 0002 04 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92700/images/original/Plano de contas UG 0002 05 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109791/images/original/Plano de contas UG 0002 06 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115394/images/original/Plano de contas UG 0002 07 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119598/images/original/Plano de contas UG 0002 08 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122506/images/original/Plano de contas UG 0002 09 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124406/images/original/Plano de contas UG 0002 10 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126730/images/original/Plano de contas UG 0002 11 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128428/images/original/Plano de contas UG 0002 12 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128429/images/original/Plano de contas UG 0002 12 2020 RPPS               Encerrado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72026/images/original/Plano de contas UG 0001 01 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73203/images/original/Plano de contas UG 0001 02 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75416/images/original/Plano de contas UG 0001 03 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80443/images/original/Plano de contas UG 0001 04 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92699/images/original/Plano de contas UG 0001 05 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109790/images/original/Plano de contas UG 0001 06 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115393/images/original/Plano de contas UG 0001 07 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119596/images/original/Plano de contas UG 0001 08 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122504/images/original/Plano de contas UG 0001 09 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124407/images/original/Plano de contas UG 0001 10 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126729/images/original/Plano de contas UG 0001 11 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128426/images/original/Plano de contas UG 0001 12 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128427/images/original/Plano de contas UG 0001 12 2020 Legislativo     Encerrado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72025/images/original/Plano de contas UG 0000 01 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73202/images/original/Plano de contas UG 0000 02 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75415/images/original/Plano de contas UG 0000 03 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80442/images/original/Plano de contas UG 0000 04 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92698/images/original/Plano de contas UG 0000 05 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109788/images/original/Plano de contas UG 0000 06 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115392/images/original/Plano de contas UG 0000 07 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119595/images/original/Plano de contas UG 0000 08 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122503/images/original/Plano de contas UG 0000 09 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124408/images/original/Plano de contas UG 0000 10 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126726/images/original/Plano de contas UG 0000 11 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128424/images/original/Plano de contas UG 0000 12 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128425/images/original/Plano de contas UG 0000 12 2020 Executivo        Encerrado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/17223/images/original/Plano de Contas UG 0002 RPPS 01 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/18839/images/original/Plano de Contas UG 0002 RPPS 02 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35389/images/original/Plano de Contas UG 0002 RPPS 03 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38106/images/original/Plano de Contas UG 0002 RPPS 04 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41661/images/original/Plano de Contas UG 0002 RPPS 05 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44474/images/original/Plano de Contas UG 0002 RPPS 06 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48583/images/original/Plano de Contas UG 0002 RPPS 07 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51722/images/original/Plano de Contas UG 0002 RPPS 08 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/58053/images/original/Plano de Contas UG 0002 RPPS 09 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60005/images/original/Plano de Contas UG 0002 RPPS 10 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62587/images/original/Plano de Contas UG 0002 RPPS 11 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68346/images/original/Plano de Contas UG 0002 RPPS 12 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/17222/images/original/Plano de Contas UG 0001 CMV 01 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/18838/images/original/Plano de Contas UG 0001 CMV 02 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35388/images/original/Plano de Contas UG 0001 CMV 03 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38105/images/original/Plano de Contas UG 0001 CMV 04 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41662/images/original/Plano de Contas UG 0001 CMV 05 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44475/images/original/Plano de Contas UG 0001 CMV 06 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48584/images/original/Plano de Contas UG 0001 CMV 07 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51721/images/original/Plano de Contas UG 0001 CMV 08 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/58052/images/original/Plano de Contas UG 0001 CMV 09 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60006/images/original/Plano de Contas UG 0001 CMV 10 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62588/images/original/Plano de Contas UG 0001 CMV 11 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68347/images/original/Plano de Contas UG 0001 CMV 12 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/17221/images/original/Plano de Contas UG 0000 PM 01 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/18837/images/original/Plano de Contas UG 0000 PM 02 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35387/images/original/Plano de Contas UG 0000 PM 03 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38104/images/original/Plano de Contas UG 0000 PM 04 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41664/images/original/Plano de Contas UG 0000 PM 05 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44476/images/original/Plano de Contas UG 0000 PM 06 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48585/images/original/Plano de Contas UG 0000 PM 07 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51720/images/original/Plano de Contas UG 0000 PM 08 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/58051/images/original/Plano de Contas UG 0000 PM 09 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60007/images/original/Plano de Contas UG 0000 PM 10 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62589/images/original/Plano de Contas UG 0000 PM 11 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68348/images/original/Plano de Contas UG 0000 PM 12 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2478/images/original/Plano de Contas RPPS 03 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2471/images/original/Plano de Contas RPPS 10 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2472/images/original/Plano de Contas RPPS 09 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2473/images/original/Plano de Contas RPPS 08 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2474/images/original/Plano de Contas RPPS 07 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2475/images/original/Plano de Contas RPPS 06 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2476/images/original/Plano de Contas RPPS 05 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2477/images/original/Plano de Contas RPPS 04 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2479/images/original/Plano de Contas RPPS 02 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2480/images/original/Plano de Contas RPPS 01 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/4196/images/original/Plano de Contas RPPS 11 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/16259/images/original/Plano de Contas RPPS 12 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2469/images/original/Plano de Contas CMV 02 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2470/images/original/Plano de Contas CMV 01 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2460/images/original/Plano de Contas CMV 10 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2461/images/original/Plano de Contas CMV 09 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2462/images/original/Plano de Contas CMV 08 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2463/images/original/Plano de Contas CMV 07 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2464/images/original/Plano de Contas CMV 06 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2466/images/original/Plano de Contas CMV 05 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2467/images/original/Plano de Contas CMV 04 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2468/images/original/Plano de Contas CMV 03 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/4195/images/original/Plano de Contas CMV 11 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/16258/images/original/Plano de Contas CMV 12 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2459/images/original/Plano de Contas PM 10 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2458/images/original/Plano de Contas PM 09 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2457/images/original/Plano de Contas PM 08 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2456/images/original/Plano de Contas PM 07 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2455/images/original/Plano de Contas PM 06 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2454/images/original/Plano de Contas PM 05 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2453/images/original/Plano de Contas PM 04 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2451/images/original/Plano de Contas PM 03 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2450/images/original/Plano de Contas PM 02 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2449/images/original/Plano de Contas PM 01 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/4194/images/original/Plano de Contas PM 11 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/16257/images/original/Plano de Contas PM 12 2018.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C283"/>
+  <dimension ref="A1:C289"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C283" sqref="C283"/>
+      <selection activeCell="C289" sqref="C289"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
@@ -1429,3049 +1447,3115 @@
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
         <v>3</v>
       </c>
       <c r="B9" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
         <v>3</v>
       </c>
       <c r="B10" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="B11" t="s">
         <v>4</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="B12" t="s">
         <v>4</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B13" t="s">
         <v>4</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B14" t="s">
         <v>4</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B15" t="s">
         <v>4</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B16" t="s">
         <v>4</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>4</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B18" t="s">
         <v>4</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B19" t="s">
         <v>4</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="B20" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="B21" t="s">
         <v>4</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="B22" t="s">
         <v>4</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="B23" t="s">
         <v>4</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="B24" t="s">
         <v>4</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="B25" t="s">
         <v>4</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="B26" t="s">
         <v>4</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="B27" t="s">
         <v>4</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="B28" t="s">
         <v>4</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
+        <v>28</v>
+      </c>
+      <c r="B29" t="s">
+        <v>4</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>34</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="B30" t="s">
+        <v>4</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="B31" t="s">
-        <v>35</v>
+        <v>4</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="B32" t="s">
-        <v>35</v>
+        <v>4</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="B33" t="s">
-        <v>35</v>
+        <v>4</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="B34" t="s">
-        <v>35</v>
+        <v>4</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="B35" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="B36" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="B37" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="B38" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="B39" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="B40" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>5</v>
+        <v>47</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="B42" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="B43" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="B44" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="B45" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="B46" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>53</v>
+        <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="B47" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="B48" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="B49" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="B50" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="B51" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="B52" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>15</v>
+        <v>59</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="B53" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="B55" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="B56" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="B57" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="B58" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="B59" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="B60" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="B61" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="B62" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="B63" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="B64" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>25</v>
+        <v>71</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="B65" t="s">
+        <v>41</v>
+      </c>
+      <c r="C65" s="1" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>72</v>
+        <v>41</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="B67" t="s">
-        <v>72</v>
+        <v>41</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="B68" t="s">
-        <v>72</v>
+        <v>41</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="B69" t="s">
-        <v>72</v>
+        <v>41</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="B70" t="s">
-        <v>72</v>
+        <v>41</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>78</v>
+        <v>29</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="B71" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="B72" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="B73" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="B74" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="B75" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="B76" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
+        <v>77</v>
+      </c>
+      <c r="B77" t="s">
+        <v>78</v>
+      </c>
+      <c r="C77" s="1" t="s">
         <v>85</v>
-      </c>
-[...4 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>85</v>
+        <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>85</v>
+        <v>77</v>
       </c>
       <c r="B79" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>85</v>
+        <v>77</v>
       </c>
       <c r="B80" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>85</v>
+        <v>77</v>
       </c>
       <c r="B81" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>85</v>
+        <v>77</v>
       </c>
       <c r="B82" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="B83" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="B84" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="B85" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="B86" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="B87" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="B88" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
+        <v>91</v>
+      </c>
+      <c r="B89" t="s">
+        <v>78</v>
+      </c>
+      <c r="C89" s="1" t="s">
         <v>98</v>
-      </c>
-[...4 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>98</v>
+        <v>91</v>
       </c>
       <c r="B90" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>98</v>
+        <v>91</v>
       </c>
       <c r="B91" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>98</v>
+        <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>98</v>
+        <v>91</v>
       </c>
       <c r="B93" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>98</v>
+        <v>91</v>
       </c>
       <c r="B94" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="B95" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="B96" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="B97" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="B98" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="B99" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="B100" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
+        <v>104</v>
+      </c>
+      <c r="B101" t="s">
+        <v>78</v>
+      </c>
+      <c r="C101" s="1" t="s">
         <v>111</v>
-      </c>
-[...4 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
-        <v>111</v>
+        <v>104</v>
       </c>
       <c r="B102" t="s">
+        <v>78</v>
+      </c>
+      <c r="C102" s="1" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
-        <v>111</v>
+        <v>104</v>
       </c>
       <c r="B103" t="s">
-        <v>112</v>
+        <v>78</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
-        <v>111</v>
+        <v>104</v>
       </c>
       <c r="B104" t="s">
-        <v>112</v>
+        <v>78</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
-        <v>111</v>
+        <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>112</v>
+        <v>78</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" t="s">
-        <v>111</v>
+        <v>104</v>
       </c>
       <c r="B106" t="s">
-        <v>112</v>
+        <v>78</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="B107" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="B108" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="B109" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="B110" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="B111" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="B112" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="s">
+        <v>117</v>
+      </c>
+      <c r="B113" t="s">
+        <v>118</v>
+      </c>
+      <c r="C113" s="1" t="s">
         <v>125</v>
-      </c>
-[...4 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="B114" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="B115" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="B116" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="B117" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="B118" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="B119" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="B120" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="B121" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="B122" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="B123" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="B124" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" t="s">
+        <v>131</v>
+      </c>
+      <c r="B125" t="s">
+        <v>118</v>
+      </c>
+      <c r="C125" s="1" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="B126" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="B127" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="B128" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="B129" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="B130" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B131" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B132" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B133" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B134" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="C134" s="1" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B135" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B136" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="C136" s="1" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" t="s">
+        <v>144</v>
+      </c>
+      <c r="B137" t="s">
+        <v>118</v>
+      </c>
+      <c r="C137" s="1" t="s">
         <v>151</v>
-      </c>
-[...4 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" t="s">
-        <v>151</v>
+        <v>144</v>
       </c>
       <c r="B138" t="s">
+        <v>118</v>
+      </c>
+      <c r="C138" s="1" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" t="s">
-        <v>151</v>
+        <v>144</v>
       </c>
       <c r="B139" t="s">
-        <v>152</v>
+        <v>118</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" t="s">
-        <v>151</v>
+        <v>144</v>
       </c>
       <c r="B140" t="s">
-        <v>152</v>
+        <v>118</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" t="s">
-        <v>151</v>
+        <v>144</v>
       </c>
       <c r="B141" t="s">
-        <v>152</v>
+        <v>118</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" t="s">
-        <v>151</v>
+        <v>144</v>
       </c>
       <c r="B142" t="s">
-        <v>152</v>
+        <v>118</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="B143" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="B144" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="B145" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="B146" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="B147" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="B148" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" t="s">
+        <v>157</v>
+      </c>
+      <c r="B149" t="s">
+        <v>158</v>
+      </c>
+      <c r="C149" s="1" t="s">
         <v>165</v>
-      </c>
-[...4 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" t="s">
-        <v>165</v>
+        <v>157</v>
       </c>
       <c r="B150" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" t="s">
-        <v>165</v>
+        <v>157</v>
       </c>
       <c r="B151" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" t="s">
-        <v>165</v>
+        <v>157</v>
       </c>
       <c r="B152" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" t="s">
-        <v>165</v>
+        <v>157</v>
       </c>
       <c r="B153" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" t="s">
-        <v>165</v>
+        <v>157</v>
       </c>
       <c r="B154" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="B155" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="B156" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="C156" s="1" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="B157" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="C157" s="1" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="B158" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="C158" s="1" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="B159" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="C159" s="1" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="B160" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" t="s">
+        <v>171</v>
+      </c>
+      <c r="B161" t="s">
+        <v>158</v>
+      </c>
+      <c r="C161" s="1" t="s">
         <v>178</v>
-      </c>
-[...4 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" t="s">
-        <v>178</v>
+        <v>171</v>
       </c>
       <c r="B162" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" t="s">
-        <v>178</v>
+        <v>171</v>
       </c>
       <c r="B163" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" t="s">
-        <v>178</v>
+        <v>171</v>
       </c>
       <c r="B164" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" t="s">
-        <v>178</v>
+        <v>171</v>
       </c>
       <c r="B165" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" t="s">
-        <v>178</v>
+        <v>171</v>
       </c>
       <c r="B166" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="B167" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="B168" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="C168" s="1" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="B169" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="C169" s="1" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="B170" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="C170" s="1" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="B171" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="B172" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="C172" s="1" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" t="s">
+        <v>184</v>
+      </c>
+      <c r="B173" t="s">
+        <v>158</v>
+      </c>
+      <c r="C173" s="1" t="s">
         <v>191</v>
-      </c>
-[...4 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="B174" t="s">
+        <v>158</v>
+      </c>
+      <c r="C174" s="1" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="B175" t="s">
-        <v>192</v>
+        <v>158</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="B176" t="s">
-        <v>192</v>
+        <v>158</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="B177" t="s">
-        <v>192</v>
+        <v>158</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="B178" t="s">
-        <v>192</v>
+        <v>158</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="B179" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="C179" s="1" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="B180" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="C180" s="1" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="B181" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="C181" s="1" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="B182" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="C182" s="1" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="B183" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="C183" s="1" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="B184" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="C184" s="1" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="B185" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="C185" s="1" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" t="s">
+        <v>197</v>
+      </c>
+      <c r="B186" t="s">
+        <v>198</v>
+      </c>
+      <c r="C186" s="1" t="s">
         <v>206</v>
-      </c>
-[...4 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" t="s">
-        <v>206</v>
+        <v>197</v>
       </c>
       <c r="B187" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" t="s">
-        <v>206</v>
+        <v>197</v>
       </c>
       <c r="B188" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" t="s">
-        <v>206</v>
+        <v>197</v>
       </c>
       <c r="B189" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" t="s">
-        <v>206</v>
+        <v>197</v>
       </c>
       <c r="B190" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" t="s">
-        <v>206</v>
+        <v>197</v>
       </c>
       <c r="B191" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="B192" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="C192" s="1" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="B193" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="C193" s="1" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="B194" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="C194" s="1" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="B195" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="C195" s="1" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="B196" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="C196" s="1" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="B197" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="C197" s="1" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="B198" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="C198" s="1" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" t="s">
+        <v>212</v>
+      </c>
+      <c r="B199" t="s">
+        <v>198</v>
+      </c>
+      <c r="C199" s="1" t="s">
         <v>220</v>
-      </c>
-[...4 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" t="s">
-        <v>220</v>
+        <v>212</v>
       </c>
       <c r="B200" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" t="s">
-        <v>220</v>
+        <v>212</v>
       </c>
       <c r="B201" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" t="s">
-        <v>220</v>
+        <v>212</v>
       </c>
       <c r="B202" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" t="s">
-        <v>220</v>
+        <v>212</v>
       </c>
       <c r="B203" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" t="s">
-        <v>220</v>
+        <v>212</v>
       </c>
       <c r="B204" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="B205" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="C205" s="1" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="B206" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="C206" s="1" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="B207" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="C207" s="1" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="B208" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="C208" s="1" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="B209" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="C209" s="1" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="B210" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="C210" s="1" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="B211" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="C211" s="1" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" t="s">
+        <v>226</v>
+      </c>
+      <c r="B212" t="s">
+        <v>198</v>
+      </c>
+      <c r="C212" s="1" t="s">
         <v>234</v>
-      </c>
-[...4 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" t="s">
-        <v>234</v>
+        <v>226</v>
       </c>
       <c r="B213" t="s">
+        <v>198</v>
+      </c>
+      <c r="C213" s="1" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" t="s">
-        <v>234</v>
+        <v>226</v>
       </c>
       <c r="B214" t="s">
-        <v>235</v>
+        <v>198</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" t="s">
-        <v>234</v>
+        <v>226</v>
       </c>
       <c r="B215" t="s">
-        <v>235</v>
+        <v>198</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" t="s">
-        <v>234</v>
+        <v>226</v>
       </c>
       <c r="B216" t="s">
-        <v>235</v>
+        <v>198</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" t="s">
-        <v>234</v>
+        <v>226</v>
       </c>
       <c r="B217" t="s">
-        <v>235</v>
+        <v>198</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" t="s">
-        <v>234</v>
+        <v>240</v>
       </c>
       <c r="B218" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="C218" s="1" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" t="s">
-        <v>234</v>
+        <v>240</v>
       </c>
       <c r="B219" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="C219" s="1" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" t="s">
-        <v>234</v>
+        <v>240</v>
       </c>
       <c r="B220" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="C220" s="1" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" t="s">
-        <v>234</v>
+        <v>240</v>
       </c>
       <c r="B221" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="C221" s="1" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" t="s">
-        <v>234</v>
+        <v>240</v>
       </c>
       <c r="B222" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="C222" s="1" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" t="s">
-        <v>234</v>
+        <v>240</v>
       </c>
       <c r="B223" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="C223" s="1" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" t="s">
+        <v>240</v>
+      </c>
+      <c r="B224" t="s">
+        <v>241</v>
+      </c>
+      <c r="C224" s="1" t="s">
         <v>248</v>
-      </c>
-[...4 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" t="s">
-        <v>248</v>
+        <v>240</v>
       </c>
       <c r="B225" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" t="s">
-        <v>248</v>
+        <v>240</v>
       </c>
       <c r="B226" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" t="s">
-        <v>248</v>
+        <v>240</v>
       </c>
       <c r="B227" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" t="s">
-        <v>248</v>
+        <v>240</v>
       </c>
       <c r="B228" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" t="s">
-        <v>248</v>
+        <v>240</v>
       </c>
       <c r="B229" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="B230" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="C230" s="1" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="B231" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="C231" s="1" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="B232" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="C232" s="1" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="B233" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="C233" s="1" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="B234" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="C234" s="1" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="B235" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="C235" s="1" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" t="s">
+        <v>254</v>
+      </c>
+      <c r="B236" t="s">
+        <v>241</v>
+      </c>
+      <c r="C236" s="1" t="s">
         <v>261</v>
-      </c>
-[...4 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" t="s">
-        <v>261</v>
+        <v>254</v>
       </c>
       <c r="B237" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" t="s">
-        <v>261</v>
+        <v>254</v>
       </c>
       <c r="B238" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" t="s">
-        <v>261</v>
+        <v>254</v>
       </c>
       <c r="B239" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" t="s">
-        <v>261</v>
+        <v>254</v>
       </c>
       <c r="B240" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" t="s">
-        <v>261</v>
+        <v>254</v>
       </c>
       <c r="B241" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="B242" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="C242" s="1" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="B243" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="C243" s="1" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="B244" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="C244" s="1" t="s">
         <v>270</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="B245" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="C245" s="1" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="B246" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="C246" s="1" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="B247" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="C247" s="1" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" t="s">
+        <v>267</v>
+      </c>
+      <c r="B248" t="s">
+        <v>241</v>
+      </c>
+      <c r="C248" s="1" t="s">
         <v>274</v>
-      </c>
-[...4 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" t="s">
-        <v>274</v>
+        <v>267</v>
       </c>
       <c r="B249" t="s">
+        <v>241</v>
+      </c>
+      <c r="C249" s="1" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" t="s">
-        <v>274</v>
+        <v>267</v>
       </c>
       <c r="B250" t="s">
-        <v>275</v>
+        <v>241</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" t="s">
-        <v>274</v>
+        <v>267</v>
       </c>
       <c r="B251" t="s">
-        <v>275</v>
+        <v>241</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" t="s">
-        <v>274</v>
+        <v>267</v>
       </c>
       <c r="B252" t="s">
-        <v>275</v>
+        <v>241</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" t="s">
-        <v>274</v>
+        <v>267</v>
       </c>
       <c r="B253" t="s">
-        <v>275</v>
+        <v>241</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="B254" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="C254" s="1" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="B255" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="C255" s="1" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="B256" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="C256" s="1" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="B257" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="C257" s="1" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="B258" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="C258" s="1" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="B259" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="C259" s="1" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" t="s">
+        <v>280</v>
+      </c>
+      <c r="B260" t="s">
+        <v>281</v>
+      </c>
+      <c r="C260" s="1" t="s">
         <v>288</v>
-      </c>
-[...4 lines deleted...]
-        <v>289</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" t="s">
-        <v>288</v>
+        <v>280</v>
       </c>
       <c r="B261" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" t="s">
-        <v>288</v>
+        <v>280</v>
       </c>
       <c r="B262" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" t="s">
-        <v>288</v>
+        <v>280</v>
       </c>
       <c r="B263" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" t="s">
-        <v>288</v>
+        <v>280</v>
       </c>
       <c r="B264" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" t="s">
-        <v>288</v>
+        <v>280</v>
       </c>
       <c r="B265" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="B266" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="C266" s="1" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="B267" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="C267" s="1" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="B268" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="C268" s="1" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="B269" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="C269" s="1" t="s">
         <v>298</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="B270" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="C270" s="1" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="B271" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="C271" s="1" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" t="s">
+        <v>294</v>
+      </c>
+      <c r="B272" t="s">
+        <v>281</v>
+      </c>
+      <c r="C272" s="1" t="s">
         <v>301</v>
-      </c>
-[...4 lines deleted...]
-        <v>302</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" t="s">
-        <v>301</v>
+        <v>294</v>
       </c>
       <c r="B273" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" t="s">
-        <v>301</v>
+        <v>294</v>
       </c>
       <c r="B274" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" t="s">
-        <v>301</v>
+        <v>294</v>
       </c>
       <c r="B275" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" t="s">
-        <v>301</v>
+        <v>294</v>
       </c>
       <c r="B276" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" t="s">
-        <v>301</v>
+        <v>294</v>
       </c>
       <c r="B277" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" t="s">
-        <v>301</v>
+        <v>307</v>
       </c>
       <c r="B278" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="C278" s="1" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" t="s">
-        <v>301</v>
+        <v>307</v>
       </c>
       <c r="B279" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="C279" s="1" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" t="s">
-        <v>301</v>
+        <v>307</v>
       </c>
       <c r="B280" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="C280" s="1" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" t="s">
-        <v>301</v>
+        <v>307</v>
       </c>
       <c r="B281" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="C281" s="1" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" t="s">
-        <v>301</v>
+        <v>307</v>
       </c>
       <c r="B282" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="C282" s="1" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" t="s">
-        <v>301</v>
+        <v>307</v>
       </c>
       <c r="B283" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="C283" s="1" t="s">
         <v>313</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" t="s">
+        <v>307</v>
+      </c>
+      <c r="B284" t="s">
+        <v>281</v>
+      </c>
+      <c r="C284" s="1" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" t="s">
+        <v>307</v>
+      </c>
+      <c r="B285" t="s">
+        <v>281</v>
+      </c>
+      <c r="C285" s="1" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" t="s">
+        <v>307</v>
+      </c>
+      <c r="B286" t="s">
+        <v>281</v>
+      </c>
+      <c r="C286" s="1" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" t="s">
+        <v>307</v>
+      </c>
+      <c r="B287" t="s">
+        <v>281</v>
+      </c>
+      <c r="C287" s="1" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" t="s">
+        <v>307</v>
+      </c>
+      <c r="B288" t="s">
+        <v>281</v>
+      </c>
+      <c r="C288" s="1" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" t="s">
+        <v>307</v>
+      </c>
+      <c r="B289" t="s">
+        <v>281</v>
+      </c>
+      <c r="C289" s="1" t="s">
+        <v>319</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
@@ -4715,50 +4799,56 @@
     <hyperlink ref="C259" r:id="rId_hyperlink_258"/>
     <hyperlink ref="C260" r:id="rId_hyperlink_259"/>
     <hyperlink ref="C261" r:id="rId_hyperlink_260"/>
     <hyperlink ref="C262" r:id="rId_hyperlink_261"/>
     <hyperlink ref="C263" r:id="rId_hyperlink_262"/>
     <hyperlink ref="C264" r:id="rId_hyperlink_263"/>
     <hyperlink ref="C265" r:id="rId_hyperlink_264"/>
     <hyperlink ref="C266" r:id="rId_hyperlink_265"/>
     <hyperlink ref="C267" r:id="rId_hyperlink_266"/>
     <hyperlink ref="C268" r:id="rId_hyperlink_267"/>
     <hyperlink ref="C269" r:id="rId_hyperlink_268"/>
     <hyperlink ref="C270" r:id="rId_hyperlink_269"/>
     <hyperlink ref="C271" r:id="rId_hyperlink_270"/>
     <hyperlink ref="C272" r:id="rId_hyperlink_271"/>
     <hyperlink ref="C273" r:id="rId_hyperlink_272"/>
     <hyperlink ref="C274" r:id="rId_hyperlink_273"/>
     <hyperlink ref="C275" r:id="rId_hyperlink_274"/>
     <hyperlink ref="C276" r:id="rId_hyperlink_275"/>
     <hyperlink ref="C277" r:id="rId_hyperlink_276"/>
     <hyperlink ref="C278" r:id="rId_hyperlink_277"/>
     <hyperlink ref="C279" r:id="rId_hyperlink_278"/>
     <hyperlink ref="C280" r:id="rId_hyperlink_279"/>
     <hyperlink ref="C281" r:id="rId_hyperlink_280"/>
     <hyperlink ref="C282" r:id="rId_hyperlink_281"/>
     <hyperlink ref="C283" r:id="rId_hyperlink_282"/>
+    <hyperlink ref="C284" r:id="rId_hyperlink_283"/>
+    <hyperlink ref="C285" r:id="rId_hyperlink_284"/>
+    <hyperlink ref="C286" r:id="rId_hyperlink_285"/>
+    <hyperlink ref="C287" r:id="rId_hyperlink_286"/>
+    <hyperlink ref="C288" r:id="rId_hyperlink_287"/>
+    <hyperlink ref="C289" r:id="rId_hyperlink_288"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>