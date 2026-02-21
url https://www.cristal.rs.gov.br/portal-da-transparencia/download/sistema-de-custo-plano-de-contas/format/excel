--- v1 (2025-12-19)
+++ v2 (2026-02-21)
@@ -12,170 +12,200 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="320">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="330">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
+    <t>Plano de Contas RPPS 2026</t>
+  </si>
+  <si>
+    <t>01/01/2026</t>
+  </si>
+  <si>
+    <t>Plano de Contas 01 2026 RPPS</t>
+  </si>
+  <si>
+    <t>Plano de Contas CMV 2026</t>
+  </si>
+  <si>
+    <t>Plano de Contas 01 2026 Leg</t>
+  </si>
+  <si>
+    <t>Plano de Contas PM 2026</t>
+  </si>
+  <si>
+    <t>Plano de Contas 01 2026 Exe</t>
+  </si>
+  <si>
     <t>Plano de Contas RPPS 2025</t>
   </si>
   <si>
     <t>01/01/2025</t>
   </si>
   <si>
     <t>Plano de Contas 12 2024 RPPS</t>
   </si>
   <si>
     <t>Plano de Contas 02 2025 RPPS</t>
   </si>
   <si>
     <t>Plano de Contas 03 2025 RPPS</t>
   </si>
   <si>
     <t>Plano de Contas 04 2025 RPPS</t>
   </si>
   <si>
     <t>Plano de Contas 05 2025 RPPS</t>
   </si>
   <si>
     <t>Plano de Contas 06 2025 RPPS</t>
   </si>
   <si>
     <t>Plano de Contas 07 2025 RPPS</t>
   </si>
   <si>
     <t>Plano de Contas 08 2025 RPPS</t>
   </si>
   <si>
     <t>Plano de Contas 09 2025 RPPS</t>
   </si>
   <si>
     <t>Plano de Contas 10 2025 RPPS</t>
   </si>
   <si>
     <t>Plano de Contas 11 2025 RPPS</t>
   </si>
   <si>
+    <t>Plano de Contas 12 2025 RPPS</t>
+  </si>
+  <si>
     <t>Plano de Contas CMV 2025</t>
   </si>
   <si>
     <t>Plano de Contas 12 2024 Leg</t>
   </si>
   <si>
     <t>Plano de Contas 02 2025 Leg</t>
   </si>
   <si>
     <t>Plano de Contas 03 2025 Leg</t>
   </si>
   <si>
     <t>Plano de Contas 04 2025 Leg</t>
   </si>
   <si>
     <t>Plano de Contas 05 2025 Leg</t>
   </si>
   <si>
     <t>Plano de Contas 06 2025 Leg</t>
   </si>
   <si>
     <t>Plano de Contas 07 2025 Leg</t>
   </si>
   <si>
     <t>Plano de Contas 08 2025 Leg</t>
   </si>
   <si>
     <t>Plano de Contas 09 2025 Leg</t>
   </si>
   <si>
     <t>Plano de Contas 10 2025 Leg</t>
   </si>
   <si>
     <t>Plano de Contas 11 2025 Leg.pdf</t>
   </si>
   <si>
+    <t>Plano de Contas 12 2025 Leg</t>
+  </si>
+  <si>
     <t>Plano de Contas PM 2025</t>
   </si>
   <si>
     <t>Plano de Contas 12 2024 Exe</t>
   </si>
   <si>
     <t>Plano de Contas 02 2025 Exe</t>
   </si>
   <si>
     <t>Plano de Contas 03 2025 Exe</t>
   </si>
   <si>
     <t>Plano de Contas 04 2025 Exe</t>
   </si>
   <si>
     <t>Plano de Contas 05 2025 Exe</t>
   </si>
   <si>
     <t>Plano de Contas 06 2025 Exe</t>
   </si>
   <si>
     <t>Plano de Contas 07 2025 Exe</t>
   </si>
   <si>
     <t>Plano de Contas 08 2025 Exe</t>
   </si>
   <si>
     <t>Plano de Contas 09 2025 Exe</t>
   </si>
   <si>
     <t>Plano de Contas 10 2025 Exe</t>
   </si>
   <si>
     <t>Plano de Contas 11 2025 Exe</t>
+  </si>
+  <si>
+    <t>Plano de Contas 12 2025 Exe</t>
   </si>
   <si>
     <t>Plano de Contas RPPS 2024</t>
   </si>
   <si>
     <t>01/01/2024</t>
   </si>
   <si>
     <t>Plano de Contas 01 2024 RPPS</t>
   </si>
   <si>
     <t>Plano de Contas 02 2024 RPPS</t>
   </si>
   <si>
     <t>Plano de Contas 03 2024 RPPS</t>
   </si>
   <si>
     <t>Plano de Contas 04 2024 RPPS</t>
   </si>
   <si>
     <t>Plano de Contas 05 2024 RPPS</t>
   </si>
   <si>
     <t>Plano de Contas 06 2024 RPPS</t>
   </si>
@@ -1319,3243 +1349,3309 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521872/images/original/Plano de Contas 12 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529792/images/original/Plano de Contas 02 2025 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549943/images/original/Plano de Contas 03 2025 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561078/images/original/Plano de Contas 04 2025 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588890/images/original/Plano de Contas 05 2025 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607475/images/original/Plano de Contas 06 2025 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626388/images/original/Plano de Contas 07 2025 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638634/images/original/Plano de Contas 08 2025 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661675/images/original/Plano de Contas 09 2025 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/678769/images/original/Plano de Contas 10 2025 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/699906/images/original/Plano de Contas 11 2025 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521871/images/original/Plano de Contas 12 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529791/images/original/Plano de Contas 02 2025 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549942/images/original/Plano de Contas 03 2025 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561076/images/original/Plano de Contas 04 2025 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588888/images/original/Plano de Contas 05 2025 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607474/images/original/Plano de Contas 06 2025 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626387/images/original/Plano de Contas 07 2025 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638633/images/original/Plano de Contas 08 2025 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661677/images/original/Plano de Contas 09 2025 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/678768/images/original/Plano de Contas 10 2025 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/699905/images/original/Plano de Contas 11 2025 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521870/images/original/Plano de Contas 12 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529790/images/original/Plano de Contas 02 2025 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549941/images/original/Plano de Contas 03 2025 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561075/images/original/Plano de Contas 04 2025 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588887/images/original/Plano de Contas 05 2025 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607473/images/original/Plano de Contas 06 2025 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638631/images/original/Plano de Contas 07 2025 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638632/images/original/Plano de Contas 08 2025 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661679/images/original/Plano de Contas 09 2025 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/678767/images/original/Plano de Contas 10 2025 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/699904/images/original/Plano de Contas 11 2025 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400385/images/original/Plano de Contas 01 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408232/images/original/Plano de Contas 02 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415715/images/original/Plano de Contas 03 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447521/images/original/Plano de Contas 04 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454802/images/original/Plano de Contas 05 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466130/images/original/Plano de Contas 06 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473298/images/original/Plano de Contas 07 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483583/images/original/Plano de Contas 08 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488786/images/original/Plano de Contas 09 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496286/images/original/Plano de Contas 10 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504539/images/original/Plano de Contas 11 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514279/images/original/Plano de Contas 12 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400384/images/original/Plano de Contas 01 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408230/images/original/Plano de Contas 02 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447520/images/original/Plano de Contas 04 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454801/images/original/Plano de Contas 05 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466129/images/original/Plano de Contas 06 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415714/images/original/Plano de Contas 03 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473297/images/original/Plano de Contas 07 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483582/images/original/Plano de Contas 08 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488785/images/original/Plano de Contas 09 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496285/images/original/Plano de Contas 10 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504538/images/original/Plano de Contas 11 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514278/images/original/Plano de Contas 12 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400383/images/original/Plano de Contas 01 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408229/images/original/Plano de Contas 02 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415713/images/original/Plano de Contas 03 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447519/images/original/Plano de Contas 04 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454800/images/original/Plano de Contas 05 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466127/images/original/Plano de Contas 06 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473296/images/original/Plano de Contas 07 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483581/images/original/Plano de Contas 08 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488784/images/original/Plano de Contas 09 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496284/images/original/Plano de Contas 10 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504537/images/original/Plano de Contas 11 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514276/images/original/Plano de Contas 12 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273134/images/original/Plano de Contas 01 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279027/images/original/Plano de Contas 02 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286499/images/original/Plano de Contas 03 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292332/images/original/Plano de Contas 04 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306382/images/original/Plano de Contas 06 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302138/images/original/Plano de Contas 05 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314419/images/original/Plano de Contas 07 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322771/images/original/Plano de Contas 08 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343368/images/original/Plano de Contas 09 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364160/images/original/Plano de Contas 10 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380206/images/original/Plano de Contas 11 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389761/images/original/Plano de Contas 12 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273133/images/original/Plano de Contas 01 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279026/images/original/Plano de Contas 02 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286498/images/original/Plano de Contas 03 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292331/images/original/Plano de Contas 04 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302137/images/original/Plano de Contas 05 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306381/images/original/Plano de Contas 06 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314418/images/original/Plano de Contas 07 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380205/images/original/Plano de Contas 11 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343367/images/original/Plano de Contas 09 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389755/images/original/Plano de Contas 12 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322770/images/original/Plano de Contas 08 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364159/images/original/Plano de Contas 10 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273132/images/original/Plano de Contas 01 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279025/images/original/Plano de Contas 02 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286497/images/original/Plano de Contas 03 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292330/images/original/Plano de Contas 04 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302135/images/original/Plano de Contas 05 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306380/images/original/Plano de Contas 06 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314417/images/original/Plano de Contas 07 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322769/images/original/Plano de Contas 08 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343361/images/original/Plano de Contas 09 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364158/images/original/Plano de Contas 10 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380204/images/original/Plano de Contas 11 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389752/images/original/Plano de Contas 12 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178287/images/original/Plano de contas UG 0002 01 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180662/images/original/Plano de contas UG 0002 02 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/196210/images/original/Plano de Contas 03 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200918/images/original/Plano de Contas 04 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205211/images/original/Plano de Contas 05 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209958/images/original/Plano de Contas 06 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215756/images/original/Plano de Contas 07 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221462/images/original/Plano de Contas 08 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239798/images/original/Plano de Contas 09 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247223/images/original/Plano de Contas 10 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252390/images/original/Plano de Contas 11 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263432/images/original/Plano de Contas 12 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178286/images/original/Plano de contas UG 0001 01 2022 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180661/images/original/Plano de contas UG 0001 02  2022 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/196208/images/original/Plano de Contas 03 2022 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200917/images/original/Plano de Contas 04 2022 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205210/images/original/Plano de Contas 05 2022 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209957/images/original/Plano de Contas 06 2022 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215755/images/original/Plano de Contas 07 2022 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221460/images/original/Plano de Contas 08 2022 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239797/images/original/Plano de Contas 09 2022 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247221/images/original/Plano de Contas 10 2022 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252389/images/original/Plano de Contas 11 2022 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263431/images/original/Plano de Contas 12 2022 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178284/images/original/Plano de contas UG 0000 01 2022 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180660/images/original/Plano de contas UG 0000 02 2022 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/196205/images/original/Plano de Contas 03 2022 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200916/images/original/Plano de Contas 04 2022 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205209/images/original/Plano de Contas 05 2022 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209956/images/original/Plano de Contas 06 2022 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215754/images/original/Plano de Contas 07 2022 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221459/images/original/Plano de Contas 08 2022 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239796/images/original/Plano de Contas 09 2022 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247220/images/original/Plano de Contas 10 2022 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252388/images/original/Plano de Contas 11 2022 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263430/images/original/Plano de Contas 12 2022 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130737/images/original/Plano de contas UG 0002 01 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132476/images/original/Plano de contas UG 0002 02 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134691/images/original/Plano de contas UG 0002 03 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137994/images/original/Plano de contas UG 0002 04 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141760/images/original/Plano de contas UG 0002 05 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145054/images/original/Plano de contas UG 0002 06 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149272/images/original/Plano de contas UG 0002 07 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153096/images/original/Plano de contas UG 0002 08 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160432/images/original/Plano de contas UG 0002 09 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164845/images/original/Plano de contas UG 0002 10 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170745/images/original/Plano de contas UG 0002 11 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174086/images/original/Plano de contas UG 0002 12 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130736/images/original/Plano de contas UG 0001 01 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132475/images/original/Plano de contas UG 0001 02 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134690/images/original/Plano de contas UG 0001 03 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137992/images/original/Plano de contas UG 0001 04 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141759/images/original/Plano de contas UG 0001 05 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145055/images/original/Plano de contas UG 0001 06 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149273/images/original/Plano de contas UG 0001 07 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153095/images/original/Plano de contas UG 0001 08 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160431/images/original/Plano de contas UG 0001 09 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164844/images/original/Plano de contas UG 0001 10 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170743/images/original/Plano de contas UG 0001 11 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174085/images/original/Plano de contas UG 0001 12 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130735/images/original/Plano de contas UG 0000 01 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132474/images/original/Plano de contas UG 0000 02 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134689/images/original/Plano de contas UG 0000 03 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137991/images/original/Plano de contas UG 0000 04 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141758/images/original/Plano de contas UG 0000 05 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145056/images/original/Plano de contas UG 0000 06 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149274/images/original/Plano de contas UG 0000 07 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153094/images/original/Plano de contas UG 0000 08 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160430/images/original/Plano de contas UG 0000 09 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164843/images/original/Plano de contas UG 0000 10 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170742/images/original/Plano de contas UG 0000 11 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174084/images/original/Plano de contas UG 0000 12 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72027/images/original/Plano de contas UG 0002 01 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73204/images/original/Plano de contas UG 0002 02 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75417/images/original/Plano de contas UG 0002 03 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80444/images/original/Plano de contas UG 0002 04 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92700/images/original/Plano de contas UG 0002 05 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109791/images/original/Plano de contas UG 0002 06 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115394/images/original/Plano de contas UG 0002 07 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119598/images/original/Plano de contas UG 0002 08 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122506/images/original/Plano de contas UG 0002 09 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124406/images/original/Plano de contas UG 0002 10 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126730/images/original/Plano de contas UG 0002 11 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128428/images/original/Plano de contas UG 0002 12 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128429/images/original/Plano de contas UG 0002 12 2020 RPPS               Encerrado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72026/images/original/Plano de contas UG 0001 01 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73203/images/original/Plano de contas UG 0001 02 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75416/images/original/Plano de contas UG 0001 03 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80443/images/original/Plano de contas UG 0001 04 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92699/images/original/Plano de contas UG 0001 05 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109790/images/original/Plano de contas UG 0001 06 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115393/images/original/Plano de contas UG 0001 07 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119596/images/original/Plano de contas UG 0001 08 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122504/images/original/Plano de contas UG 0001 09 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124407/images/original/Plano de contas UG 0001 10 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126729/images/original/Plano de contas UG 0001 11 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128426/images/original/Plano de contas UG 0001 12 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128427/images/original/Plano de contas UG 0001 12 2020 Legislativo     Encerrado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72025/images/original/Plano de contas UG 0000 01 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73202/images/original/Plano de contas UG 0000 02 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75415/images/original/Plano de contas UG 0000 03 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80442/images/original/Plano de contas UG 0000 04 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92698/images/original/Plano de contas UG 0000 05 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109788/images/original/Plano de contas UG 0000 06 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115392/images/original/Plano de contas UG 0000 07 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119595/images/original/Plano de contas UG 0000 08 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122503/images/original/Plano de contas UG 0000 09 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124408/images/original/Plano de contas UG 0000 10 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126726/images/original/Plano de contas UG 0000 11 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128424/images/original/Plano de contas UG 0000 12 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128425/images/original/Plano de contas UG 0000 12 2020 Executivo        Encerrado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/17223/images/original/Plano de Contas UG 0002 RPPS 01 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/18839/images/original/Plano de Contas UG 0002 RPPS 02 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35389/images/original/Plano de Contas UG 0002 RPPS 03 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38106/images/original/Plano de Contas UG 0002 RPPS 04 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41661/images/original/Plano de Contas UG 0002 RPPS 05 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44474/images/original/Plano de Contas UG 0002 RPPS 06 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48583/images/original/Plano de Contas UG 0002 RPPS 07 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51722/images/original/Plano de Contas UG 0002 RPPS 08 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/58053/images/original/Plano de Contas UG 0002 RPPS 09 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60005/images/original/Plano de Contas UG 0002 RPPS 10 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62587/images/original/Plano de Contas UG 0002 RPPS 11 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68346/images/original/Plano de Contas UG 0002 RPPS 12 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/17222/images/original/Plano de Contas UG 0001 CMV 01 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/18838/images/original/Plano de Contas UG 0001 CMV 02 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35388/images/original/Plano de Contas UG 0001 CMV 03 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38105/images/original/Plano de Contas UG 0001 CMV 04 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41662/images/original/Plano de Contas UG 0001 CMV 05 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44475/images/original/Plano de Contas UG 0001 CMV 06 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48584/images/original/Plano de Contas UG 0001 CMV 07 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51721/images/original/Plano de Contas UG 0001 CMV 08 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/58052/images/original/Plano de Contas UG 0001 CMV 09 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60006/images/original/Plano de Contas UG 0001 CMV 10 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62588/images/original/Plano de Contas UG 0001 CMV 11 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68347/images/original/Plano de Contas UG 0001 CMV 12 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/17221/images/original/Plano de Contas UG 0000 PM 01 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/18837/images/original/Plano de Contas UG 0000 PM 02 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35387/images/original/Plano de Contas UG 0000 PM 03 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38104/images/original/Plano de Contas UG 0000 PM 04 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41664/images/original/Plano de Contas UG 0000 PM 05 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44476/images/original/Plano de Contas UG 0000 PM 06 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48585/images/original/Plano de Contas UG 0000 PM 07 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51720/images/original/Plano de Contas UG 0000 PM 08 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/58051/images/original/Plano de Contas UG 0000 PM 09 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60007/images/original/Plano de Contas UG 0000 PM 10 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62589/images/original/Plano de Contas UG 0000 PM 11 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68348/images/original/Plano de Contas UG 0000 PM 12 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2478/images/original/Plano de Contas RPPS 03 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2471/images/original/Plano de Contas RPPS 10 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2472/images/original/Plano de Contas RPPS 09 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2473/images/original/Plano de Contas RPPS 08 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2474/images/original/Plano de Contas RPPS 07 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2475/images/original/Plano de Contas RPPS 06 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2476/images/original/Plano de Contas RPPS 05 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2477/images/original/Plano de Contas RPPS 04 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2479/images/original/Plano de Contas RPPS 02 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2480/images/original/Plano de Contas RPPS 01 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/4196/images/original/Plano de Contas RPPS 11 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/16259/images/original/Plano de Contas RPPS 12 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2469/images/original/Plano de Contas CMV 02 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2470/images/original/Plano de Contas CMV 01 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2460/images/original/Plano de Contas CMV 10 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2461/images/original/Plano de Contas CMV 09 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2462/images/original/Plano de Contas CMV 08 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2463/images/original/Plano de Contas CMV 07 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2464/images/original/Plano de Contas CMV 06 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2466/images/original/Plano de Contas CMV 05 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2467/images/original/Plano de Contas CMV 04 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2468/images/original/Plano de Contas CMV 03 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/4195/images/original/Plano de Contas CMV 11 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/16258/images/original/Plano de Contas CMV 12 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2459/images/original/Plano de Contas PM 10 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2458/images/original/Plano de Contas PM 09 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2457/images/original/Plano de Contas PM 08 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2456/images/original/Plano de Contas PM 07 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2455/images/original/Plano de Contas PM 06 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2454/images/original/Plano de Contas PM 05 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2453/images/original/Plano de Contas PM 04 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2451/images/original/Plano de Contas PM 03 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2450/images/original/Plano de Contas PM 02 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2449/images/original/Plano de Contas PM 01 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/4194/images/original/Plano de Contas PM 11 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/16257/images/original/Plano de Contas PM 12 2018.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/728215/images/original/Plano de Contas 01 2026 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/728213/images/original/Plano de Contas 01 2026  Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/728211/images/original/Plano de Contas 01 2026  Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521872/images/original/Plano de Contas 12 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529792/images/original/Plano de Contas 02 2025 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549943/images/original/Plano de Contas 03 2025 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561078/images/original/Plano de Contas 04 2025 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588890/images/original/Plano de Contas 05 2025 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607475/images/original/Plano de Contas 06 2025 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626388/images/original/Plano de Contas 07 2025 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638634/images/original/Plano de Contas 08 2025 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661675/images/original/Plano de Contas 09 2025 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/678769/images/original/Plano de Contas 10 2025 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/699906/images/original/Plano de Contas 11 2025 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/719459/images/original/Plano de Contas 12 2025 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521871/images/original/Plano de Contas 12 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529791/images/original/Plano de Contas 02 2025 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549942/images/original/Plano de Contas 03 2025 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561076/images/original/Plano de Contas 04 2025 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588888/images/original/Plano de Contas 05 2025 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607474/images/original/Plano de Contas 06 2025 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/626387/images/original/Plano de Contas 07 2025 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638633/images/original/Plano de Contas 08 2025 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661677/images/original/Plano de Contas 09 2025 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/678768/images/original/Plano de Contas 10 2025 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/699905/images/original/Plano de Contas 11 2025 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/719457/images/original/Plano de Contas 12 2025 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/521870/images/original/Plano de Contas 12 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/529790/images/original/Plano de Contas 02 2025 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/549941/images/original/Plano de Contas 03 2025 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/561075/images/original/Plano de Contas 04 2025 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/588887/images/original/Plano de Contas 05 2025 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/607473/images/original/Plano de Contas 06 2025 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638631/images/original/Plano de Contas 07 2025 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/638632/images/original/Plano de Contas 08 2025 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/661679/images/original/Plano de Contas 09 2025 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/678767/images/original/Plano de Contas 10 2025 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/699904/images/original/Plano de Contas 11 2025 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/719455/images/original/Plano de Contas 12 2025 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400385/images/original/Plano de Contas 01 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408232/images/original/Plano de Contas 02 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415715/images/original/Plano de Contas 03 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447521/images/original/Plano de Contas 04 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454802/images/original/Plano de Contas 05 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466130/images/original/Plano de Contas 06 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473298/images/original/Plano de Contas 07 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483583/images/original/Plano de Contas 08 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488786/images/original/Plano de Contas 09 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496286/images/original/Plano de Contas 10 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504539/images/original/Plano de Contas 11 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514279/images/original/Plano de Contas 12 2024 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400384/images/original/Plano de Contas 01 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408230/images/original/Plano de Contas 02 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447520/images/original/Plano de Contas 04 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454801/images/original/Plano de Contas 05 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466129/images/original/Plano de Contas 06 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415714/images/original/Plano de Contas 03 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473297/images/original/Plano de Contas 07 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483582/images/original/Plano de Contas 08 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488785/images/original/Plano de Contas 09 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496285/images/original/Plano de Contas 10 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504538/images/original/Plano de Contas 11 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514278/images/original/Plano de Contas 12 2024 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/400383/images/original/Plano de Contas 01 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/408229/images/original/Plano de Contas 02 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/415713/images/original/Plano de Contas 03 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447519/images/original/Plano de Contas 04 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/454800/images/original/Plano de Contas 05 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/466127/images/original/Plano de Contas 06 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/473296/images/original/Plano de Contas 07 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/483581/images/original/Plano de Contas 08 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/488784/images/original/Plano de Contas 09 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/496284/images/original/Plano de Contas 10 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/504537/images/original/Plano de Contas 11 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/514276/images/original/Plano de Contas 12 2024 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273134/images/original/Plano de Contas 01 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279027/images/original/Plano de Contas 02 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286499/images/original/Plano de Contas 03 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292332/images/original/Plano de Contas 04 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306382/images/original/Plano de Contas 06 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302138/images/original/Plano de Contas 05 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314419/images/original/Plano de Contas 07 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322771/images/original/Plano de Contas 08 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343368/images/original/Plano de Contas 09 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364160/images/original/Plano de Contas 10 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380206/images/original/Plano de Contas 11 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389761/images/original/Plano de Contas 12 2023 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273133/images/original/Plano de Contas 01 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279026/images/original/Plano de Contas 02 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286498/images/original/Plano de Contas 03 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292331/images/original/Plano de Contas 04 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302137/images/original/Plano de Contas 05 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306381/images/original/Plano de Contas 06 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314418/images/original/Plano de Contas 07 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380205/images/original/Plano de Contas 11 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343367/images/original/Plano de Contas 09 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389755/images/original/Plano de Contas 12 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322770/images/original/Plano de Contas 08 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364159/images/original/Plano de Contas 10 2023 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/273132/images/original/Plano de Contas 01 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/279025/images/original/Plano de Contas 02 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/286497/images/original/Plano de Contas 03 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/292330/images/original/Plano de Contas 04 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/302135/images/original/Plano de Contas 05 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/306380/images/original/Plano de Contas 06 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/314417/images/original/Plano de Contas 07 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/322769/images/original/Plano de Contas 08 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/343361/images/original/Plano de Contas 09 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/364158/images/original/Plano de Contas 10 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/380204/images/original/Plano de Contas 11 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/389752/images/original/Plano de Contas 12 2023 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178287/images/original/Plano de contas UG 0002 01 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180662/images/original/Plano de contas UG 0002 02 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/196210/images/original/Plano de Contas 03 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200918/images/original/Plano de Contas 04 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205211/images/original/Plano de Contas 05 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209958/images/original/Plano de Contas 06 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215756/images/original/Plano de Contas 07 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221462/images/original/Plano de Contas 08 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239798/images/original/Plano de Contas 09 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247223/images/original/Plano de Contas 10 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252390/images/original/Plano de Contas 11 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263432/images/original/Plano de Contas 12 2022 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178286/images/original/Plano de contas UG 0001 01 2022 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180661/images/original/Plano de contas UG 0001 02  2022 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/196208/images/original/Plano de Contas 03 2022 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200917/images/original/Plano de Contas 04 2022 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205210/images/original/Plano de Contas 05 2022 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209957/images/original/Plano de Contas 06 2022 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215755/images/original/Plano de Contas 07 2022 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221460/images/original/Plano de Contas 08 2022 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239797/images/original/Plano de Contas 09 2022 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247221/images/original/Plano de Contas 10 2022 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252389/images/original/Plano de Contas 11 2022 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263431/images/original/Plano de Contas 12 2022 Leg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/178284/images/original/Plano de contas UG 0000 01 2022 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/180660/images/original/Plano de contas UG 0000 02 2022 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/196205/images/original/Plano de Contas 03 2022 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200916/images/original/Plano de Contas 04 2022 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/205209/images/original/Plano de Contas 05 2022 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/209956/images/original/Plano de Contas 06 2022 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/215754/images/original/Plano de Contas 07 2022 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/221459/images/original/Plano de Contas 08 2022 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/239796/images/original/Plano de Contas 09 2022 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/247220/images/original/Plano de Contas 10 2022 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/252388/images/original/Plano de Contas 11 2022 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/263430/images/original/Plano de Contas 12 2022 Exe.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130737/images/original/Plano de contas UG 0002 01 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132476/images/original/Plano de contas UG 0002 02 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134691/images/original/Plano de contas UG 0002 03 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137994/images/original/Plano de contas UG 0002 04 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141760/images/original/Plano de contas UG 0002 05 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145054/images/original/Plano de contas UG 0002 06 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149272/images/original/Plano de contas UG 0002 07 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153096/images/original/Plano de contas UG 0002 08 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160432/images/original/Plano de contas UG 0002 09 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164845/images/original/Plano de contas UG 0002 10 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170745/images/original/Plano de contas UG 0002 11 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174086/images/original/Plano de contas UG 0002 12 2021 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130736/images/original/Plano de contas UG 0001 01 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132475/images/original/Plano de contas UG 0001 02 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134690/images/original/Plano de contas UG 0001 03 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137992/images/original/Plano de contas UG 0001 04 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141759/images/original/Plano de contas UG 0001 05 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145055/images/original/Plano de contas UG 0001 06 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149273/images/original/Plano de contas UG 0001 07 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153095/images/original/Plano de contas UG 0001 08 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160431/images/original/Plano de contas UG 0001 09 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164844/images/original/Plano de contas UG 0001 10 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170743/images/original/Plano de contas UG 0001 11 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174085/images/original/Plano de contas UG 0001 12 2021 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/130735/images/original/Plano de contas UG 0000 01 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/132474/images/original/Plano de contas UG 0000 02 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/134689/images/original/Plano de contas UG 0000 03 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/137991/images/original/Plano de contas UG 0000 04 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/141758/images/original/Plano de contas UG 0000 05 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/145056/images/original/Plano de contas UG 0000 06 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/149274/images/original/Plano de contas UG 0000 07 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/153094/images/original/Plano de contas UG 0000 08 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/160430/images/original/Plano de contas UG 0000 09 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/164843/images/original/Plano de contas UG 0000 10 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/170742/images/original/Plano de contas UG 0000 11 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/174084/images/original/Plano de contas UG 0000 12 2021 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72027/images/original/Plano de contas UG 0002 01 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73204/images/original/Plano de contas UG 0002 02 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75417/images/original/Plano de contas UG 0002 03 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80444/images/original/Plano de contas UG 0002 04 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92700/images/original/Plano de contas UG 0002 05 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109791/images/original/Plano de contas UG 0002 06 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115394/images/original/Plano de contas UG 0002 07 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119598/images/original/Plano de contas UG 0002 08 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122506/images/original/Plano de contas UG 0002 09 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124406/images/original/Plano de contas UG 0002 10 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126730/images/original/Plano de contas UG 0002 11 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128428/images/original/Plano de contas UG 0002 12 2020 RPPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128429/images/original/Plano de contas UG 0002 12 2020 RPPS               Encerrado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72026/images/original/Plano de contas UG 0001 01 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73203/images/original/Plano de contas UG 0001 02 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75416/images/original/Plano de contas UG 0001 03 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80443/images/original/Plano de contas UG 0001 04 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92699/images/original/Plano de contas UG 0001 05 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109790/images/original/Plano de contas UG 0001 06 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115393/images/original/Plano de contas UG 0001 07 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119596/images/original/Plano de contas UG 0001 08 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122504/images/original/Plano de contas UG 0001 09 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124407/images/original/Plano de contas UG 0001 10 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126729/images/original/Plano de contas UG 0001 11 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128426/images/original/Plano de contas UG 0001 12 2020 Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128427/images/original/Plano de contas UG 0001 12 2020 Legislativo     Encerrado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/72025/images/original/Plano de contas UG 0000 01 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/73202/images/original/Plano de contas UG 0000 02 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/75415/images/original/Plano de contas UG 0000 03 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/80442/images/original/Plano de contas UG 0000 04 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/92698/images/original/Plano de contas UG 0000 05 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/109788/images/original/Plano de contas UG 0000 06 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/115392/images/original/Plano de contas UG 0000 07 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/119595/images/original/Plano de contas UG 0000 08 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/122503/images/original/Plano de contas UG 0000 09 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/124408/images/original/Plano de contas UG 0000 10 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/126726/images/original/Plano de contas UG 0000 11 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128424/images/original/Plano de contas UG 0000 12 2020 Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/128425/images/original/Plano de contas UG 0000 12 2020 Executivo        Encerrado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/17223/images/original/Plano de Contas UG 0002 RPPS 01 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/18839/images/original/Plano de Contas UG 0002 RPPS 02 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35389/images/original/Plano de Contas UG 0002 RPPS 03 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38106/images/original/Plano de Contas UG 0002 RPPS 04 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41661/images/original/Plano de Contas UG 0002 RPPS 05 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44474/images/original/Plano de Contas UG 0002 RPPS 06 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48583/images/original/Plano de Contas UG 0002 RPPS 07 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51722/images/original/Plano de Contas UG 0002 RPPS 08 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/58053/images/original/Plano de Contas UG 0002 RPPS 09 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60005/images/original/Plano de Contas UG 0002 RPPS 10 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62587/images/original/Plano de Contas UG 0002 RPPS 11 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68346/images/original/Plano de Contas UG 0002 RPPS 12 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/17222/images/original/Plano de Contas UG 0001 CMV 01 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/18838/images/original/Plano de Contas UG 0001 CMV 02 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35388/images/original/Plano de Contas UG 0001 CMV 03 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38105/images/original/Plano de Contas UG 0001 CMV 04 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41662/images/original/Plano de Contas UG 0001 CMV 05 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44475/images/original/Plano de Contas UG 0001 CMV 06 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48584/images/original/Plano de Contas UG 0001 CMV 07 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51721/images/original/Plano de Contas UG 0001 CMV 08 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/58052/images/original/Plano de Contas UG 0001 CMV 09 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60006/images/original/Plano de Contas UG 0001 CMV 10 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62588/images/original/Plano de Contas UG 0001 CMV 11 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68347/images/original/Plano de Contas UG 0001 CMV 12 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/17221/images/original/Plano de Contas UG 0000 PM 01 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/18837/images/original/Plano de Contas UG 0000 PM 02 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/35387/images/original/Plano de Contas UG 0000 PM 03 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/38104/images/original/Plano de Contas UG 0000 PM 04 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/41664/images/original/Plano de Contas UG 0000 PM 05 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/44476/images/original/Plano de Contas UG 0000 PM 06 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/48585/images/original/Plano de Contas UG 0000 PM 07 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/51720/images/original/Plano de Contas UG 0000 PM 08 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/58051/images/original/Plano de Contas UG 0000 PM 09 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/60007/images/original/Plano de Contas UG 0000 PM 10 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/62589/images/original/Plano de Contas UG 0000 PM 11 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/68348/images/original/Plano de Contas UG 0000 PM 12 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2478/images/original/Plano de Contas RPPS 03 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2471/images/original/Plano de Contas RPPS 10 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2472/images/original/Plano de Contas RPPS 09 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2473/images/original/Plano de Contas RPPS 08 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2474/images/original/Plano de Contas RPPS 07 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2475/images/original/Plano de Contas RPPS 06 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2476/images/original/Plano de Contas RPPS 05 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2477/images/original/Plano de Contas RPPS 04 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2479/images/original/Plano de Contas RPPS 02 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2480/images/original/Plano de Contas RPPS 01 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/4196/images/original/Plano de Contas RPPS 11 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/16259/images/original/Plano de Contas RPPS 12 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2469/images/original/Plano de Contas CMV 02 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2470/images/original/Plano de Contas CMV 01 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2460/images/original/Plano de Contas CMV 10 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2461/images/original/Plano de Contas CMV 09 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2462/images/original/Plano de Contas CMV 08 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2463/images/original/Plano de Contas CMV 07 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2464/images/original/Plano de Contas CMV 06 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2466/images/original/Plano de Contas CMV 05 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2467/images/original/Plano de Contas CMV 04 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2468/images/original/Plano de Contas CMV 03 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/4195/images/original/Plano de Contas CMV 11 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/16258/images/original/Plano de Contas CMV 12 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2459/images/original/Plano de Contas PM 10 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2458/images/original/Plano de Contas PM 09 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2457/images/original/Plano de Contas PM 08 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2456/images/original/Plano de Contas PM 07 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2455/images/original/Plano de Contas PM 06 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2454/images/original/Plano de Contas PM 05 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2453/images/original/Plano de Contas PM 04 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2451/images/original/Plano de Contas PM 03 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2450/images/original/Plano de Contas PM 02 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2449/images/original/Plano de Contas PM 01 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/4194/images/original/Plano de Contas PM 11 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/16257/images/original/Plano de Contas PM 12 2018.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C289"/>
+  <dimension ref="A1:C295"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C289" sqref="C289"/>
+      <selection activeCell="C295" sqref="C295"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>4</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="B5" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="B6" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="B7" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="B8" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="B9" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="B10" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="B12" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B13" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B14" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B15" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B16" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="B17" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="B18" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="B19" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="B20" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="B21" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="B22" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="B23" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="B24" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="B26" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="B27" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="B28" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="B29" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="B30" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="B31" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="B32" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="B33" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="B34" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="B35" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="B36" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="B37" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="B39" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="B40" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="B41" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="B42" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="B43" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="B44" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="B45" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="B46" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>5</v>
+        <v>57</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="B47" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="B48" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="B49" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="B50" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="B52" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>59</v>
+        <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="B53" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="B54" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="B55" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="B56" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="B57" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="B58" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>17</v>
+        <v>69</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B59" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B60" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B61" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B62" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B63" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>71</v>
+        <v>25</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="B65" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="B66" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="B67" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="B68" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="B69" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="B70" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>29</v>
+        <v>81</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B71" t="s">
-        <v>78</v>
+        <v>51</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B72" t="s">
-        <v>78</v>
+        <v>51</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B73" t="s">
-        <v>78</v>
+        <v>51</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B74" t="s">
-        <v>78</v>
+        <v>51</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B75" t="s">
-        <v>78</v>
+        <v>51</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>78</v>
+        <v>51</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>84</v>
+        <v>38</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="B77" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="B78" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="B79" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="B80" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="B81" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="B82" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="B83" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="B84" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="B85" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="B86" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="B87" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="B89" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="B90" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="B91" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="B92" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="B93" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="B94" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="B95" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="B96" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="B97" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="B98" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="B99" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="B100" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="B101" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="B102" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="B103" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="B104" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="B105" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="B106" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="B107" t="s">
-        <v>118</v>
+        <v>88</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="B108" t="s">
-        <v>118</v>
+        <v>88</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="B109" t="s">
-        <v>118</v>
+        <v>88</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="B110" t="s">
-        <v>118</v>
+        <v>88</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="B111" t="s">
-        <v>118</v>
+        <v>88</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="B112" t="s">
-        <v>118</v>
+        <v>88</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="B113" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="B114" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="B115" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="B116" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="B117" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="B118" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="B119" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="B120" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="B121" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="B122" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="B123" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="B124" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="B125" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="B126" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="B127" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="B128" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="B129" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="B130" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="B131" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="B132" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="B133" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="B134" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="B135" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="B136" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B137" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B138" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B139" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B140" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B141" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B142" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="B143" t="s">
-        <v>158</v>
+        <v>128</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="B144" t="s">
-        <v>158</v>
+        <v>128</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="B145" t="s">
-        <v>158</v>
+        <v>128</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="B146" t="s">
-        <v>158</v>
+        <v>128</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="B147" t="s">
-        <v>158</v>
+        <v>128</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="B148" t="s">
-        <v>158</v>
+        <v>128</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" t="s">
-        <v>157</v>
+        <v>167</v>
       </c>
       <c r="B149" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" t="s">
-        <v>157</v>
+        <v>167</v>
       </c>
       <c r="B150" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" t="s">
-        <v>157</v>
+        <v>167</v>
       </c>
       <c r="B151" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" t="s">
-        <v>157</v>
+        <v>167</v>
       </c>
       <c r="B152" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" t="s">
-        <v>157</v>
+        <v>167</v>
       </c>
       <c r="B153" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" t="s">
-        <v>157</v>
+        <v>167</v>
       </c>
       <c r="B154" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="B155" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="B156" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="B157" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="B158" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="B159" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="B160" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" t="s">
-        <v>171</v>
+        <v>181</v>
       </c>
       <c r="B161" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" t="s">
-        <v>171</v>
+        <v>181</v>
       </c>
       <c r="B162" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" t="s">
-        <v>171</v>
+        <v>181</v>
       </c>
       <c r="B163" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" t="s">
-        <v>171</v>
+        <v>181</v>
       </c>
       <c r="B164" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" t="s">
-        <v>171</v>
+        <v>181</v>
       </c>
       <c r="B165" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" t="s">
-        <v>171</v>
+        <v>181</v>
       </c>
       <c r="B166" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="B167" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="B168" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="B169" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="B170" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="B171" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="B172" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" t="s">
-        <v>184</v>
+        <v>194</v>
       </c>
       <c r="B173" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" t="s">
-        <v>184</v>
+        <v>194</v>
       </c>
       <c r="B174" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" t="s">
-        <v>184</v>
+        <v>194</v>
       </c>
       <c r="B175" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" t="s">
-        <v>184</v>
+        <v>194</v>
       </c>
       <c r="B176" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" t="s">
-        <v>184</v>
+        <v>194</v>
       </c>
       <c r="B177" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" t="s">
-        <v>184</v>
+        <v>194</v>
       </c>
       <c r="B178" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="B179" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="B180" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="B181" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="B182" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="B183" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="B184" t="s">
-        <v>198</v>
+        <v>168</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" t="s">
-        <v>197</v>
+        <v>207</v>
       </c>
       <c r="B185" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" t="s">
-        <v>197</v>
+        <v>207</v>
       </c>
       <c r="B186" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" t="s">
-        <v>197</v>
+        <v>207</v>
       </c>
       <c r="B187" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" t="s">
-        <v>197</v>
+        <v>207</v>
       </c>
       <c r="B188" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" t="s">
-        <v>197</v>
+        <v>207</v>
       </c>
       <c r="B189" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" t="s">
-        <v>197</v>
+        <v>207</v>
       </c>
       <c r="B190" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" t="s">
-        <v>197</v>
+        <v>207</v>
       </c>
       <c r="B191" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="B192" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="B193" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="B194" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="B195" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="B196" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="B197" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" t="s">
-        <v>212</v>
+        <v>222</v>
       </c>
       <c r="B198" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" t="s">
-        <v>212</v>
+        <v>222</v>
       </c>
       <c r="B199" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" t="s">
-        <v>212</v>
+        <v>222</v>
       </c>
       <c r="B200" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" t="s">
-        <v>212</v>
+        <v>222</v>
       </c>
       <c r="B201" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" t="s">
-        <v>212</v>
+        <v>222</v>
       </c>
       <c r="B202" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" t="s">
-        <v>212</v>
+        <v>222</v>
       </c>
       <c r="B203" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" t="s">
-        <v>212</v>
+        <v>222</v>
       </c>
       <c r="B204" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="B205" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="B206" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="B207" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="B208" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="B209" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="B210" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="B211" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="B212" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="B213" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="B214" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="B215" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="B216" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="B217" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="B218" t="s">
-        <v>241</v>
+        <v>208</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="B219" t="s">
-        <v>241</v>
+        <v>208</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="B220" t="s">
-        <v>241</v>
+        <v>208</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="B221" t="s">
-        <v>241</v>
+        <v>208</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="B222" t="s">
-        <v>241</v>
+        <v>208</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="B223" t="s">
-        <v>241</v>
+        <v>208</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" t="s">
-        <v>240</v>
+        <v>250</v>
       </c>
       <c r="B224" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" t="s">
-        <v>240</v>
+        <v>250</v>
       </c>
       <c r="B225" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" t="s">
-        <v>240</v>
+        <v>250</v>
       </c>
       <c r="B226" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" t="s">
-        <v>240</v>
+        <v>250</v>
       </c>
       <c r="B227" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" t="s">
-        <v>240</v>
+        <v>250</v>
       </c>
       <c r="B228" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" t="s">
-        <v>240</v>
+        <v>250</v>
       </c>
       <c r="B229" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="B230" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="B231" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="B232" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="B233" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="B234" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="B235" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" t="s">
-        <v>254</v>
+        <v>264</v>
       </c>
       <c r="B236" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" t="s">
-        <v>254</v>
+        <v>264</v>
       </c>
       <c r="B237" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" t="s">
-        <v>254</v>
+        <v>264</v>
       </c>
       <c r="B238" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" t="s">
-        <v>254</v>
+        <v>264</v>
       </c>
       <c r="B239" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" t="s">
-        <v>254</v>
+        <v>264</v>
       </c>
       <c r="B240" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" t="s">
-        <v>254</v>
+        <v>264</v>
       </c>
       <c r="B241" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="B242" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="B243" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="B244" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="B245" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="B246" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="B247" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" t="s">
-        <v>267</v>
+        <v>277</v>
       </c>
       <c r="B248" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" t="s">
-        <v>267</v>
+        <v>277</v>
       </c>
       <c r="B249" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" t="s">
-        <v>267</v>
+        <v>277</v>
       </c>
       <c r="B250" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" t="s">
-        <v>267</v>
+        <v>277</v>
       </c>
       <c r="B251" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" t="s">
-        <v>267</v>
+        <v>277</v>
       </c>
       <c r="B252" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" t="s">
-        <v>267</v>
+        <v>277</v>
       </c>
       <c r="B253" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="B254" t="s">
-        <v>281</v>
+        <v>251</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="B255" t="s">
-        <v>281</v>
+        <v>251</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="B256" t="s">
-        <v>281</v>
+        <v>251</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="B257" t="s">
-        <v>281</v>
+        <v>251</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="B258" t="s">
-        <v>281</v>
+        <v>251</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="B259" t="s">
-        <v>281</v>
+        <v>251</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" t="s">
-        <v>280</v>
+        <v>290</v>
       </c>
       <c r="B260" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" t="s">
-        <v>280</v>
+        <v>290</v>
       </c>
       <c r="B261" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" t="s">
-        <v>280</v>
+        <v>290</v>
       </c>
       <c r="B262" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" t="s">
-        <v>280</v>
+        <v>290</v>
       </c>
       <c r="B263" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" t="s">
-        <v>280</v>
+        <v>290</v>
       </c>
       <c r="B264" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" t="s">
-        <v>280</v>
+        <v>290</v>
       </c>
       <c r="B265" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="B266" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="B267" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="B268" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="B269" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="B270" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="B271" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B272" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B273" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B274" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B275" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B276" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B277" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="B278" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="B279" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="B280" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="B281" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="B282" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="B283" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="B284" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="B285" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="B286" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="B287" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="B288" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="B289" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>319</v>
+        <v>323</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" t="s">
+        <v>317</v>
+      </c>
+      <c r="B290" t="s">
+        <v>291</v>
+      </c>
+      <c r="C290" s="1" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" t="s">
+        <v>317</v>
+      </c>
+      <c r="B291" t="s">
+        <v>291</v>
+      </c>
+      <c r="C291" s="1" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" t="s">
+        <v>317</v>
+      </c>
+      <c r="B292" t="s">
+        <v>291</v>
+      </c>
+      <c r="C292" s="1" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" t="s">
+        <v>317</v>
+      </c>
+      <c r="B293" t="s">
+        <v>291</v>
+      </c>
+      <c r="C293" s="1" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" t="s">
+        <v>317</v>
+      </c>
+      <c r="B294" t="s">
+        <v>291</v>
+      </c>
+      <c r="C294" s="1" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" t="s">
+        <v>317</v>
+      </c>
+      <c r="B295" t="s">
+        <v>291</v>
+      </c>
+      <c r="C295" s="1" t="s">
+        <v>329</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
@@ -4805,50 +4901,56 @@
     <hyperlink ref="C265" r:id="rId_hyperlink_264"/>
     <hyperlink ref="C266" r:id="rId_hyperlink_265"/>
     <hyperlink ref="C267" r:id="rId_hyperlink_266"/>
     <hyperlink ref="C268" r:id="rId_hyperlink_267"/>
     <hyperlink ref="C269" r:id="rId_hyperlink_268"/>
     <hyperlink ref="C270" r:id="rId_hyperlink_269"/>
     <hyperlink ref="C271" r:id="rId_hyperlink_270"/>
     <hyperlink ref="C272" r:id="rId_hyperlink_271"/>
     <hyperlink ref="C273" r:id="rId_hyperlink_272"/>
     <hyperlink ref="C274" r:id="rId_hyperlink_273"/>
     <hyperlink ref="C275" r:id="rId_hyperlink_274"/>
     <hyperlink ref="C276" r:id="rId_hyperlink_275"/>
     <hyperlink ref="C277" r:id="rId_hyperlink_276"/>
     <hyperlink ref="C278" r:id="rId_hyperlink_277"/>
     <hyperlink ref="C279" r:id="rId_hyperlink_278"/>
     <hyperlink ref="C280" r:id="rId_hyperlink_279"/>
     <hyperlink ref="C281" r:id="rId_hyperlink_280"/>
     <hyperlink ref="C282" r:id="rId_hyperlink_281"/>
     <hyperlink ref="C283" r:id="rId_hyperlink_282"/>
     <hyperlink ref="C284" r:id="rId_hyperlink_283"/>
     <hyperlink ref="C285" r:id="rId_hyperlink_284"/>
     <hyperlink ref="C286" r:id="rId_hyperlink_285"/>
     <hyperlink ref="C287" r:id="rId_hyperlink_286"/>
     <hyperlink ref="C288" r:id="rId_hyperlink_287"/>
     <hyperlink ref="C289" r:id="rId_hyperlink_288"/>
+    <hyperlink ref="C290" r:id="rId_hyperlink_289"/>
+    <hyperlink ref="C291" r:id="rId_hyperlink_290"/>
+    <hyperlink ref="C292" r:id="rId_hyperlink_291"/>
+    <hyperlink ref="C293" r:id="rId_hyperlink_292"/>
+    <hyperlink ref="C294" r:id="rId_hyperlink_293"/>
+    <hyperlink ref="C295" r:id="rId_hyperlink_294"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>