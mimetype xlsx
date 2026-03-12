--- v0 (2025-10-25)
+++ v1 (2026-03-12)
@@ -12,59 +12,68 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
+  </si>
+  <si>
+    <t>EDITAL N° 001/2026 NOTIFICAÇÃO DE LANÇAMENTO DE CRÉDITO TRIBUTÁRIO IPTU</t>
+  </si>
+  <si>
+    <t>20/02/2026</t>
+  </si>
+  <si>
+    <t>Edital de Lançamento IPTU 2026.pdf</t>
   </si>
   <si>
     <t>EDITAL N° 002/2025 NOTIFICAÇÃO DE LANÇAMENTO DE CRÉDITO TRIBUTÁRIO</t>
   </si>
   <si>
     <t>24/04/2025</t>
   </si>
   <si>
     <t>Edital de Lançamento ISSQN fixo 2025.pdf</t>
   </si>
   <si>
     <t>EDITAL N° 001/2025 NOTIFICAÇÃO DE LANÇAMENTO DE CRÉDITO TRIBUTÁRIO IPTU</t>
   </si>
   <si>
     <t>19/02/2025</t>
   </si>
   <si>
     <t>Edital de Lançamento IPTU 2025.pdf</t>
   </si>
   <si>
     <t>EDITAL N° 002/2024 NOTIFICAÇÃO DE LANÇAMENTO DE CRÉDITO TRIBUTÁRIO</t>
   </si>
   <si>
     <t>07/05/2024</t>
   </si>
@@ -578,62 +587,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/555731/images/original/Edital de Lan&#231;amento ISSQN fixo 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/525536/images/original/Edital de Lan&#231;amento IPTU 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447651/images/original/Edital de Lan&#231;amento ISSQN fixo 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/420677/images/original/Edital de Lan&#231;amento IPTU 2024 pdf.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/420772/images/original/Edital de Lan&#231;amento ISSQN fixo 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/420676/images/original/Edital de Lan&#231;amento IPTU 2023 publicar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200737/images/original/Edital 022022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/182068/images/original/Edital de Lan&#231;amento IPTU e TAXA DE COLETA DE LIXO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/136408/images/original/Edital de Lan&#231;amento IPTU 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/136409/images/original/Decreto 2720 - Prorroga Vencimentos IPTU 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/69641/images/original/Edital de Lan&#231;amento IPTU e TAXA COLETA DE LIXO  2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/50071/images/original/Edital VTN - Valor da Terra Nua 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/50070/images/original/Edital de Lan&#231;amento IPTU e TAXA COLETA DE LIXO  2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2428/images/original/VTN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2429/images/original/IPTU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2430/images/original/01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2432/images/original/03.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2431/images/original/02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2433/images/original/04.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2434/images/original/05.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2435/images/original/06.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2442/images/original/11.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2439/images/original/08.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2436/images/original/07.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2440/images/original/09.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2441/images/original/10.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/733266/images/original/Edital de Lan&#231;amento IPTU 2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/555731/images/original/Edital de Lan&#231;amento ISSQN fixo 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/525536/images/original/Edital de Lan&#231;amento IPTU 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/447651/images/original/Edital de Lan&#231;amento ISSQN fixo 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/420677/images/original/Edital de Lan&#231;amento IPTU 2024 pdf.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/420772/images/original/Edital de Lan&#231;amento ISSQN fixo 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/420676/images/original/Edital de Lan&#231;amento IPTU 2023 publicar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/200737/images/original/Edital 022022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/182068/images/original/Edital de Lan&#231;amento IPTU e TAXA DE COLETA DE LIXO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/136408/images/original/Edital de Lan&#231;amento IPTU 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/136409/images/original/Decreto 2720 - Prorroga Vencimentos IPTU 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/69641/images/original/Edital de Lan&#231;amento IPTU e TAXA COLETA DE LIXO  2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/50071/images/original/Edital VTN - Valor da Terra Nua 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/50070/images/original/Edital de Lan&#231;amento IPTU e TAXA COLETA DE LIXO  2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2428/images/original/VTN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2429/images/original/IPTU.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2430/images/original/01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2432/images/original/03.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2431/images/original/02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2433/images/original/04.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2434/images/original/05.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2435/images/original/06.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2442/images/original/11.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2439/images/original/08.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2436/images/original/07.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2440/images/original/09.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/7/DocumentAssets/2441/images/original/10.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C27"/>
+  <dimension ref="A1:C28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C27" sqref="C27"/>
+      <selection activeCell="C28" sqref="C28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
@@ -706,264 +715,276 @@
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
         <v>24</v>
       </c>
       <c r="B9" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
         <v>27</v>
       </c>
       <c r="B10" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B11" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" t="s">
         <v>31</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="1" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B13" t="s">
+        <v>35</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B14" t="s">
+        <v>37</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B15" t="s">
+        <v>39</v>
+      </c>
+      <c r="C15" s="1" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
         <v>40</v>
       </c>
       <c r="B16" t="s">
         <v>41</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
         <v>43</v>
       </c>
       <c r="B17" t="s">
         <v>44</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
         <v>46</v>
       </c>
       <c r="B18" t="s">
         <v>47</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
         <v>49</v>
       </c>
       <c r="B19" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B20" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
         <v>54</v>
       </c>
       <c r="B21" t="s">
         <v>55</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
         <v>57</v>
       </c>
       <c r="B22" t="s">
         <v>58</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
         <v>60</v>
       </c>
       <c r="B23" t="s">
         <v>61</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
         <v>63</v>
       </c>
       <c r="B24" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B25" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B26" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
         <v>70</v>
       </c>
       <c r="B27" t="s">
         <v>71</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>72</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" t="s">
+        <v>73</v>
+      </c>
+      <c r="B28" t="s">
+        <v>74</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>75</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="C22" r:id="rId_hyperlink_21"/>
     <hyperlink ref="C23" r:id="rId_hyperlink_22"/>
     <hyperlink ref="C24" r:id="rId_hyperlink_23"/>
     <hyperlink ref="C25" r:id="rId_hyperlink_24"/>
     <hyperlink ref="C26" r:id="rId_hyperlink_25"/>
     <hyperlink ref="C27" r:id="rId_hyperlink_26"/>
+    <hyperlink ref="C28" r:id="rId_hyperlink_27"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>