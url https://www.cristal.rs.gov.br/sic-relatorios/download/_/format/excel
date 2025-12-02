--- v0 (2025-10-17)
+++ v1 (2025-12-02)
@@ -14,84 +14,84 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
-    <t>Total de Atendimentos: 157</t>
+    <t>Total de Atendimentos: 158</t>
   </si>
   <si>
     <t>ANDAMENTO</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>Inviável/Indeferida</t>
   </si>
   <si>
     <t>0%</t>
   </si>
   <si>
     <t>Aguarda Informações Complementares</t>
   </si>
   <si>
     <t>1.3%</t>
   </si>
   <si>
     <t>Atendida</t>
   </si>
   <si>
     <t>96.2%</t>
   </si>
   <si>
     <t>Em Atendimento</t>
   </si>
   <si>
-    <t>2.6%</t>
+    <t>2.5%</t>
   </si>
   <si>
     <t>TIPO DE SOLICITANTE</t>
   </si>
   <si>
     <t>Membro de Controle Interno</t>
   </si>
   <si>
     <t>Jornalista</t>
   </si>
   <si>
     <t>Agente Político</t>
   </si>
   <si>
     <t>Estudante</t>
   </si>
   <si>
     <t>15.2%</t>
   </si>
   <si>
     <t>Servidor Público</t>
   </si>
   <si>
     <t>8.9%</t>
   </si>
@@ -483,51 +483,51 @@
         <v>4</v>
       </c>
       <c r="B3" s="1">
         <v>0</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:3" customHeight="1" ht="40">
       <c r="A4" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B4" s="1">
         <v>1</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:3" customHeight="1" ht="40">
       <c r="A5" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="1">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:3" customHeight="1" ht="40">
       <c r="A6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B6" s="1">
         <v>2</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:3" customHeight="1" ht="30">
       <c r="A8" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>3</v>